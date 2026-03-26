--- v0 (2026-02-07)
+++ v1 (2026-03-26)
@@ -10,203 +10,1594 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1216" uniqueCount="515">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2486</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Legislativo</t>
   </si>
   <si>
     <t>Thiago de Araújo Silva (Thiago Cassimiro)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/</t>
   </si>
   <si>
     <t>Denomina de FRANCISCO SABINO SOBRINHO, a Rua Projetada “F” localizada no loteamento Bosque das Mangueiras II, no Bairro de Santa Luzia, neste município e da outras providências</t>
   </si>
   <si>
+    <t>2512</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>Giliard Faustino da Silva (Giliard Faustino)</t>
+  </si>
+  <si>
+    <t>Altera a Lei Municipal nº 08/2025 para ampliar sua aplicação a todo o território do Município de Nova Cruz/RN.</t>
+  </si>
+  <si>
+    <t>2518</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a vedação à nomeação e contratação de parentes de agentes públicos no âmbito dos Poderes Executivo e Legislativo do Município de Nova Cruz/RN, em conformidade com o art. 37 da Constituição Federal e com a Súmula Vinculante nº 13 do Supremo Tribunal Federal.</t>
+  </si>
+  <si>
+    <t>2524</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>Maria Elizabete S. de Carvalho Barbosa (Bete Salú)</t>
+  </si>
+  <si>
+    <t>Denomina de “Estrada Rural Cícero Maurício Moreira (Ciço Praieiro)” a estrada que liga a RN-269 até a divisa com o Município de Espírito Santo, passando pelas comunidades de Lagoa de Serra da Lapa, Arisco e Sítio Três Voltas, e dá outras providências</t>
+  </si>
+  <si>
+    <t>2526</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>Valmir Bernardino de Oliveira Júnior (Juninho)</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a CASSAÇÃO DO ALVARÁ DE FUNCIONAMENTO de empresas e postos estabelecidos no Município de Nova Cruz/RN que revenderem combustível adulterado e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>2527</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>“INSTITUI O DIA 25 DE MAIO COMO O DIA MUNICIPAL EM MEMÓRIA ÀS VÍTIMAS DA COVID-19”.</t>
+  </si>
+  <si>
+    <t>2528</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>Denomina de EDSON SANTOS BEZERRA, a Rua Projetada “H” localizada no loteamento Bosque das Mangueiras II, no Bairro de Santa Luzia, neste município e da outras providências.</t>
+  </si>
+  <si>
+    <t>2568</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>Patrícia Maria de Lima Silva (Patrícia Lima), José Jeconias Barbosa (Nia Salú)</t>
+  </si>
+  <si>
+    <t>Denomina de SEVERINO ALVES FILHO (DEDA BARATEIRO) a Travessa Senador Georgino Avelino localizada no Bairro São Sebastião, neste município e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2603</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>Institui diretrizes para a implementação do programa municipal “SOS Mulher” para mulheres com medida protetiva de urgência em situação de violência doméstica, no âmbito do município de Nova Cruz/RN, e dá outras providências,</t>
+  </si>
+  <si>
+    <t>2604</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>Institui diretrizes para garantia do acesso a medicamentos no Município de Nova Cruz/RN, no âmbito do Programa Remédio na Mão, e autoriza o Poder Executivo a adotar mecanismos de cooperação com estabelecimentos farmacêuticos privados.</t>
+  </si>
+  <si>
+    <t>2605</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>José Jeconias Barbosa (Nia Salú)</t>
+  </si>
+  <si>
+    <t>Denomina de Francisco Assis da Trindade, a Rua Projetada Nº 55, localizada no Bairro de Santa Luzia, neste município e da outras providências.</t>
+  </si>
+  <si>
+    <t>2606</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>Aluísio Soares de Sena (Aluísio Sena)</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2606/projeto_de_lei_do_legislativo_no_12_-_2026.pdf</t>
+  </si>
+  <si>
+    <t>Denomina de Maria das Graças de Oliveira Cruz a rua que se inicia após o calçamento da Igreja Santa Maria Gorete e segue até a entrada de Jacaraú, localizada no Bairro Santa Maria Gorete, neste município, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2626</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>Dá denominação de “Taça Gil de Futebol” ao Campeonato Municipal de Futebol Amador de Nova Cruz – RN.</t>
+  </si>
+  <si>
+    <t>2496</t>
+  </si>
+  <si>
+    <t>PLE</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária - Executivo</t>
+  </si>
+  <si>
+    <t>Poder Executivo - PE</t>
+  </si>
+  <si>
+    <t>"DISPÕE SOBRE O PISO MUNICIPAL DE MAGISTÉRIO PARA O EXERCÍCIO 2026 E DÁ OUTRAS PROVIDÊNCIAS."</t>
+  </si>
+  <si>
+    <t>2497</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A ADOÇÃO DO SALÁRIO MÍNINO NACIONAL COMO PISO SALARIAL DAS REMUNERAÇÕES DOS SERVIDORES PÚBLICOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>2629</t>
+  </si>
+  <si>
+    <t>AGRUPA EM NOVA DENOMINAÇÃO OS CARGOS DE AGENTE DE ARRECADAÇÃO E FISCAL DE ARRECADAÇÃO DO QUADRO PERMANENTE DE PESSOAL DA PREFEITURA MUNICIPAL DE NOVA CRUZ/RN E FIXA O VENCIMENTO BASE.</t>
+  </si>
+  <si>
+    <t>2630</t>
+  </si>
+  <si>
+    <t>INSTITUI O INCENTIVO DE DESEMPENHO DE ATIVIDADES TRIBUTÁRIA - IDAT PARA OS SERVIDORES DO GRUPO OCUPACIONAL DO FISCO DA RECEITA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>2570</t>
+  </si>
+  <si>
+    <t>PLC</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar</t>
+  </si>
+  <si>
+    <t>ALTERA A LEI COMPLEMENTAR Nº 1000/2007 - CÓDIGO TRIBUTÁRIO MUNICIPAL, E INSTITUI A TAXA DE FISCALIZAÇÃO DO USO E OCUPAÇÃO DO SOLO POR TORRES E ANTENAS DE TRANSMISSÃO E RECEPÇÃO DE DADOS E VOZ E OUTRAS ESTRUTURAS SIMILARES NO MUNICÍPIO DE NOVA CRUZ/RN DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>2487</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>Valmir Bernardino de Oliveira Júnior (Juninho)</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2487/requerimento_no_01.2026.pdf</t>
   </si>
   <si>
     <t>Valmir Bernardino de Oliveira Júnior, REQUER, de acordo com o Regimento Interno, ouvido o Plenário desta Casa, que seja encaminhada à Mesa Diretora solicitação para a realização de Sessão Solene, no mês de março de 2026, pela Câmara Municipal de Nova Cruz/RN, em comemoração ao Dia Internacional da Mulher.</t>
   </si>
   <si>
+    <t>2571</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2571/requerimento_02-2026_giliard.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador Giliard Faustino da Silva REQUER, de acordo com o Regimento Interno, ouvido o Plenário desta Casa, que seja encaminhada à Mesa Diretora a sugestão para que seja disponibilizado um relatório atualizado contendo a relação dos Projetos de Lei em tramitação nesta Casa Legislativa, com a devida identificação de autoria e da fase de tramitação.</t>
+  </si>
+  <si>
+    <t>2631</t>
+  </si>
+  <si>
+    <t>Ver. Valmir Bernardino de Oliveria Júnior, REQUER, a Vossa Excelência, nos termos regimentais, que a Mesa Diretora proceda à Promulgação e Publicação dos Projetos de Lei abaixo listados, cujos autógrafos foram encaminhados ao Poder Executivo e não receberam sanção ou veto dentro do prazo legal de 15 (quinze) dias úteis:_x000D_
+•	Projeto de Lei Nº 26/2025_x000D_
+•	Projeto de Lei Nº 27/2025</t>
+  </si>
+  <si>
+    <t>2490</t>
+  </si>
+  <si>
+    <t>IND</t>
+  </si>
+  <si>
+    <t>Indicação</t>
+  </si>
+  <si>
+    <t>Carlos César F. de Melo (César de Augustinho)</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2490/indicacao_01-2026.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo de que seja instalado um contêiner de lixo ou uma Lixeira específica no cruzamento da Rua Djalma Dutra com a Rua Misael Sáles.</t>
+  </si>
+  <si>
+    <t>2491</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2491/indicacao_02-2026.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja feito a aquisição de Carros-Pipa para solucionar o problema de abastecimento de água na Zona Rural do nosso município.</t>
+  </si>
+  <si>
+    <t>2492</t>
+  </si>
+  <si>
+    <t>Marione de Alburqueque Moreira (Marione Moreira)</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2492/indicacao_03-2026.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo que faça postagens oficiais nas redes sociais informando as datas de recadastramento dos estudantes que utilizam os ônibus escolares com destino às faculdades de Natal, Guarabira e demais localidades.</t>
+  </si>
+  <si>
+    <t>2493</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2493/indicacao_04-2026.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo de que seja disponibilizado informações referentes a reforma da praça do Frei Damião e o que falta para a obra ser concluída e entregue a população.</t>
+  </si>
+  <si>
+    <t>2494</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2494/indicacao_05-2026.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja disponibilizado  informações sobre o andamento da construção do novo centro de especializações odontológicas (CEO) localizado próximo à Sede do SEBRAE, em Nova Cruz/RN.</t>
+  </si>
+  <si>
+    <t>2495</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2495/indicacao_06-2026.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja dada continuidade às obras do Estádio Municipal de Futebol.</t>
+  </si>
+  <si>
+    <t>2498</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2498/indicacao_07-2026_jose_jaconias.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja construída uma Quadra de Esporte na comunidade do Lajedo da Onça, neste município.</t>
+  </si>
+  <si>
+    <t>2499</t>
+  </si>
+  <si>
+    <t>Patrícia Maria de Lima Silva (Patrícia Lima)</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2499/indicacao_08-2026.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo de que seja passado a máquina motoniveladora nas estradas da comunidade do Gravata e Lagoa do Couro, neste município.</t>
+  </si>
+  <si>
+    <t>2500</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2500/indicacao_09-2026.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo de que seja feita revitalização da Quadra de Esporte da comunidade de Lagoa Limpa, e também o calçamento nas proximidades da RN 120.</t>
+  </si>
+  <si>
+    <t>2501</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2501/indicacao_10-2026.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja realizado ações voltadas à padronização e adequação dos passeios públicos, com garantia de acessibilidade, priorizando o Centro da cidade e o bairro Alto de São Sebastião.</t>
+  </si>
+  <si>
+    <t>2502</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2502/indicacao_11-2026.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja realizado o recapeamento asfáltico sobre a pavimentação em paralelepípedo existente nas ruas do Bairro Cidade do Sol.</t>
+  </si>
+  <si>
+    <t>2503</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2503/indicacao_12-2026.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo que sejam encaminhados vigias para as praças e quadras públicas municipais.</t>
+  </si>
+  <si>
+    <t>2504</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2504/indicacao_13-2026.pdf</t>
+  </si>
+  <si>
+    <t>Solicitando que seja implementado a campanha “Criança não Namora, nem de Brincadeira” nas escolas do município.</t>
+  </si>
+  <si>
+    <t>2505</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>Roberto Augusto de Morais Segundo (Bimbo)</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2505/indicacao_14-2026.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja feita a revitalização na Creche Terezinha Batista e a Escola Municipal Santa luzia, ambas localizadas no bairro Santa Luzia deste município, tendo em vista o desgaste natural de suas estruturas físicas ao longo do tempo.</t>
+  </si>
+  <si>
+    <t>2506</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2506/indicacao_15-2026.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja passado a máquina na estrada da comunidade do sítio conceção ao curralinho.</t>
+  </si>
+  <si>
+    <t>2507</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2507/indicacao_16-2026.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja dada continuidade ao asfalto na Rua José Soares de Sena, conhecida como Rua do Arame, localizada no Bairro Frei Damião, neste município.</t>
+  </si>
+  <si>
+    <t>2508</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2508/indicacao_17-2026.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja feita a completação asfáltica e a implantação de lâmpadas de LED na Rua José Batista da Silva, até a entrada da pista no sentido de Jacaraú.</t>
+  </si>
+  <si>
+    <t>2509</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2509/indicacao_18-2026.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja feito a completação asfáltica e a implantação de lâmpadas de LED na Rua Vereador João Pimenta de Melo</t>
+  </si>
+  <si>
+    <t>2513</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>Felipe da Costa Vicente (Felipe Vicente)</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2513/indicacao_19-2026.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja feita a reforma da quadra de esporte do bairro Alto de Santa Luzia, neste município.</t>
+  </si>
+  <si>
+    <t>2514</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2514/indicacao_20-2026.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja feita a reforma da quadra de esporte da comunidade do Juriti, neste município.</t>
+  </si>
+  <si>
+    <t>2515</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2515/indicacao_21-2026.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja implantada a iluminação de LED na entrada da comunidade do Curralinho até a Igreja, neste município.</t>
+  </si>
+  <si>
+    <t>2516</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>Anne Gabriela Moreira de Souza Melo (Gabi Melo)</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2516/indicacao_22-2026.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja realizado um estudo técnico para que sejam adotadas as providências necessárias para a implantação da Reforma Administrativa no município.</t>
+  </si>
+  <si>
+    <t>2517</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2517/indicacao_23-2026.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja realizada a reforma de todas as quadras esportivas do nosso município.</t>
+  </si>
+  <si>
+    <t>2519</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2519/indicacao_24-2026.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo a construção do calçamento da estrada rural, que liga a RN 269 até a residência de seu Nozinho Amaro da comunidade do Fernando da Pista, na parte pertencente ao município de Nova Cruz/RN.</t>
+  </si>
+  <si>
+    <t>2520</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2520/indicacao_25-2026.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo que neste ano letivo, o ônibus escolar passe a ir até a casa de Dona Graça, na Comunidade de Lagoa de Serra da Lapa, próximo á passagem molhada.</t>
+  </si>
+  <si>
+    <t>2521</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2521/indicacao_26-2026.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo a construção do calçamento da estrada rural, que liga a RN 269 até a escola da Comunidade de Lagoa Limpa do Fernando</t>
+  </si>
+  <si>
+    <t>2522</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2522/indicacao_27-2026.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja instalados placas de identificação de Ruas, Avenida e Perimetrais, localizadas no perímetro urbano do município de Nova Cruz - RN.</t>
+  </si>
+  <si>
+    <t>2523</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2523/indicacao_28-2026.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo a retomada das obras de pavimentação a paralelepípedos na comunidade rural Lagoa dos Currais, localizada neste município de Nova Cruz - RN</t>
+  </si>
+  <si>
+    <t>2525</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>Thiago de Araújo Silva (Thiago Cassimiro), Maria Elizabete S. de Carvalho Barbosa (Bete Salú), Tiago da Costa de Araújo (Tiago Araújo)</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2525/indicacao_29-2026_thiago_cassimiro.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja realizado o calçamento e drenagem da Rua 1º de Janeiro, bairro Santa Maria Goreti, próximo ao Supermercado Baratão.</t>
+  </si>
+  <si>
+    <t>2540</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>Tiago da Costa de Araújo (Tiago Araújo)</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2540/indicacao_30-2026_tiago_araujo.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja feito o calçamento em para na Avenida Getúlio Vargas, ao lado da Câmara Municipal, estendendo-se até o término da referida avenida, ao lado do Centro Administrativo.</t>
+  </si>
+  <si>
+    <t>2541</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2541/indicacao_31-2026_giliard.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja construído uma praça pública próximo à Igreja da comunidade de Lagoa da Mata, neste município.</t>
+  </si>
+  <si>
+    <t>2542</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2542/indicacao_32-2026_giliard.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja realizada de manutenção preventiva e corretiva das galerias de esgotos e bueiros no município de Nova Cruz/RN.</t>
+  </si>
+  <si>
+    <t>2543</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2543/indicacao_33-2026_thiago_cassimiro.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo de que seja realizado o calçamento do Assentamento José Rodrigues Sobrinho.</t>
+  </si>
+  <si>
+    <t>2544</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2544/indicacao_34-2026_maria_elizabete.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo a retomada da construção do Campo do Palmeiras, localizado após a Lagoa do Catolé, no Bairro Bela Vista, em área pertencente ao município de Nova Cruz.</t>
+  </si>
+  <si>
+    <t>2545</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2545/indicacao_35-2026_maria_elizabete.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja construído um vestiário no Campo público de futebol, na Comunidade de Lagoa de Serra da Lapa, neste município.</t>
+  </si>
+  <si>
+    <t>2546</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2546/indicacao_36-2026_patricia_maria.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo de que seja realizada a restauração da praça e do parquinho da comunidade Serrote dos Bezerra, neste município.</t>
+  </si>
+  <si>
+    <t>2547</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2547/indicacao_37-2026_patricia_maria.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo de que sejam reinstalados os equipamentos do parque da Praça Antônio Bonifácio, na comunidade de Lagoa Limpa, os quais foram recolhidos para conserto e ainda não foram devidamente instalados.</t>
+  </si>
+  <si>
+    <t>2548</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2548/indicacao_38-2026_patricia_maria.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo de que seja feito a recuperação do calçamento da rua Franco de Oliveira.</t>
+  </si>
+  <si>
+    <t>2549</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2549/indicacao_39-2026_carlos_cesar.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja feito o serviço de limpeza e revitalização da lagoa localizada na Comunidade de Primeira Lagoa.</t>
+  </si>
+  <si>
+    <t>2550</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2550/indicacao_40-2026_todos_vereadores.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja utilizado a Máquina Motoniveladora para os serviços de manutenção, recuperação, limpeza e melhoria de todas as estradas vicinais do nosso município.</t>
+  </si>
+  <si>
+    <t>2551</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2551/indicacao_41-2026_marione.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo de que proceda com a verificação e solução para a queima do lixão na comunidade do Xique-Xique.</t>
+  </si>
+  <si>
+    <t>2558</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2558/indicacao_42-2026_aluisio.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja feito o calçamento e a implantação de lâmpadas de LED na Rua Francisco Caetano Filho.</t>
+  </si>
+  <si>
+    <t>2559</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2559/indicacao_43-2026_roberto_augusto.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja feita porteiras no parque de exposição, com acesso do corredor os pedestres para o curral.</t>
+  </si>
+  <si>
+    <t>2560</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2560/indicacao_44-2026_felipe_vicente.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja feita a reforma da praça do bairro Alto de Santa Luzia, neste município.</t>
+  </si>
+  <si>
+    <t>2561</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2561/indicacao_45-2026_roberto_augusto.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja realizado o complemento do calçamento, com asfalto na lateral do centro administrativo.</t>
+  </si>
+  <si>
+    <t>2562</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2562/indicacao_46-2026_roberto_augusto.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja realizada a limpeza do terreno, e dopagem das árvores em frente à igreja do bairro santa maria gorete deste município.</t>
+  </si>
+  <si>
+    <t>2566</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2566/indicacao_47-2026_anne_gabriela.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo que sejam doados ternos e bolas às equipes participantes dos campeonatos municipais.</t>
+  </si>
+  <si>
+    <t>2567</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2567/indicacao_48-2026_anne_gabriela.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo que sejam instaladas placas de identificação nas comunidades da zona rural deste município.</t>
+  </si>
+  <si>
+    <t>2572</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2572/indicacao_49-2026_valmir_bernardino.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja implantado um poste e duas luminárias de LED nas laterais da Igreja de Nossa Senhora da Conceição na comunidade rural de Conceição.</t>
+  </si>
+  <si>
+    <t>2573</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2573/indicacao_50-2026_valmir_bernardino.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja implantado luminárias de LED na comunidade rural do Assentamento José Rodrigues Sobrinho.</t>
+  </si>
+  <si>
+    <t>2574</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>Valmir Bernardino de Oliveira Júnior (Juninho), Thiago de Araújo Silva (Thiago Cassimiro)</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2574/indicacao_51-2026_valmir_bernardino.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja realizado um estudo para elaboração do Plano de Cargos e Carreira dos Agentes Fiscais de Tributação do município de Nova Cruz - RN.</t>
+  </si>
+  <si>
+    <t>2578</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja construída uma praça com academia pública na comunidade do Jatobá, neste município.</t>
+  </si>
+  <si>
+    <t>2579</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja instaladas iluminações de LED na comunidade de Lajedo da Onça, neste município.</t>
+  </si>
+  <si>
+    <t>2580</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja instaladas iluminações de LED na comunidade de Lagoa da Mata, neste município.</t>
+  </si>
+  <si>
+    <t>2581</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja realizado serviços de recuperação e reparo em alguns trechos do calçamento da Comunidade do Serrote dos Bezerras.</t>
+  </si>
+  <si>
+    <t>2607</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja visto a viabilidade da continuação do calçamento na rua da quadra da Comunidade do Serrote dos Bezerras</t>
+  </si>
+  <si>
+    <t>2583</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>Sugerindo a instalação de academias ao ar livre nas praças públicas das Comunidades rurais do Juriti e Primeira Lagoa.</t>
+  </si>
+  <si>
+    <t>2584</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>Sugerindo de que sejam feitas melhorias na estrada da comunidade de Lagoa dos Currais, precisamente no trecho que liga a porteira de Milton Moura, à residência de galega de Zé de Rosa.</t>
+  </si>
+  <si>
+    <t>2585</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>Sugerindo de que seja feita melhorias na rede de drenagem nas ruas próximas ao Posto de Saúde da comunidade do Catolé.</t>
+  </si>
+  <si>
+    <t>2586</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja feito o recapeamento do asfalto da rua Doutor Galdino de Lima.</t>
+  </si>
+  <si>
+    <t>2587</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja feito do serviço de pavimentação a paralelepípedo na Rua Cônego Severino Ramalho, mais precisamente no trecho lateral da Creche Maria Tavares até a Rua Urtigal.</t>
+  </si>
+  <si>
+    <t>2588</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>Sugerindo de que seja feita a pavimentação da Rua Alcides de Rocha, localizada o Bairro do Planalto.</t>
+  </si>
+  <si>
+    <t>2589</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>Sugerindo de que seja desenvolvido e implementado um programa de alimentação especial destinado a alunos que apresentem seletividade alimentar.</t>
+  </si>
+  <si>
+    <t>2590</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>Sugerindo de que seja realizado manutenções no calçamento da Avenida Maria Iracema da Cruz no bairro Frei Damião, neste município.</t>
+  </si>
+  <si>
+    <t>2591</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>sugerindo que seja realizado um ponto de água na arena Fabio serafim.</t>
+  </si>
+  <si>
+    <t>2592</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja cedido o prédio da antiga TELERN, localizado na comunidade de Lagoa Limpa, para ser utilizado como refeitório da Escola Municipal José Tavares</t>
+  </si>
+  <si>
+    <t>2593</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja feito a abertura do canteiro central para retorno nas ruas Iracema da Cruz e Carlos Pereira Matos, localizadas no perímetro urbano do município.</t>
+  </si>
+  <si>
+    <t>2594</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja realizado do 1° Fórum de Empregabilidade do município de Nova Cruz - RN.</t>
+  </si>
+  <si>
+    <t>2595</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja implantada uma Farmácia de Manipulação Municipal no município de Nova Cruz/RN.</t>
+  </si>
+  <si>
+    <t>2596</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>Sugerindo de que verifique a situação da RN-269, em frente à pousada de Maurício, onde a via está cedendo.</t>
+  </si>
+  <si>
+    <t>2597</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>Sugerindo que proceda com o reparo na via conhecida como costeira, tendo em vista que uma cratera está aumentando no local.</t>
+  </si>
+  <si>
+    <t>2598</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>Sugerindo de que seja analisada a situação das árvores derrubadas ao lado da praça do Colégio Nossa Senhora do Carmo, e o replantio. Que seja analisada a possibilidade de organizar um espaço de estacionamento na área, mantendo as árvores.</t>
+  </si>
+  <si>
+    <t>2599</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja feito uma Audiência Pública sobre a Campanha da Fraternidade e Moradia, com a participação do Padre Gilmar Pereira e da Secretaria de Assistência Social, Ângela Paulino Barbosa Nogueira, no município.</t>
+  </si>
+  <si>
+    <t>2601</t>
+  </si>
+  <si>
+    <t>74</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja feito a completação asfáltica na Rua Maria Lêda Moussinho.</t>
+  </si>
+  <si>
+    <t>2602</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>Sugerindp de que seja realizado a recuperação do calçamento da Rua Alberto Maranhão.</t>
+  </si>
+  <si>
+    <t>2608</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja concluída a pavimentação da Rua Francisco de Assis Soares, localizada no bairro Nova Esperança, neste município.</t>
+  </si>
+  <si>
+    <t>2609</t>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>Sugerindo de que seja construído um bueiro em trecho localizado nas proximidades de estabelecimento comercial conhecido na comunidade como Mercadinho de Naldo, na localidade de Primeira Lagoa, zona rural de Nova Cruz.</t>
+  </si>
+  <si>
+    <t>2610</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>Sugerindo de que seja construída duas passagens molhadas sobre o Rio Calabouço, na região da comunidade Serrote dos Bezerras, sendo uma no acesso utilizado para deslocamento em direção à comunidade Capoeiras e outra no acesso utilizado em direção à comunidade Serrote da Paraíba.</t>
+  </si>
+  <si>
+    <t>2611</t>
+  </si>
+  <si>
+    <t>79</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja criado um Centro Municipal de Inovação e Empreendedorismo de Nova Cruz.</t>
+  </si>
+  <si>
+    <t>2612</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja realizado a pavimentação da via que se inicia nas proximidades da RN-269 e segue no interior da comunidade de Primeira Lagoa, até trecho localizado nas proximidades da residência do senhor Manoel Laurentino, na zona rural de Nova Cruz</t>
+  </si>
+  <si>
+    <t>2613</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja realizado um concurso público para provimento de cargos efetivos na administração pública municipal, inclusive com a possibilidade de criação e estruturação da Guarda Municipal de Nova Cruz.</t>
+  </si>
+  <si>
+    <t>2614</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja construído um balneário público no município.</t>
+  </si>
+  <si>
+    <t>2616</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>Sugerindo a criação de um programa de incentivo ao registro de crianças com o nome dos pais, como forma de reduzir o índice de pais ausentes.</t>
+  </si>
+  <si>
+    <t>2617</t>
+  </si>
+  <si>
+    <t>84</t>
+  </si>
+  <si>
+    <t>Sugerindo de que seja realizada a reparação das ruas danificadas após serviços da CAERN, como no encontro das ruas conhecida como “cinco bocas”, no bairro São Sebastião, onde há uma diferença no nível da via.</t>
+  </si>
+  <si>
+    <t>2618</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja realizado a implantação de poste e luminárias entre a RN 269 até a comunidade Assentamento José Rodrigues Sobrinho, neste município.</t>
+  </si>
+  <si>
+    <t>2619</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja realizado o recapeamento asfáltico da Av. José Peixoto Mariano, no Bairro Santa Luzia, neste município.</t>
+  </si>
+  <si>
+    <t>2620</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja elaborado um projeto de drenagem no município, especialmente nas ruas localizadas em áreas mais baixas, que sofrem com alagamentos no período chuvoso.</t>
+  </si>
+  <si>
+    <t>2621</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja adotadas medidas em relação ao excesso de barulho nas ruas do município, causado por veículos com som em volume elevado e por motocicletas que produzem ruídos intensos.</t>
+  </si>
+  <si>
+    <t>2622</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja feito a complementação do calçamento e saneamento básico da Rua José Renato de Melo, no bairro do Planalto, neste município.</t>
+  </si>
+  <si>
+    <t>2623</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>Sugerindo de que seja feita a reforma da Praça e do Centro Social da Comunidade do Juriti, neste município.</t>
+  </si>
+  <si>
+    <t>2624</t>
+  </si>
+  <si>
+    <t>91</t>
+  </si>
+  <si>
+    <t>Sugerindo a realização da reforma da Escola Municipal da comunidade de Lagoa da Mata, visando à implantação de um anexo do Posto de Saúde no local.</t>
+  </si>
+  <si>
+    <t>2625</t>
+  </si>
+  <si>
+    <t>92</t>
+  </si>
+  <si>
+    <t>Sugerindo que determine ao setor competente que tome providências quanto à elaboração de Projeto de Lei dispondo sobre a criação e a instalação da Coordenação Municipal de Proteção e Defesa do Consumidor – PROCON municipal.</t>
+  </si>
+  <si>
+    <t>2632</t>
+  </si>
+  <si>
+    <t>93</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja realizado o calçamento e implantação de lâmpadas de LED na comunidade de Lagoa da Mata, mas precisamente em frente a Igreja.</t>
+  </si>
+  <si>
+    <t>2633</t>
+  </si>
+  <si>
+    <t>94</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja feito a complementação do calçamento da Rua Pantaleão Justino de Lima, localizado no bairro do Planalto, neste município.</t>
+  </si>
+  <si>
+    <t>2634</t>
+  </si>
+  <si>
+    <t>95</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja realizado o calçamento na Comunidade do Serrote dos Bezerras, especificamente na estrada rural localizada por trás da Igreja Católica, estendendo – se até a residência do senhor Roberto Brito.</t>
+  </si>
+  <si>
+    <t>2635</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>Sugerindo de que retomem o projeto ambiental ‘Reciclar e Ser Feliz’</t>
+  </si>
+  <si>
+    <t>2636</t>
+  </si>
+  <si>
+    <t>97</t>
+  </si>
+  <si>
+    <t>Sugerindo que a Prefeitura Municipal intensifique a divulgação de campanhas educativas relacionadas ao descarte correto de resíduos sólidos na cidade</t>
+  </si>
+  <si>
+    <t>2637</t>
+  </si>
+  <si>
+    <t>98</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja feito a complementação asfáltica na Rua José Bonifácio, localizada no bairro São Sebastião, neste município.</t>
+  </si>
+  <si>
+    <t>2638</t>
+  </si>
+  <si>
+    <t>99</t>
+  </si>
+  <si>
+    <t>Sugerindo a recuperação das barras paralelas ao lado do Ginásio Poliesportivo Giovana de Azevedo Targino.</t>
+  </si>
+  <si>
+    <t>2639</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja feito o complemento do asfalto das ruas Luís Pedro Costa, rua Vereador João Balbino é rua Cícero Patricio de Medeiros.</t>
+  </si>
+  <si>
+    <t>2640</t>
+  </si>
+  <si>
+    <t>101</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja feito o complemento do asfalto das ruas Luís Pedro Costa, rua Vereador João Balbino e a rua Cícero Patricio de Medeiros, neste município.</t>
+  </si>
+  <si>
+    <t>2641</t>
+  </si>
+  <si>
+    <t>102</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja feita a realização de manutenção do calçamento na rua Severino Márquez Moreira, localizada no bairro São Judas Tadeu, neste município.</t>
+  </si>
+  <si>
+    <t>2530</t>
+  </si>
+  <si>
+    <t>MCA</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2530/mocao_de_aplausos_01-2026..pdf</t>
+  </si>
+  <si>
+    <t>Apresento a esta Casa Legislativa a seguinte Moção de Aplausos, a ser encaminhada à Senhora Eva Cristina Soares da Silva, em reconhecimento e valorização ao Dia Internacional da Mulher, pelos relevantes serviços prestados à população nova-cruzense.</t>
+  </si>
+  <si>
+    <t>2531</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2531/requerimento_02-2026_giliard.pdf</t>
+  </si>
+  <si>
+    <t>Apresente a esta Casa legislativa a seguinte Moção de Aplausos, a ser encaminhada à Senhora Maria Lourenço de Oliveira, em reconhecimento e valorização ao Dia Internacional da Mulher, pelos relevantes serviços prestados à população nova-cruzense.</t>
+  </si>
+  <si>
+    <t>2534</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2534/mocao_de_pesar_no_03-2026.pdf</t>
+  </si>
+  <si>
+    <t>Apresento a esta Casa Legislativa a seguinte Moção de Aplausos, a ser encaminhada à Senhora Ângela Paulino Barbosa Nogueira, em reconhecimento e valorização ao Dia Internacional da Mulher, pelos relevantes serviços prestados à população nova-cruzense.</t>
+  </si>
+  <si>
+    <t>2535</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2535/mocao_de_aplausos_04-2026..pdf</t>
+  </si>
+  <si>
+    <t>Apresento a esta Casa Legislativa a seguinte Moção de Aplausos, a ser encaminhada à Senhora Viviane Teixeira da Silva, em reconhecimento e valorização ao Dia Internacional da Mulher, pelos relevantes serviços prestados à população nova-cruzense.</t>
+  </si>
+  <si>
+    <t>2536</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2536/mocao_de_aplausos_05-2026..pdf</t>
+  </si>
+  <si>
+    <t>Apresento a esta Casa Legislativa a seguinte Moção de Aplausos, a ser encaminhada à Senhora Marilene da Silva Lima, em reconhecimento e valorização ao Dia Internacional da Mulher, pelos relevantes serviços prestados à população nova-cruzense.</t>
+  </si>
+  <si>
+    <t>2537</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2537/mocao_de_aplausos_06-2026..pdf</t>
+  </si>
+  <si>
+    <t>Apresente a esta Casa Legislativa a seguinte Moção de Aplausos, a ser encaminhada à Senhora Adnaide de Araújo Dantas Oliveira, em reconhecimento e valorização ao Dia Internacional da Mulher, pelos relevantes serviços prestados à população nova-cruzense.</t>
+  </si>
+  <si>
+    <t>2538</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2538/mocao_de_aplausos_07-2026.pdf</t>
+  </si>
+  <si>
+    <t>Apresento a esta Casa Legislativa a seguinte Moção de Aplausos, a ser encaminhada à Senhora Alzira da Costa dos Santos, em reconhecimento e valorização ao Dia Internacional da Mulher, pelos relevantes serviços prestados à população nova-cruzense.</t>
+  </si>
+  <si>
+    <t>2539</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2539/mocao_de_aplausos_08-2026..pdf</t>
+  </si>
+  <si>
+    <t>Apresente a esta Casa Legislativa a seguinte Moção de Aplausos, a ser encaminhada à Senhora Larissa Felix Cordeiro, em reconhecimento e valorização ao Dia Internacional da Mulher, pelos relevantes serviços prestados à população nova-cruzense.</t>
+  </si>
+  <si>
+    <t>2554</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2554/mocao_de_aplausos_09-2026..pdf</t>
+  </si>
+  <si>
+    <t>Apresento a esta Casa Legislativa a seguinte Moção de Aplausos, a ser encaminhada à Senhora Rosilma Soares da Silva Rodrigues, em reconhecimento e valorização ao Dia Internacional da Mulher, pelos relevantes serviços prestados à população nova-cruzense.</t>
+  </si>
+  <si>
+    <t>2555</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2555/mocao_de_aplausos_10-2026..pdf</t>
+  </si>
+  <si>
+    <t>Apresento a esta Casa Legislativa a seguinte Moção de Aplausos, a ser encaminhada à Senhora Maria Viviane Alves do Nascimento, em reconhecimento e valorização ao Dia Internacional da Mulher, pelos relevantes serviços prestados à população nova-cruzense.</t>
+  </si>
+  <si>
+    <t>2557</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2557/mocao_de_aplausos_11-2026..pdf</t>
+  </si>
+  <si>
+    <t>Apresento a esta Casa Legislativa a seguinte Moção de Aplausos, a ser encaminhada à Senhora Rosângela Cilene Cavalcante Silva reconhecimento e valorização ao Dia Internacional da Mulher, pelos relevantes serviços prestados à população nova-cruzense.</t>
+  </si>
+  <si>
+    <t>2565</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2565/mocao_de_aplausos_12-2026..pdf</t>
+  </si>
+  <si>
+    <t>Apresento nos termos do Regimento Interno, a presente Moção de Aplausos, a ser encaminhada à Senhora Gizelia Maria Soares reconhecimento e valorização ao Dia Internacional da Mulher, pelos relevantes serviços prestados à população nova-cruzense.</t>
+  </si>
+  <si>
+    <t>2569</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2569/mocao_de_aplausos_13-2026..pdf</t>
+  </si>
+  <si>
+    <t>Apresento a esta Casa Legislativa a seguinte Moção de Aplausos a ser encaminhada à Senhora Vivian Camila Alexandre Cavalcanti Silva Martins em reconhecimento e valorização ao Dia Internacional da Mulher, pelos relevantes serviços prestados à população nova-cruzense.</t>
+  </si>
+  <si>
     <t>2484</t>
   </si>
   <si>
-    <t>56</t>
-[...8 lines deleted...]
-    <t>Felipe da Costa Vicente (Felipe Vicente)</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2484/56._mocao_de_aplausos_-_2025.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Aplausos e Parabenização, a ser encaminhada à equipe de ornamentação da Igreja Imaculada Conceição, em reconhecimento ao compromisso, dedicação e relevante trabalho que vem desenvolvendo no município de Nova Cruz/RN.</t>
   </si>
   <si>
+    <t>2511</t>
+  </si>
+  <si>
+    <t>MCP</t>
+  </si>
+  <si>
+    <t>Moção de Pesar</t>
+  </si>
+  <si>
+    <t>Giliard Faustino da Silva (Giliard Faustino), Aluísio Soares de Sena (Aluísio Sena), Anne Gabriela Moreira de Souza Melo (Gabi Melo), Carlos César F. de Melo (César de Augustinho), Felipe da Costa Vicente (Felipe Vicente), José Jeconias Barbosa (Nia Salú), Maria Elizabete S. de Carvalho Barbosa (Bete Salú), Marione de Alburqueque Moreira (Marione Moreira), Patrícia Maria de Lima Silva (Patrícia Lima), Roberto Augusto de Morais Segundo (Bimbo), Thiago de Araújo Silva (Thiago Cassimiro), Tiago da Costa de Araújo (Tiago Araújo), Valmir Bernardino de Oliveira Júnior (Juninho)</t>
+  </si>
+  <si>
+    <t>Apresento a esta Casa Legislativa, nos termos do Regimento Interno, Moção de Pesar pelo falecimento da Senhora Maria de Lourdes Pinheiro Oliveira, manifestando a Câmara Municipal de Nova Cruz as suas condolências.</t>
+  </si>
+  <si>
+    <t>2553</t>
+  </si>
+  <si>
+    <t>Apresento a esta Casa Legislativa a seguinte  Moção de Pesar, pelo falecimento do senhor Pedro Pascoal de Souza, a ser encaminhada aos seus familiares.</t>
+  </si>
+  <si>
+    <t>2563</t>
+  </si>
+  <si>
+    <t>Apresento a esta Casa Legislativa a seguinte Moção de Pesar pelo falecimento da Senhora Maria Florêncio de Farias, manifestando a ser encaminhada aos seus familiares.</t>
+  </si>
+  <si>
+    <t>2564</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2564/mocao_de_pesar_no_04-2026.pdf</t>
+  </si>
+  <si>
+    <t>Apresento a esta Casa Legislativa a seguinte Moção de Pesar, pelo falecimento do Senhor Josué Ferreira Alves, a  ser encaminhada aos seus familiares .</t>
+  </si>
+  <si>
+    <t>2576</t>
+  </si>
+  <si>
+    <t>Apresento a esta Casa legislativa a seguinte Moção de Pesar, pelo falecimento da senhora Renilda Ramos, a Câmara Municipal de Nova Cruz, manifesta as suas condolências.</t>
+  </si>
+  <si>
+    <t>2577</t>
+  </si>
+  <si>
+    <t>Apresento a esta Casa legislativa a seguinte Moção de Pesar, pelo falecimento da senhora Antônio Pereira da Silva, a ser encaminhada ao seus familiares.</t>
+  </si>
+  <si>
+    <t>2627</t>
+  </si>
+  <si>
+    <t>Apresento a esta Casa Legislativa  a seguinte  Moção de Pesar, pelo falecimento do senhor José Avelino, a ser encaminhada aos seus familiares.</t>
+  </si>
+  <si>
+    <t>2628</t>
+  </si>
+  <si>
+    <t>Apresento a esta Casa Legislativa  a seguinte  Moção de Pesar, pelo falecimento da senhora Dalvina Pereira Bezerra da Silva , a ser encaminhada aos seus familiares.</t>
+  </si>
+  <si>
     <t>2478</t>
   </si>
   <si>
-    <t>43</t>
-[...10 lines deleted...]
-  <si>
     <t>Apresento a esta Casa Legislativa, nos termos do Regimento Interno, Moção de Pesar pelo falecimento do Senhor José Ricardo da Silva, manifestando a Câmara Municipal de Nova Cruz as suas condolências.</t>
   </si>
   <si>
     <t>2479</t>
   </si>
   <si>
-    <t>44</t>
-[...1 lines deleted...]
-  <si>
     <t>Apresento a esta Casa Legislativa, nos termos do Regimento Interno, Moção de Pesar pelo falecimento do Senhor José Bezerra, manifestando a Câmara Municipal de Nova Cruz as suas condolências.</t>
   </si>
   <si>
     <t>2480</t>
   </si>
   <si>
-    <t>45</t>
-[...4 lines deleted...]
-  <si>
     <t>Apresento a esta Casa Legislativa, nos termos do Regimento Interno, Moção de Pesar pelo falecimento da Senhora Maria Luxia dos Santos, manifestando a Câmara Municipal de Nova Cruz as suas condolências.</t>
   </si>
   <si>
     <t>2481</t>
   </si>
   <si>
-    <t>46</t>
-[...4 lines deleted...]
-  <si>
     <t>Apresento a esta Casa Legislativa, nos termos do Regimento Interno, Moção de Pesar pelo falecimento do Senhor Armando Gomes Rosendo Júnior, manifestando a Câmara Municipal de Nova Cruz as suas condolências.</t>
   </si>
   <si>
     <t>2482</t>
   </si>
   <si>
-    <t>47</t>
-[...4 lines deleted...]
-  <si>
     <t>Apresento a esta Casa Legislativa, nos termos do Regimento Interno, Moção de Pesar pelo falecimento do Senhor Antônio Matias da Costa, manifestando a Câmara Municipal de Nova Cruz as suas condolências.</t>
   </si>
   <si>
     <t>2483</t>
-  </si>
-[...4 lines deleted...]
-    <t>Marione de Alburqueque Moreira (Marione Moreira)</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa, nos termos do Regimento Interno, Moção de Pesar pelo falecimento do Senhor José do Rosário Padilha, manifestando a Câmara Municipal de Nova Cruz as suas condolências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -513,67 +1904,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2606/projeto_de_lei_do_legislativo_no_12_-_2026.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2487/requerimento_no_01.2026.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2571/requerimento_02-2026_giliard.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2490/indicacao_01-2026.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2491/indicacao_02-2026.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2492/indicacao_03-2026.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2493/indicacao_04-2026.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2494/indicacao_05-2026.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2495/indicacao_06-2026.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2498/indicacao_07-2026_jose_jaconias.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2499/indicacao_08-2026.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2500/indicacao_09-2026.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2501/indicacao_10-2026.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2502/indicacao_11-2026.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2503/indicacao_12-2026.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2504/indicacao_13-2026.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2505/indicacao_14-2026.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2506/indicacao_15-2026.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2507/indicacao_16-2026.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2508/indicacao_17-2026.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2509/indicacao_18-2026.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2513/indicacao_19-2026.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2514/indicacao_20-2026.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2515/indicacao_21-2026.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2516/indicacao_22-2026.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2517/indicacao_23-2026.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2519/indicacao_24-2026.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2520/indicacao_25-2026.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2521/indicacao_26-2026.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2522/indicacao_27-2026.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2523/indicacao_28-2026.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2525/indicacao_29-2026_thiago_cassimiro.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2540/indicacao_30-2026_tiago_araujo.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2541/indicacao_31-2026_giliard.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2542/indicacao_32-2026_giliard.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2543/indicacao_33-2026_thiago_cassimiro.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2544/indicacao_34-2026_maria_elizabete.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2545/indicacao_35-2026_maria_elizabete.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2546/indicacao_36-2026_patricia_maria.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2547/indicacao_37-2026_patricia_maria.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2548/indicacao_38-2026_patricia_maria.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2549/indicacao_39-2026_carlos_cesar.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2550/indicacao_40-2026_todos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2551/indicacao_41-2026_marione.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2558/indicacao_42-2026_aluisio.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2559/indicacao_43-2026_roberto_augusto.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2560/indicacao_44-2026_felipe_vicente.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2561/indicacao_45-2026_roberto_augusto.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2562/indicacao_46-2026_roberto_augusto.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2566/indicacao_47-2026_anne_gabriela.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2567/indicacao_48-2026_anne_gabriela.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2572/indicacao_49-2026_valmir_bernardino.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2573/indicacao_50-2026_valmir_bernardino.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2574/indicacao_51-2026_valmir_bernardino.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2530/mocao_de_aplausos_01-2026..pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2531/requerimento_02-2026_giliard.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2534/mocao_de_pesar_no_03-2026.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2535/mocao_de_aplausos_04-2026..pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2536/mocao_de_aplausos_05-2026..pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2537/mocao_de_aplausos_06-2026..pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2538/mocao_de_aplausos_07-2026.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2539/mocao_de_aplausos_08-2026..pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2554/mocao_de_aplausos_09-2026..pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2555/mocao_de_aplausos_10-2026..pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2557/mocao_de_aplausos_11-2026..pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2565/mocao_de_aplausos_12-2026..pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2569/mocao_de_aplausos_13-2026..pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2484/56._mocao_de_aplausos_-_2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2564/mocao_de_pesar_no_04-2026.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H10"/>
+  <dimension ref="A1:H152"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="35.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="114.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -593,261 +1984,4095 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
+      <c r="G3" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" t="s">
         <v>21</v>
       </c>
-      <c r="B4" t="s">
-[...2 lines deleted...]
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" t="s">
+        <v>18</v>
+      </c>
+      <c r="G4" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H4" t="s">
         <v>22</v>
-      </c>
-[...13 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="D5" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="F5" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H5" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" t="s">
         <v>29</v>
       </c>
-      <c r="E6" t="s">
+      <c r="G6" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H6" t="s">
         <v>30</v>
-      </c>
-[...7 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
         <v>29</v>
       </c>
-      <c r="E7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G7" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H7" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="D8" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="F8" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H8" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="D9" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="F9" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="G9" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H9" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
+        <v>41</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>42</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" t="s">
+        <v>29</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H10" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>44</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>45</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>12</v>
+      </c>
+      <c r="F11" t="s">
+        <v>18</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H11" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>47</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
         <v>48</v>
       </c>
-      <c r="B10" t="s">
-[...2 lines deleted...]
-      <c r="C10" t="s">
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>12</v>
+      </c>
+      <c r="F12" t="s">
         <v>49</v>
       </c>
-      <c r="D10" t="s">
+      <c r="G12" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H12" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>51</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>52</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
+        <v>53</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="H13" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>56</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>57</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" t="s">
         <v>29</v>
       </c>
-      <c r="E10" t="s">
-[...9 lines deleted...]
-        <v>51</v>
+      <c r="G14" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H14" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>59</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>10</v>
+      </c>
+      <c r="D15" t="s">
+        <v>60</v>
+      </c>
+      <c r="E15" t="s">
+        <v>61</v>
+      </c>
+      <c r="F15" t="s">
+        <v>62</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H15" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>64</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>17</v>
+      </c>
+      <c r="D16" t="s">
+        <v>60</v>
+      </c>
+      <c r="E16" t="s">
+        <v>61</v>
+      </c>
+      <c r="F16" t="s">
+        <v>62</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H16" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>66</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>21</v>
+      </c>
+      <c r="D17" t="s">
+        <v>60</v>
+      </c>
+      <c r="E17" t="s">
+        <v>61</v>
+      </c>
+      <c r="F17" t="s">
+        <v>62</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H17" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>68</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>24</v>
+      </c>
+      <c r="D18" t="s">
+        <v>60</v>
+      </c>
+      <c r="E18" t="s">
+        <v>61</v>
+      </c>
+      <c r="F18" t="s">
+        <v>62</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H18" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>70</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>10</v>
+      </c>
+      <c r="D19" t="s">
+        <v>71</v>
+      </c>
+      <c r="E19" t="s">
+        <v>72</v>
+      </c>
+      <c r="F19" t="s">
+        <v>62</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H19" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>74</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>10</v>
+      </c>
+      <c r="D20" t="s">
+        <v>75</v>
+      </c>
+      <c r="E20" t="s">
+        <v>76</v>
+      </c>
+      <c r="F20" t="s">
+        <v>29</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="H20" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>79</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>17</v>
+      </c>
+      <c r="D21" t="s">
+        <v>75</v>
+      </c>
+      <c r="E21" t="s">
+        <v>76</v>
+      </c>
+      <c r="F21" t="s">
+        <v>18</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="H21" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>82</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>21</v>
+      </c>
+      <c r="D22" t="s">
+        <v>75</v>
+      </c>
+      <c r="E22" t="s">
+        <v>76</v>
+      </c>
+      <c r="F22" t="s">
+        <v>29</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H22" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>84</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>10</v>
+      </c>
+      <c r="D23" t="s">
+        <v>85</v>
+      </c>
+      <c r="E23" t="s">
+        <v>86</v>
+      </c>
+      <c r="F23" t="s">
+        <v>87</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="H23" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>90</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>17</v>
+      </c>
+      <c r="D24" t="s">
+        <v>85</v>
+      </c>
+      <c r="E24" t="s">
+        <v>86</v>
+      </c>
+      <c r="F24" t="s">
+        <v>87</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="H24" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>93</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>21</v>
+      </c>
+      <c r="D25" t="s">
+        <v>85</v>
+      </c>
+      <c r="E25" t="s">
+        <v>86</v>
+      </c>
+      <c r="F25" t="s">
+        <v>94</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="H25" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>97</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>24</v>
+      </c>
+      <c r="D26" t="s">
+        <v>85</v>
+      </c>
+      <c r="E26" t="s">
+        <v>86</v>
+      </c>
+      <c r="F26" t="s">
+        <v>94</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="H26" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>100</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>28</v>
+      </c>
+      <c r="D27" t="s">
+        <v>85</v>
+      </c>
+      <c r="E27" t="s">
+        <v>86</v>
+      </c>
+      <c r="F27" t="s">
+        <v>94</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="H27" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>103</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>32</v>
+      </c>
+      <c r="D28" t="s">
+        <v>85</v>
+      </c>
+      <c r="E28" t="s">
+        <v>86</v>
+      </c>
+      <c r="F28" t="s">
+        <v>49</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="H28" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>106</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>35</v>
+      </c>
+      <c r="D29" t="s">
+        <v>85</v>
+      </c>
+      <c r="E29" t="s">
+        <v>86</v>
+      </c>
+      <c r="F29" t="s">
+        <v>49</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="H29" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>109</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>38</v>
+      </c>
+      <c r="D30" t="s">
+        <v>85</v>
+      </c>
+      <c r="E30" t="s">
+        <v>86</v>
+      </c>
+      <c r="F30" t="s">
+        <v>110</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="H30" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>113</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>42</v>
+      </c>
+      <c r="D31" t="s">
+        <v>85</v>
+      </c>
+      <c r="E31" t="s">
+        <v>86</v>
+      </c>
+      <c r="F31" t="s">
+        <v>110</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="H31" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>116</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>45</v>
+      </c>
+      <c r="D32" t="s">
+        <v>85</v>
+      </c>
+      <c r="E32" t="s">
+        <v>86</v>
+      </c>
+      <c r="F32" t="s">
+        <v>18</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="H32" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>119</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>48</v>
+      </c>
+      <c r="D33" t="s">
+        <v>85</v>
+      </c>
+      <c r="E33" t="s">
+        <v>86</v>
+      </c>
+      <c r="F33" t="s">
+        <v>18</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="H33" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>122</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>52</v>
+      </c>
+      <c r="D34" t="s">
+        <v>85</v>
+      </c>
+      <c r="E34" t="s">
+        <v>86</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="H34" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>125</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>57</v>
+      </c>
+      <c r="D35" t="s">
+        <v>85</v>
+      </c>
+      <c r="E35" t="s">
+        <v>86</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H35" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>128</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>129</v>
+      </c>
+      <c r="D36" t="s">
+        <v>85</v>
+      </c>
+      <c r="E36" t="s">
+        <v>86</v>
+      </c>
+      <c r="F36" t="s">
+        <v>130</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="H36" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>133</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>134</v>
+      </c>
+      <c r="D37" t="s">
+        <v>85</v>
+      </c>
+      <c r="E37" t="s">
+        <v>86</v>
+      </c>
+      <c r="F37" t="s">
+        <v>130</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="H37" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>137</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>138</v>
+      </c>
+      <c r="D38" t="s">
+        <v>85</v>
+      </c>
+      <c r="E38" t="s">
+        <v>86</v>
+      </c>
+      <c r="F38" t="s">
+        <v>130</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="H38" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>141</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>142</v>
+      </c>
+      <c r="D39" t="s">
+        <v>85</v>
+      </c>
+      <c r="E39" t="s">
+        <v>86</v>
+      </c>
+      <c r="F39" t="s">
+        <v>53</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="H39" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>145</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>146</v>
+      </c>
+      <c r="D40" t="s">
+        <v>85</v>
+      </c>
+      <c r="E40" t="s">
+        <v>86</v>
+      </c>
+      <c r="F40" t="s">
+        <v>53</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="H40" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>149</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>150</v>
+      </c>
+      <c r="D41" t="s">
+        <v>85</v>
+      </c>
+      <c r="E41" t="s">
+        <v>86</v>
+      </c>
+      <c r="F41" t="s">
+        <v>151</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="H41" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>154</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>155</v>
+      </c>
+      <c r="D42" t="s">
+        <v>85</v>
+      </c>
+      <c r="E42" t="s">
+        <v>86</v>
+      </c>
+      <c r="F42" t="s">
+        <v>151</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="H42" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>158</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>159</v>
+      </c>
+      <c r="D43" t="s">
+        <v>85</v>
+      </c>
+      <c r="E43" t="s">
+        <v>86</v>
+      </c>
+      <c r="F43" t="s">
+        <v>151</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="H43" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>162</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>163</v>
+      </c>
+      <c r="D44" t="s">
+        <v>85</v>
+      </c>
+      <c r="E44" t="s">
+        <v>86</v>
+      </c>
+      <c r="F44" t="s">
+        <v>164</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="H44" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>167</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>168</v>
+      </c>
+      <c r="D45" t="s">
+        <v>85</v>
+      </c>
+      <c r="E45" t="s">
+        <v>86</v>
+      </c>
+      <c r="F45" t="s">
+        <v>164</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="H45" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>171</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>172</v>
+      </c>
+      <c r="D46" t="s">
+        <v>85</v>
+      </c>
+      <c r="E46" t="s">
+        <v>86</v>
+      </c>
+      <c r="F46" t="s">
+        <v>25</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="H46" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>175</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>176</v>
+      </c>
+      <c r="D47" t="s">
+        <v>85</v>
+      </c>
+      <c r="E47" t="s">
+        <v>86</v>
+      </c>
+      <c r="F47" t="s">
+        <v>25</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="H47" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>179</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>180</v>
+      </c>
+      <c r="D48" t="s">
+        <v>85</v>
+      </c>
+      <c r="E48" t="s">
+        <v>86</v>
+      </c>
+      <c r="F48" t="s">
+        <v>25</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="H48" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>183</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>184</v>
+      </c>
+      <c r="D49" t="s">
+        <v>85</v>
+      </c>
+      <c r="E49" t="s">
+        <v>86</v>
+      </c>
+      <c r="F49" t="s">
+        <v>29</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="H49" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>187</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>188</v>
+      </c>
+      <c r="D50" t="s">
+        <v>85</v>
+      </c>
+      <c r="E50" t="s">
+        <v>86</v>
+      </c>
+      <c r="F50" t="s">
+        <v>29</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="H50" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>191</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>192</v>
+      </c>
+      <c r="D51" t="s">
+        <v>85</v>
+      </c>
+      <c r="E51" t="s">
+        <v>86</v>
+      </c>
+      <c r="F51" t="s">
+        <v>193</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="H51" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>196</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>197</v>
+      </c>
+      <c r="D52" t="s">
+        <v>85</v>
+      </c>
+      <c r="E52" t="s">
+        <v>86</v>
+      </c>
+      <c r="F52" t="s">
+        <v>198</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="H52" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>201</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>202</v>
+      </c>
+      <c r="D53" t="s">
+        <v>85</v>
+      </c>
+      <c r="E53" t="s">
+        <v>86</v>
+      </c>
+      <c r="F53" t="s">
+        <v>18</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="H53" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>205</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>206</v>
+      </c>
+      <c r="D54" t="s">
+        <v>85</v>
+      </c>
+      <c r="E54" t="s">
+        <v>86</v>
+      </c>
+      <c r="F54" t="s">
+        <v>18</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="H54" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>209</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>210</v>
+      </c>
+      <c r="D55" t="s">
+        <v>85</v>
+      </c>
+      <c r="E55" t="s">
+        <v>86</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="H55" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>213</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>214</v>
+      </c>
+      <c r="D56" t="s">
+        <v>85</v>
+      </c>
+      <c r="E56" t="s">
+        <v>86</v>
+      </c>
+      <c r="F56" t="s">
+        <v>25</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="H56" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>217</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>218</v>
+      </c>
+      <c r="D57" t="s">
+        <v>85</v>
+      </c>
+      <c r="E57" t="s">
+        <v>86</v>
+      </c>
+      <c r="F57" t="s">
+        <v>25</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="H57" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>221</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>222</v>
+      </c>
+      <c r="D58" t="s">
+        <v>85</v>
+      </c>
+      <c r="E58" t="s">
+        <v>86</v>
+      </c>
+      <c r="F58" t="s">
+        <v>110</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="H58" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>225</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>226</v>
+      </c>
+      <c r="D59" t="s">
+        <v>85</v>
+      </c>
+      <c r="E59" t="s">
+        <v>86</v>
+      </c>
+      <c r="F59" t="s">
+        <v>110</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="H59" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>229</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>230</v>
+      </c>
+      <c r="D60" t="s">
+        <v>85</v>
+      </c>
+      <c r="E60" t="s">
+        <v>86</v>
+      </c>
+      <c r="F60" t="s">
+        <v>110</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="H60" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>233</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>234</v>
+      </c>
+      <c r="D61" t="s">
+        <v>85</v>
+      </c>
+      <c r="E61" t="s">
+        <v>86</v>
+      </c>
+      <c r="F61" t="s">
+        <v>87</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="H61" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>237</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>238</v>
+      </c>
+      <c r="D62" t="s">
+        <v>85</v>
+      </c>
+      <c r="E62" t="s">
+        <v>86</v>
+      </c>
+      <c r="F62" t="s">
+        <v>87</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="H62" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>241</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>242</v>
+      </c>
+      <c r="D63" t="s">
+        <v>85</v>
+      </c>
+      <c r="E63" t="s">
+        <v>86</v>
+      </c>
+      <c r="F63" t="s">
+        <v>94</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="H63" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>245</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>246</v>
+      </c>
+      <c r="D64" t="s">
+        <v>85</v>
+      </c>
+      <c r="E64" t="s">
+        <v>86</v>
+      </c>
+      <c r="F64" t="s">
+        <v>53</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="H64" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>249</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>250</v>
+      </c>
+      <c r="D65" t="s">
+        <v>85</v>
+      </c>
+      <c r="E65" t="s">
+        <v>86</v>
+      </c>
+      <c r="F65" t="s">
+        <v>130</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="H65" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>253</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>254</v>
+      </c>
+      <c r="D66" t="s">
+        <v>85</v>
+      </c>
+      <c r="E66" t="s">
+        <v>86</v>
+      </c>
+      <c r="F66" t="s">
+        <v>151</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="H66" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>257</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>258</v>
+      </c>
+      <c r="D67" t="s">
+        <v>85</v>
+      </c>
+      <c r="E67" t="s">
+        <v>86</v>
+      </c>
+      <c r="F67" t="s">
+        <v>130</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="H67" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>261</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>262</v>
+      </c>
+      <c r="D68" t="s">
+        <v>85</v>
+      </c>
+      <c r="E68" t="s">
+        <v>86</v>
+      </c>
+      <c r="F68" t="s">
+        <v>130</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="H68" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>265</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>266</v>
+      </c>
+      <c r="D69" t="s">
+        <v>85</v>
+      </c>
+      <c r="E69" t="s">
+        <v>86</v>
+      </c>
+      <c r="F69" t="s">
+        <v>164</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="H69" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>269</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>270</v>
+      </c>
+      <c r="D70" t="s">
+        <v>85</v>
+      </c>
+      <c r="E70" t="s">
+        <v>86</v>
+      </c>
+      <c r="F70" t="s">
+        <v>164</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="H70" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>273</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>274</v>
+      </c>
+      <c r="D71" t="s">
+        <v>85</v>
+      </c>
+      <c r="E71" t="s">
+        <v>86</v>
+      </c>
+      <c r="F71" t="s">
+        <v>29</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="H71" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>277</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>278</v>
+      </c>
+      <c r="D72" t="s">
+        <v>85</v>
+      </c>
+      <c r="E72" t="s">
+        <v>86</v>
+      </c>
+      <c r="F72" t="s">
+        <v>29</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="H72" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
+        <v>281</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>282</v>
+      </c>
+      <c r="D73" t="s">
+        <v>85</v>
+      </c>
+      <c r="E73" t="s">
+        <v>86</v>
+      </c>
+      <c r="F73" t="s">
+        <v>283</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="H73" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>286</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>287</v>
+      </c>
+      <c r="D74" t="s">
+        <v>85</v>
+      </c>
+      <c r="E74" t="s">
+        <v>86</v>
+      </c>
+      <c r="F74" t="s">
+        <v>49</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H74" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" t="s">
+        <v>289</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>290</v>
+      </c>
+      <c r="D75" t="s">
+        <v>85</v>
+      </c>
+      <c r="E75" t="s">
+        <v>86</v>
+      </c>
+      <c r="F75" t="s">
+        <v>49</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H75" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" t="s">
+        <v>292</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>293</v>
+      </c>
+      <c r="D76" t="s">
+        <v>85</v>
+      </c>
+      <c r="E76" t="s">
+        <v>86</v>
+      </c>
+      <c r="F76" t="s">
+        <v>49</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H76" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" t="s">
+        <v>295</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>296</v>
+      </c>
+      <c r="D77" t="s">
+        <v>85</v>
+      </c>
+      <c r="E77" t="s">
+        <v>86</v>
+      </c>
+      <c r="F77" t="s">
+        <v>25</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H77" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" t="s">
+        <v>298</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>299</v>
+      </c>
+      <c r="D78" t="s">
+        <v>85</v>
+      </c>
+      <c r="E78" t="s">
+        <v>86</v>
+      </c>
+      <c r="F78" t="s">
+        <v>25</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H78" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" t="s">
+        <v>301</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>302</v>
+      </c>
+      <c r="D79" t="s">
+        <v>85</v>
+      </c>
+      <c r="E79" t="s">
+        <v>86</v>
+      </c>
+      <c r="F79" t="s">
+        <v>25</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H79" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" t="s">
+        <v>304</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>305</v>
+      </c>
+      <c r="D80" t="s">
+        <v>85</v>
+      </c>
+      <c r="E80" t="s">
+        <v>86</v>
+      </c>
+      <c r="F80" t="s">
+        <v>13</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H80" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" t="s">
+        <v>307</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>308</v>
+      </c>
+      <c r="D81" t="s">
+        <v>85</v>
+      </c>
+      <c r="E81" t="s">
+        <v>86</v>
+      </c>
+      <c r="F81" t="s">
+        <v>13</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H81" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" t="s">
+        <v>310</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>311</v>
+      </c>
+      <c r="D82" t="s">
+        <v>85</v>
+      </c>
+      <c r="E82" t="s">
+        <v>86</v>
+      </c>
+      <c r="F82" t="s">
+        <v>151</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H82" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
+        <v>313</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>314</v>
+      </c>
+      <c r="D83" t="s">
+        <v>85</v>
+      </c>
+      <c r="E83" t="s">
+        <v>86</v>
+      </c>
+      <c r="F83" t="s">
+        <v>87</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H83" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8">
+      <c r="A84" t="s">
+        <v>316</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>317</v>
+      </c>
+      <c r="D84" t="s">
+        <v>85</v>
+      </c>
+      <c r="E84" t="s">
+        <v>86</v>
+      </c>
+      <c r="F84" t="s">
+        <v>164</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H84" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8">
+      <c r="A85" t="s">
+        <v>319</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>320</v>
+      </c>
+      <c r="D85" t="s">
+        <v>85</v>
+      </c>
+      <c r="E85" t="s">
+        <v>86</v>
+      </c>
+      <c r="F85" t="s">
+        <v>164</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H85" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8">
+      <c r="A86" t="s">
+        <v>322</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>323</v>
+      </c>
+      <c r="D86" t="s">
+        <v>85</v>
+      </c>
+      <c r="E86" t="s">
+        <v>86</v>
+      </c>
+      <c r="F86" t="s">
+        <v>130</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H86" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" t="s">
+        <v>325</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>326</v>
+      </c>
+      <c r="D87" t="s">
+        <v>85</v>
+      </c>
+      <c r="E87" t="s">
+        <v>86</v>
+      </c>
+      <c r="F87" t="s">
+        <v>130</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H87" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" t="s">
+        <v>328</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>329</v>
+      </c>
+      <c r="D88" t="s">
+        <v>85</v>
+      </c>
+      <c r="E88" t="s">
+        <v>86</v>
+      </c>
+      <c r="F88" t="s">
+        <v>110</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H88" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8">
+      <c r="A89" t="s">
+        <v>331</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>332</v>
+      </c>
+      <c r="D89" t="s">
+        <v>85</v>
+      </c>
+      <c r="E89" t="s">
+        <v>86</v>
+      </c>
+      <c r="F89" t="s">
+        <v>29</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H89" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90" t="s">
+        <v>334</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>335</v>
+      </c>
+      <c r="D90" t="s">
+        <v>85</v>
+      </c>
+      <c r="E90" t="s">
+        <v>86</v>
+      </c>
+      <c r="F90" t="s">
+        <v>29</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H90" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" t="s">
+        <v>337</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>338</v>
+      </c>
+      <c r="D91" t="s">
+        <v>85</v>
+      </c>
+      <c r="E91" t="s">
+        <v>86</v>
+      </c>
+      <c r="F91" t="s">
+        <v>29</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H91" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8">
+      <c r="A92" t="s">
+        <v>340</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>341</v>
+      </c>
+      <c r="D92" t="s">
+        <v>85</v>
+      </c>
+      <c r="E92" t="s">
+        <v>86</v>
+      </c>
+      <c r="F92" t="s">
+        <v>25</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H92" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8">
+      <c r="A93" t="s">
+        <v>343</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>344</v>
+      </c>
+      <c r="D93" t="s">
+        <v>85</v>
+      </c>
+      <c r="E93" t="s">
+        <v>86</v>
+      </c>
+      <c r="F93" t="s">
+        <v>94</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H93" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8">
+      <c r="A94" t="s">
+        <v>346</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>347</v>
+      </c>
+      <c r="D94" t="s">
+        <v>85</v>
+      </c>
+      <c r="E94" t="s">
+        <v>86</v>
+      </c>
+      <c r="F94" t="s">
+        <v>94</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H94" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8">
+      <c r="A95" t="s">
+        <v>349</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>350</v>
+      </c>
+      <c r="D95" t="s">
+        <v>85</v>
+      </c>
+      <c r="E95" t="s">
+        <v>86</v>
+      </c>
+      <c r="F95" t="s">
+        <v>53</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H95" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8">
+      <c r="A96" t="s">
+        <v>352</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>353</v>
+      </c>
+      <c r="D96" t="s">
+        <v>85</v>
+      </c>
+      <c r="E96" t="s">
+        <v>86</v>
+      </c>
+      <c r="F96" t="s">
+        <v>53</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H96" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8">
+      <c r="A97" t="s">
+        <v>355</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
+        <v>356</v>
+      </c>
+      <c r="D97" t="s">
+        <v>85</v>
+      </c>
+      <c r="E97" t="s">
+        <v>86</v>
+      </c>
+      <c r="F97" t="s">
+        <v>53</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H97" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8">
+      <c r="A98" t="s">
+        <v>358</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>359</v>
+      </c>
+      <c r="D98" t="s">
+        <v>85</v>
+      </c>
+      <c r="E98" t="s">
+        <v>86</v>
+      </c>
+      <c r="F98" t="s">
+        <v>18</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H98" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8">
+      <c r="A99" t="s">
+        <v>361</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>362</v>
+      </c>
+      <c r="D99" t="s">
+        <v>85</v>
+      </c>
+      <c r="E99" t="s">
+        <v>86</v>
+      </c>
+      <c r="F99" t="s">
+        <v>18</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H99" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8">
+      <c r="A100" t="s">
+        <v>364</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>365</v>
+      </c>
+      <c r="D100" t="s">
+        <v>85</v>
+      </c>
+      <c r="E100" t="s">
+        <v>86</v>
+      </c>
+      <c r="F100" t="s">
+        <v>18</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H100" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8">
+      <c r="A101" t="s">
+        <v>367</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>368</v>
+      </c>
+      <c r="D101" t="s">
+        <v>85</v>
+      </c>
+      <c r="E101" t="s">
+        <v>86</v>
+      </c>
+      <c r="F101" t="s">
+        <v>18</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H101" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8">
+      <c r="A102" t="s">
+        <v>370</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
+        <v>371</v>
+      </c>
+      <c r="D102" t="s">
+        <v>85</v>
+      </c>
+      <c r="E102" t="s">
+        <v>86</v>
+      </c>
+      <c r="F102" t="s">
+        <v>18</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H102" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8">
+      <c r="A103" t="s">
+        <v>373</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>374</v>
+      </c>
+      <c r="D103" t="s">
+        <v>85</v>
+      </c>
+      <c r="E103" t="s">
+        <v>86</v>
+      </c>
+      <c r="F103" t="s">
+        <v>18</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H103" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8">
+      <c r="A104" t="s">
+        <v>376</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>377</v>
+      </c>
+      <c r="D104" t="s">
+        <v>85</v>
+      </c>
+      <c r="E104" t="s">
+        <v>86</v>
+      </c>
+      <c r="F104" t="s">
+        <v>198</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H104" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8">
+      <c r="A105" t="s">
+        <v>379</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>380</v>
+      </c>
+      <c r="D105" t="s">
+        <v>85</v>
+      </c>
+      <c r="E105" t="s">
+        <v>86</v>
+      </c>
+      <c r="F105" t="s">
+        <v>94</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H105" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8">
+      <c r="A106" t="s">
+        <v>382</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>383</v>
+      </c>
+      <c r="D106" t="s">
+        <v>85</v>
+      </c>
+      <c r="E106" t="s">
+        <v>86</v>
+      </c>
+      <c r="F106" t="s">
+        <v>94</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H106" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8">
+      <c r="A107" t="s">
+        <v>385</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>386</v>
+      </c>
+      <c r="D107" t="s">
+        <v>85</v>
+      </c>
+      <c r="E107" t="s">
+        <v>86</v>
+      </c>
+      <c r="F107" t="s">
+        <v>29</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H107" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8">
+      <c r="A108" t="s">
+        <v>388</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>389</v>
+      </c>
+      <c r="D108" t="s">
+        <v>85</v>
+      </c>
+      <c r="E108" t="s">
+        <v>86</v>
+      </c>
+      <c r="F108" t="s">
+        <v>29</v>
+      </c>
+      <c r="G108" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H108" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8">
+      <c r="A109" t="s">
+        <v>391</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>392</v>
+      </c>
+      <c r="D109" t="s">
+        <v>85</v>
+      </c>
+      <c r="E109" t="s">
+        <v>86</v>
+      </c>
+      <c r="F109" t="s">
+        <v>198</v>
+      </c>
+      <c r="G109" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H109" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8">
+      <c r="A110" t="s">
+        <v>394</v>
+      </c>
+      <c r="B110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C110" t="s">
+        <v>395</v>
+      </c>
+      <c r="D110" t="s">
+        <v>85</v>
+      </c>
+      <c r="E110" t="s">
+        <v>86</v>
+      </c>
+      <c r="F110" t="s">
+        <v>198</v>
+      </c>
+      <c r="G110" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H110" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8">
+      <c r="A111" t="s">
+        <v>397</v>
+      </c>
+      <c r="B111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C111" t="s">
+        <v>398</v>
+      </c>
+      <c r="D111" t="s">
+        <v>85</v>
+      </c>
+      <c r="E111" t="s">
+        <v>86</v>
+      </c>
+      <c r="F111" t="s">
+        <v>53</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H111" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8">
+      <c r="A112" t="s">
+        <v>400</v>
+      </c>
+      <c r="B112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" t="s">
+        <v>401</v>
+      </c>
+      <c r="D112" t="s">
+        <v>85</v>
+      </c>
+      <c r="E112" t="s">
+        <v>86</v>
+      </c>
+      <c r="F112" t="s">
+        <v>110</v>
+      </c>
+      <c r="G112" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H112" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8">
+      <c r="A113" t="s">
+        <v>403</v>
+      </c>
+      <c r="B113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" t="s">
+        <v>404</v>
+      </c>
+      <c r="D113" t="s">
+        <v>85</v>
+      </c>
+      <c r="E113" t="s">
+        <v>86</v>
+      </c>
+      <c r="F113" t="s">
+        <v>110</v>
+      </c>
+      <c r="G113" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H113" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8">
+      <c r="A114" t="s">
+        <v>406</v>
+      </c>
+      <c r="B114" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" t="s">
+        <v>407</v>
+      </c>
+      <c r="D114" t="s">
+        <v>85</v>
+      </c>
+      <c r="E114" t="s">
+        <v>86</v>
+      </c>
+      <c r="F114" t="s">
+        <v>29</v>
+      </c>
+      <c r="G114" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H114" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8">
+      <c r="A115" t="s">
+        <v>409</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" t="s">
+        <v>410</v>
+      </c>
+      <c r="D115" t="s">
+        <v>85</v>
+      </c>
+      <c r="E115" t="s">
+        <v>86</v>
+      </c>
+      <c r="F115" t="s">
+        <v>49</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H115" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8">
+      <c r="A116" t="s">
+        <v>412</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
+        <v>413</v>
+      </c>
+      <c r="D116" t="s">
+        <v>85</v>
+      </c>
+      <c r="E116" t="s">
+        <v>86</v>
+      </c>
+      <c r="F116" t="s">
+        <v>53</v>
+      </c>
+      <c r="G116" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H116" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8">
+      <c r="A117" t="s">
+        <v>415</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
+        <v>416</v>
+      </c>
+      <c r="D117" t="s">
+        <v>85</v>
+      </c>
+      <c r="E117" t="s">
+        <v>86</v>
+      </c>
+      <c r="F117" t="s">
+        <v>25</v>
+      </c>
+      <c r="G117" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H117" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8">
+      <c r="A118" t="s">
+        <v>418</v>
+      </c>
+      <c r="B118" t="s">
+        <v>9</v>
+      </c>
+      <c r="C118" t="s">
+        <v>419</v>
+      </c>
+      <c r="D118" t="s">
+        <v>85</v>
+      </c>
+      <c r="E118" t="s">
+        <v>86</v>
+      </c>
+      <c r="F118" t="s">
+        <v>25</v>
+      </c>
+      <c r="G118" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H118" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8">
+      <c r="A119" t="s">
+        <v>421</v>
+      </c>
+      <c r="B119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" t="s">
+        <v>422</v>
+      </c>
+      <c r="D119" t="s">
+        <v>85</v>
+      </c>
+      <c r="E119" t="s">
+        <v>86</v>
+      </c>
+      <c r="F119" t="s">
+        <v>25</v>
+      </c>
+      <c r="G119" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H119" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8">
+      <c r="A120" t="s">
+        <v>424</v>
+      </c>
+      <c r="B120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C120" t="s">
+        <v>425</v>
+      </c>
+      <c r="D120" t="s">
+        <v>85</v>
+      </c>
+      <c r="E120" t="s">
+        <v>86</v>
+      </c>
+      <c r="F120" t="s">
+        <v>53</v>
+      </c>
+      <c r="G120" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H120" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8">
+      <c r="A121" t="s">
+        <v>427</v>
+      </c>
+      <c r="B121" t="s">
+        <v>9</v>
+      </c>
+      <c r="C121" t="s">
+        <v>428</v>
+      </c>
+      <c r="D121" t="s">
+        <v>85</v>
+      </c>
+      <c r="E121" t="s">
+        <v>86</v>
+      </c>
+      <c r="F121" t="s">
+        <v>110</v>
+      </c>
+      <c r="G121" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H121" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8">
+      <c r="A122" t="s">
+        <v>430</v>
+      </c>
+      <c r="B122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" t="s">
+        <v>431</v>
+      </c>
+      <c r="D122" t="s">
+        <v>85</v>
+      </c>
+      <c r="E122" t="s">
+        <v>86</v>
+      </c>
+      <c r="F122" t="s">
+        <v>110</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H122" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8">
+      <c r="A123" t="s">
+        <v>433</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
+        <v>434</v>
+      </c>
+      <c r="D123" t="s">
+        <v>85</v>
+      </c>
+      <c r="E123" t="s">
+        <v>86</v>
+      </c>
+      <c r="F123" t="s">
+        <v>151</v>
+      </c>
+      <c r="G123" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H123" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8">
+      <c r="A124" t="s">
+        <v>436</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
+        <v>437</v>
+      </c>
+      <c r="D124" t="s">
+        <v>85</v>
+      </c>
+      <c r="E124" t="s">
+        <v>86</v>
+      </c>
+      <c r="F124" t="s">
+        <v>130</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H124" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8">
+      <c r="A125" t="s">
+        <v>439</v>
+      </c>
+      <c r="B125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C125" t="s">
+        <v>10</v>
+      </c>
+      <c r="D125" t="s">
+        <v>440</v>
+      </c>
+      <c r="E125" t="s">
+        <v>441</v>
+      </c>
+      <c r="F125" t="s">
+        <v>53</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="H125" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8">
+      <c r="A126" t="s">
+        <v>444</v>
+      </c>
+      <c r="B126" t="s">
+        <v>9</v>
+      </c>
+      <c r="C126" t="s">
+        <v>17</v>
+      </c>
+      <c r="D126" t="s">
+        <v>440</v>
+      </c>
+      <c r="E126" t="s">
+        <v>441</v>
+      </c>
+      <c r="F126" t="s">
+        <v>18</v>
+      </c>
+      <c r="G126" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="H126" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8">
+      <c r="A127" t="s">
+        <v>447</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
+        <v>21</v>
+      </c>
+      <c r="D127" t="s">
+        <v>440</v>
+      </c>
+      <c r="E127" t="s">
+        <v>441</v>
+      </c>
+      <c r="F127" t="s">
+        <v>49</v>
+      </c>
+      <c r="G127" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="H127" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8">
+      <c r="A128" t="s">
+        <v>450</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
+        <v>24</v>
+      </c>
+      <c r="D128" t="s">
+        <v>440</v>
+      </c>
+      <c r="E128" t="s">
+        <v>441</v>
+      </c>
+      <c r="F128" t="s">
+        <v>25</v>
+      </c>
+      <c r="G128" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="H128" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8">
+      <c r="A129" t="s">
+        <v>453</v>
+      </c>
+      <c r="B129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" t="s">
+        <v>28</v>
+      </c>
+      <c r="D129" t="s">
+        <v>440</v>
+      </c>
+      <c r="E129" t="s">
+        <v>441</v>
+      </c>
+      <c r="F129" t="s">
+        <v>110</v>
+      </c>
+      <c r="G129" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="H129" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8">
+      <c r="A130" t="s">
+        <v>456</v>
+      </c>
+      <c r="B130" t="s">
+        <v>9</v>
+      </c>
+      <c r="C130" t="s">
+        <v>32</v>
+      </c>
+      <c r="D130" t="s">
+        <v>440</v>
+      </c>
+      <c r="E130" t="s">
+        <v>441</v>
+      </c>
+      <c r="F130" t="s">
+        <v>13</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="H130" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8">
+      <c r="A131" t="s">
+        <v>459</v>
+      </c>
+      <c r="B131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" t="s">
+        <v>35</v>
+      </c>
+      <c r="D131" t="s">
+        <v>440</v>
+      </c>
+      <c r="E131" t="s">
+        <v>441</v>
+      </c>
+      <c r="F131" t="s">
+        <v>198</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="H131" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8">
+      <c r="A132" t="s">
+        <v>462</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
+        <v>38</v>
+      </c>
+      <c r="D132" t="s">
+        <v>440</v>
+      </c>
+      <c r="E132" t="s">
+        <v>441</v>
+      </c>
+      <c r="F132" t="s">
+        <v>29</v>
+      </c>
+      <c r="G132" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="H132" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8">
+      <c r="A133" t="s">
+        <v>465</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
+        <v>42</v>
+      </c>
+      <c r="D133" t="s">
+        <v>440</v>
+      </c>
+      <c r="E133" t="s">
+        <v>441</v>
+      </c>
+      <c r="F133" t="s">
+        <v>151</v>
+      </c>
+      <c r="G133" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="H133" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8">
+      <c r="A134" t="s">
+        <v>468</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>45</v>
+      </c>
+      <c r="D134" t="s">
+        <v>440</v>
+      </c>
+      <c r="E134" t="s">
+        <v>441</v>
+      </c>
+      <c r="F134" t="s">
+        <v>94</v>
+      </c>
+      <c r="G134" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="H134" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8">
+      <c r="A135" t="s">
+        <v>471</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>48</v>
+      </c>
+      <c r="D135" t="s">
+        <v>440</v>
+      </c>
+      <c r="E135" t="s">
+        <v>441</v>
+      </c>
+      <c r="F135" t="s">
+        <v>130</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="H135" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8">
+      <c r="A136" t="s">
+        <v>474</v>
+      </c>
+      <c r="B136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" t="s">
+        <v>52</v>
+      </c>
+      <c r="D136" t="s">
+        <v>440</v>
+      </c>
+      <c r="E136" t="s">
+        <v>441</v>
+      </c>
+      <c r="F136" t="s">
+        <v>87</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="H136" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8">
+      <c r="A137" t="s">
+        <v>477</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
+        <v>57</v>
+      </c>
+      <c r="D137" t="s">
+        <v>440</v>
+      </c>
+      <c r="E137" t="s">
+        <v>441</v>
+      </c>
+      <c r="F137" t="s">
+        <v>164</v>
+      </c>
+      <c r="G137" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="H137" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8">
+      <c r="A138" t="s">
+        <v>480</v>
+      </c>
+      <c r="B138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" t="s">
+        <v>299</v>
+      </c>
+      <c r="D138" t="s">
+        <v>440</v>
+      </c>
+      <c r="E138" t="s">
+        <v>441</v>
+      </c>
+      <c r="F138" t="s">
+        <v>151</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="H138" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8">
+      <c r="A139" t="s">
+        <v>483</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
+        <v>10</v>
+      </c>
+      <c r="D139" t="s">
+        <v>484</v>
+      </c>
+      <c r="E139" t="s">
+        <v>485</v>
+      </c>
+      <c r="F139" t="s">
+        <v>486</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H139" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8">
+      <c r="A140" t="s">
+        <v>488</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
+        <v>17</v>
+      </c>
+      <c r="D140" t="s">
+        <v>484</v>
+      </c>
+      <c r="E140" t="s">
+        <v>485</v>
+      </c>
+      <c r="F140" t="s">
+        <v>94</v>
+      </c>
+      <c r="G140" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H140" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8">
+      <c r="A141" t="s">
+        <v>490</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
+        <v>21</v>
+      </c>
+      <c r="D141" t="s">
+        <v>484</v>
+      </c>
+      <c r="E141" t="s">
+        <v>485</v>
+      </c>
+      <c r="F141" t="s">
+        <v>18</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H141" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8">
+      <c r="A142" t="s">
+        <v>492</v>
+      </c>
+      <c r="B142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C142" t="s">
+        <v>24</v>
+      </c>
+      <c r="D142" t="s">
+        <v>484</v>
+      </c>
+      <c r="E142" t="s">
+        <v>485</v>
+      </c>
+      <c r="F142" t="s">
+        <v>25</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="H142" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8">
+      <c r="A143" t="s">
+        <v>495</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
+        <v>28</v>
+      </c>
+      <c r="D143" t="s">
+        <v>484</v>
+      </c>
+      <c r="E143" t="s">
+        <v>485</v>
+      </c>
+      <c r="F143" t="s">
+        <v>198</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H143" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8">
+      <c r="A144" t="s">
+        <v>497</v>
+      </c>
+      <c r="B144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" t="s">
+        <v>32</v>
+      </c>
+      <c r="D144" t="s">
+        <v>484</v>
+      </c>
+      <c r="E144" t="s">
+        <v>485</v>
+      </c>
+      <c r="F144" t="s">
+        <v>151</v>
+      </c>
+      <c r="G144" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H144" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="145" spans="1:8">
+      <c r="A145" t="s">
+        <v>499</v>
+      </c>
+      <c r="B145" t="s">
+        <v>9</v>
+      </c>
+      <c r="C145" t="s">
+        <v>35</v>
+      </c>
+      <c r="D145" t="s">
+        <v>484</v>
+      </c>
+      <c r="E145" t="s">
+        <v>485</v>
+      </c>
+      <c r="F145" t="s">
+        <v>94</v>
+      </c>
+      <c r="G145" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H145" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="146" spans="1:8">
+      <c r="A146" t="s">
+        <v>501</v>
+      </c>
+      <c r="B146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C146" t="s">
+        <v>38</v>
+      </c>
+      <c r="D146" t="s">
+        <v>484</v>
+      </c>
+      <c r="E146" t="s">
+        <v>485</v>
+      </c>
+      <c r="F146" t="s">
+        <v>29</v>
+      </c>
+      <c r="G146" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H146" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8">
+      <c r="A147" t="s">
+        <v>503</v>
+      </c>
+      <c r="B147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" t="s">
+        <v>250</v>
+      </c>
+      <c r="D147" t="s">
+        <v>484</v>
+      </c>
+      <c r="E147" t="s">
+        <v>485</v>
+      </c>
+      <c r="F147" t="s">
+        <v>25</v>
+      </c>
+      <c r="G147" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H147" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="148" spans="1:8">
+      <c r="A148" t="s">
+        <v>505</v>
+      </c>
+      <c r="B148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C148" t="s">
+        <v>254</v>
+      </c>
+      <c r="D148" t="s">
+        <v>484</v>
+      </c>
+      <c r="E148" t="s">
+        <v>485</v>
+      </c>
+      <c r="F148" t="s">
+        <v>25</v>
+      </c>
+      <c r="G148" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H148" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="149" spans="1:8">
+      <c r="A149" t="s">
+        <v>507</v>
+      </c>
+      <c r="B149" t="s">
+        <v>9</v>
+      </c>
+      <c r="C149" t="s">
+        <v>258</v>
+      </c>
+      <c r="D149" t="s">
+        <v>484</v>
+      </c>
+      <c r="E149" t="s">
+        <v>485</v>
+      </c>
+      <c r="F149" t="s">
+        <v>130</v>
+      </c>
+      <c r="G149" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H149" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="150" spans="1:8">
+      <c r="A150" t="s">
+        <v>509</v>
+      </c>
+      <c r="B150" t="s">
+        <v>9</v>
+      </c>
+      <c r="C150" t="s">
+        <v>262</v>
+      </c>
+      <c r="D150" t="s">
+        <v>484</v>
+      </c>
+      <c r="E150" t="s">
+        <v>485</v>
+      </c>
+      <c r="F150" t="s">
+        <v>18</v>
+      </c>
+      <c r="G150" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H150" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8">
+      <c r="A151" t="s">
+        <v>511</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
+        <v>266</v>
+      </c>
+      <c r="D151" t="s">
+        <v>484</v>
+      </c>
+      <c r="E151" t="s">
+        <v>485</v>
+      </c>
+      <c r="F151" t="s">
+        <v>486</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H151" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8">
+      <c r="A152" t="s">
+        <v>513</v>
+      </c>
+      <c r="B152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" t="s">
+        <v>270</v>
+      </c>
+      <c r="D152" t="s">
+        <v>484</v>
+      </c>
+      <c r="E152" t="s">
+        <v>485</v>
+      </c>
+      <c r="F152" t="s">
+        <v>94</v>
+      </c>
+      <c r="G152" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H152" t="s">
+        <v>514</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
+    <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
+    <hyperlink ref="G40" r:id="rId39"/>
+    <hyperlink ref="G41" r:id="rId40"/>
+    <hyperlink ref="G42" r:id="rId41"/>
+    <hyperlink ref="G43" r:id="rId42"/>
+    <hyperlink ref="G44" r:id="rId43"/>
+    <hyperlink ref="G45" r:id="rId44"/>
+    <hyperlink ref="G46" r:id="rId45"/>
+    <hyperlink ref="G47" r:id="rId46"/>
+    <hyperlink ref="G48" r:id="rId47"/>
+    <hyperlink ref="G49" r:id="rId48"/>
+    <hyperlink ref="G50" r:id="rId49"/>
+    <hyperlink ref="G51" r:id="rId50"/>
+    <hyperlink ref="G52" r:id="rId51"/>
+    <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
+    <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
+    <hyperlink ref="G65" r:id="rId64"/>
+    <hyperlink ref="G66" r:id="rId65"/>
+    <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
+    <hyperlink ref="G69" r:id="rId68"/>
+    <hyperlink ref="G70" r:id="rId69"/>
+    <hyperlink ref="G71" r:id="rId70"/>
+    <hyperlink ref="G72" r:id="rId71"/>
+    <hyperlink ref="G73" r:id="rId72"/>
+    <hyperlink ref="G74" r:id="rId73"/>
+    <hyperlink ref="G75" r:id="rId74"/>
+    <hyperlink ref="G76" r:id="rId75"/>
+    <hyperlink ref="G77" r:id="rId76"/>
+    <hyperlink ref="G78" r:id="rId77"/>
+    <hyperlink ref="G79" r:id="rId78"/>
+    <hyperlink ref="G80" r:id="rId79"/>
+    <hyperlink ref="G81" r:id="rId80"/>
+    <hyperlink ref="G82" r:id="rId81"/>
+    <hyperlink ref="G83" r:id="rId82"/>
+    <hyperlink ref="G84" r:id="rId83"/>
+    <hyperlink ref="G85" r:id="rId84"/>
+    <hyperlink ref="G86" r:id="rId85"/>
+    <hyperlink ref="G87" r:id="rId86"/>
+    <hyperlink ref="G88" r:id="rId87"/>
+    <hyperlink ref="G89" r:id="rId88"/>
+    <hyperlink ref="G90" r:id="rId89"/>
+    <hyperlink ref="G91" r:id="rId90"/>
+    <hyperlink ref="G92" r:id="rId91"/>
+    <hyperlink ref="G93" r:id="rId92"/>
+    <hyperlink ref="G94" r:id="rId93"/>
+    <hyperlink ref="G95" r:id="rId94"/>
+    <hyperlink ref="G96" r:id="rId95"/>
+    <hyperlink ref="G97" r:id="rId96"/>
+    <hyperlink ref="G98" r:id="rId97"/>
+    <hyperlink ref="G99" r:id="rId98"/>
+    <hyperlink ref="G100" r:id="rId99"/>
+    <hyperlink ref="G101" r:id="rId100"/>
+    <hyperlink ref="G102" r:id="rId101"/>
+    <hyperlink ref="G103" r:id="rId102"/>
+    <hyperlink ref="G104" r:id="rId103"/>
+    <hyperlink ref="G105" r:id="rId104"/>
+    <hyperlink ref="G106" r:id="rId105"/>
+    <hyperlink ref="G107" r:id="rId106"/>
+    <hyperlink ref="G108" r:id="rId107"/>
+    <hyperlink ref="G109" r:id="rId108"/>
+    <hyperlink ref="G110" r:id="rId109"/>
+    <hyperlink ref="G111" r:id="rId110"/>
+    <hyperlink ref="G112" r:id="rId111"/>
+    <hyperlink ref="G113" r:id="rId112"/>
+    <hyperlink ref="G114" r:id="rId113"/>
+    <hyperlink ref="G115" r:id="rId114"/>
+    <hyperlink ref="G116" r:id="rId115"/>
+    <hyperlink ref="G117" r:id="rId116"/>
+    <hyperlink ref="G118" r:id="rId117"/>
+    <hyperlink ref="G119" r:id="rId118"/>
+    <hyperlink ref="G120" r:id="rId119"/>
+    <hyperlink ref="G121" r:id="rId120"/>
+    <hyperlink ref="G122" r:id="rId121"/>
+    <hyperlink ref="G123" r:id="rId122"/>
+    <hyperlink ref="G124" r:id="rId123"/>
+    <hyperlink ref="G125" r:id="rId124"/>
+    <hyperlink ref="G126" r:id="rId125"/>
+    <hyperlink ref="G127" r:id="rId126"/>
+    <hyperlink ref="G128" r:id="rId127"/>
+    <hyperlink ref="G129" r:id="rId128"/>
+    <hyperlink ref="G130" r:id="rId129"/>
+    <hyperlink ref="G131" r:id="rId130"/>
+    <hyperlink ref="G132" r:id="rId131"/>
+    <hyperlink ref="G133" r:id="rId132"/>
+    <hyperlink ref="G134" r:id="rId133"/>
+    <hyperlink ref="G135" r:id="rId134"/>
+    <hyperlink ref="G136" r:id="rId135"/>
+    <hyperlink ref="G137" r:id="rId136"/>
+    <hyperlink ref="G138" r:id="rId137"/>
+    <hyperlink ref="G139" r:id="rId138"/>
+    <hyperlink ref="G140" r:id="rId139"/>
+    <hyperlink ref="G141" r:id="rId140"/>
+    <hyperlink ref="G142" r:id="rId141"/>
+    <hyperlink ref="G143" r:id="rId142"/>
+    <hyperlink ref="G144" r:id="rId143"/>
+    <hyperlink ref="G145" r:id="rId144"/>
+    <hyperlink ref="G146" r:id="rId145"/>
+    <hyperlink ref="G147" r:id="rId146"/>
+    <hyperlink ref="G148" r:id="rId147"/>
+    <hyperlink ref="G149" r:id="rId148"/>
+    <hyperlink ref="G150" r:id="rId149"/>
+    <hyperlink ref="G151" r:id="rId150"/>
+    <hyperlink ref="G152" r:id="rId151"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>