--- v1 (2026-03-26)
+++ v2 (2026-03-26)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1216" uniqueCount="515">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1360" uniqueCount="601">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -266,50 +266,80 @@
   </si>
   <si>
     <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2487/requerimento_no_01.2026.pdf</t>
   </si>
   <si>
     <t>Valmir Bernardino de Oliveira Júnior, REQUER, de acordo com o Regimento Interno, ouvido o Plenário desta Casa, que seja encaminhada à Mesa Diretora solicitação para a realização de Sessão Solene, no mês de março de 2026, pela Câmara Municipal de Nova Cruz/RN, em comemoração ao Dia Internacional da Mulher.</t>
   </si>
   <si>
     <t>2571</t>
   </si>
   <si>
     <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2571/requerimento_02-2026_giliard.pdf</t>
   </si>
   <si>
     <t>O Vereador Giliard Faustino da Silva REQUER, de acordo com o Regimento Interno, ouvido o Plenário desta Casa, que seja encaminhada à Mesa Diretora a sugestão para que seja disponibilizado um relatório atualizado contendo a relação dos Projetos de Lei em tramitação nesta Casa Legislativa, com a devida identificação de autoria e da fase de tramitação.</t>
   </si>
   <si>
     <t>2631</t>
   </si>
   <si>
     <t>Ver. Valmir Bernardino de Oliveria Júnior, REQUER, a Vossa Excelência, nos termos regimentais, que a Mesa Diretora proceda à Promulgação e Publicação dos Projetos de Lei abaixo listados, cujos autógrafos foram encaminhados ao Poder Executivo e não receberam sanção ou veto dentro do prazo legal de 15 (quinze) dias úteis:_x000D_
 •	Projeto de Lei Nº 26/2025_x000D_
 •	Projeto de Lei Nº 27/2025</t>
   </si>
   <si>
+    <t>2658</t>
+  </si>
+  <si>
+    <t>O Vereador Giliard Faustino da Silva, de acordo com o Regimento Interno, ouvido o Plenário desta Casa, REQUER, ao Poder Executivo Municipal que encaminhe a esta Casa Legislativa os critérios atualmente utilizados para a concessão de licença-prêmio aos servidores públicos municipais.</t>
+  </si>
+  <si>
+    <t>2659</t>
+  </si>
+  <si>
+    <t>O Vereador Giliard Faustino da Silva, de acordo com o Regimento Interno, ouvido o Plenário desta Casa, REQUER, à Secretaria de Estado do Meio Ambiente e dos Recursos Hídricos que realize a perfuração e instalação de poços tubulares nas seguintes comunidades do município de Nova Cruz:</t>
+  </si>
+  <si>
+    <t>2660</t>
+  </si>
+  <si>
+    <t>O Vereador Valmir Bernardino de Oliveira Júnior, de acordo com o Regimento Interno, ouvido o Plenário desta Casa, REQUER, envio de oficio de expediente à Secretaria Municipal de Agricultura, solicitando relação dos locais onde se encontram os poços artesianos perfurados e ainda não instalados, na zona rural do nosso município.</t>
+  </si>
+  <si>
+    <t>2661</t>
+  </si>
+  <si>
+    <t>O Vereador Valmir Bernardino de Oliveira Júnior, de acordo com o Regimento Interno, ouvido o Plenário desta Casa, REQUER, que seja oficializado o PROCON Estadual, solicitando a realização de fiscalização e averiguação dos preços praticados pelos os postos de combustíveis no âmbito deste município.</t>
+  </si>
+  <si>
+    <t>2662</t>
+  </si>
+  <si>
+    <t>O Vereador Valmir Bernardino de Oliveira Júnior, de acordo com o Regimento Interno, ouvido o Plenário desta Casa, REQUER, que seja encaminhada à Mesa Diretora a realização uma AUDIÊNCIA PÚBLICA acerca da temática “FUNDO MUNICIPAL PARA A INFÂNCIA E ADOLESCÊNCIA (FIA) E FUNDO MUNICIPAL DO IDOSO”, que se realizará em data a ser oficializada com a aprovação desta matéria.</t>
+  </si>
+  <si>
     <t>2490</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Carlos César F. de Melo (César de Augustinho)</t>
   </si>
   <si>
     <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2490/indicacao_01-2026.pdf</t>
   </si>
   <si>
     <t>Sugerindo de que seja instalado um contêiner de lixo ou uma Lixeira específica no cruzamento da Rua Djalma Dutra com a Rua Misael Sáles.</t>
   </si>
   <si>
     <t>2491</t>
   </si>
   <si>
     <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2491/indicacao_02-2026.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a aquisição de Carros-Pipa para solucionar o problema de abastecimento de água na Zona Rural do nosso município.</t>
@@ -878,401 +908,515 @@
   <si>
     <t>Sugerindo que seja implantado luminárias de LED na comunidade rural do Assentamento José Rodrigues Sobrinho.</t>
   </si>
   <si>
     <t>2574</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>Valmir Bernardino de Oliveira Júnior (Juninho), Thiago de Araújo Silva (Thiago Cassimiro)</t>
   </si>
   <si>
     <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2574/indicacao_51-2026_valmir_bernardino.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizado um estudo para elaboração do Plano de Cargos e Carreira dos Agentes Fiscais de Tributação do município de Nova Cruz - RN.</t>
   </si>
   <si>
     <t>2578</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2578/indicacao_52-2026.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja construída uma praça com academia pública na comunidade do Jatobá, neste município.</t>
   </si>
   <si>
     <t>2579</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2579/indicacao_53-2026.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja instaladas iluminações de LED na comunidade de Lajedo da Onça, neste município.</t>
   </si>
   <si>
     <t>2580</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2580/indicacao_54-2026.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja instaladas iluminações de LED na comunidade de Lagoa da Mata, neste município.</t>
   </si>
   <si>
     <t>2581</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2581/indicacao_55-2026.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja realizado serviços de recuperação e reparo em alguns trechos do calçamento da Comunidade do Serrote dos Bezerras.</t>
   </si>
   <si>
     <t>2607</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2607/indicacao_56-2026.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja visto a viabilidade da continuação do calçamento na rua da quadra da Comunidade do Serrote dos Bezerras</t>
   </si>
   <si>
     <t>2583</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2583/indicacao_57-2026.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo a instalação de academias ao ar livre nas praças públicas das Comunidades rurais do Juriti e Primeira Lagoa.</t>
   </si>
   <si>
     <t>2584</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2584/indicacao_58-2026.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo de que sejam feitas melhorias na estrada da comunidade de Lagoa dos Currais, precisamente no trecho que liga a porteira de Milton Moura, à residência de galega de Zé de Rosa.</t>
   </si>
   <si>
     <t>2585</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2585/indicacao_59-2026.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo de que seja feita melhorias na rede de drenagem nas ruas próximas ao Posto de Saúde da comunidade do Catolé.</t>
   </si>
   <si>
     <t>2586</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2586/indicacao_60-2026.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja feito o recapeamento do asfalto da rua Doutor Galdino de Lima.</t>
   </si>
   <si>
     <t>2587</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2587/indicacao_61-2026.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja feito do serviço de pavimentação a paralelepípedo na Rua Cônego Severino Ramalho, mais precisamente no trecho lateral da Creche Maria Tavares até a Rua Urtigal.</t>
   </si>
   <si>
     <t>2588</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2588/indicacao_62-2026.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo de que seja feita a pavimentação da Rua Alcides de Rocha, localizada o Bairro do Planalto.</t>
   </si>
   <si>
     <t>2589</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2589/indicacao_63-2026.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo de que seja desenvolvido e implementado um programa de alimentação especial destinado a alunos que apresentem seletividade alimentar.</t>
   </si>
   <si>
     <t>2590</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2590/indicacao_64-2026.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo de que seja realizado manutenções no calçamento da Avenida Maria Iracema da Cruz no bairro Frei Damião, neste município.</t>
   </si>
   <si>
     <t>2591</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2591/indicacao_65-2026.pdf</t>
+  </si>
+  <si>
     <t>sugerindo que seja realizado um ponto de água na arena Fabio serafim.</t>
   </si>
   <si>
     <t>2592</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2592/indicacao_66-2026.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja cedido o prédio da antiga TELERN, localizado na comunidade de Lagoa Limpa, para ser utilizado como refeitório da Escola Municipal José Tavares</t>
   </si>
   <si>
     <t>2593</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2593/indicacao_67-2026.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja feito a abertura do canteiro central para retorno nas ruas Iracema da Cruz e Carlos Pereira Matos, localizadas no perímetro urbano do município.</t>
   </si>
   <si>
     <t>2594</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2594/indicacao_68-2026.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja realizado do 1° Fórum de Empregabilidade do município de Nova Cruz - RN.</t>
   </si>
   <si>
     <t>2595</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2595/indicacao_69-2026.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja implantada uma Farmácia de Manipulação Municipal no município de Nova Cruz/RN.</t>
   </si>
   <si>
     <t>2596</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>Sugerindo de que verifique a situação da RN-269, em frente à pousada de Maurício, onde a via está cedendo.</t>
   </si>
   <si>
     <t>2597</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2597/indicacao_71-2026.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que proceda com o reparo na via conhecida como costeira, tendo em vista que uma cratera está aumentando no local.</t>
   </si>
   <si>
     <t>2598</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2598/indicacao_72-2026.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo de que seja analisada a situação das árvores derrubadas ao lado da praça do Colégio Nossa Senhora do Carmo, e o replantio. Que seja analisada a possibilidade de organizar um espaço de estacionamento na área, mantendo as árvores.</t>
   </si>
   <si>
     <t>2599</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2599/indicacao_73-2026.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja feito uma Audiência Pública sobre a Campanha da Fraternidade e Moradia, com a participação do Padre Gilmar Pereira e da Secretaria de Assistência Social, Ângela Paulino Barbosa Nogueira, no município.</t>
   </si>
   <si>
     <t>2601</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2601/indicacao_74-2026.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja feito a completação asfáltica na Rua Maria Lêda Moussinho.</t>
   </si>
   <si>
     <t>2602</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2602/indicacao_75-2026.pdf</t>
+  </si>
+  <si>
     <t>Sugerindp de que seja realizado a recuperação do calçamento da Rua Alberto Maranhão.</t>
   </si>
   <si>
     <t>2608</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2608/indicacao_76-2026.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja concluída a pavimentação da Rua Francisco de Assis Soares, localizada no bairro Nova Esperança, neste município.</t>
   </si>
   <si>
     <t>2609</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2609/indicacao_77-2026.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo de que seja construído um bueiro em trecho localizado nas proximidades de estabelecimento comercial conhecido na comunidade como Mercadinho de Naldo, na localidade de Primeira Lagoa, zona rural de Nova Cruz.</t>
   </si>
   <si>
     <t>2610</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2610/indicacao_78-2026.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo de que seja construída duas passagens molhadas sobre o Rio Calabouço, na região da comunidade Serrote dos Bezerras, sendo uma no acesso utilizado para deslocamento em direção à comunidade Capoeiras e outra no acesso utilizado em direção à comunidade Serrote da Paraíba.</t>
   </si>
   <si>
     <t>2611</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2611/indicacao_79-2026.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja criado um Centro Municipal de Inovação e Empreendedorismo de Nova Cruz.</t>
   </si>
   <si>
     <t>2612</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2612/indicacao_80-2026.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja realizado a pavimentação da via que se inicia nas proximidades da RN-269 e segue no interior da comunidade de Primeira Lagoa, até trecho localizado nas proximidades da residência do senhor Manoel Laurentino, na zona rural de Nova Cruz</t>
   </si>
   <si>
     <t>2613</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2613/indicacao_81-2026.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja realizado um concurso público para provimento de cargos efetivos na administração pública municipal, inclusive com a possibilidade de criação e estruturação da Guarda Municipal de Nova Cruz.</t>
   </si>
   <si>
     <t>2614</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2614/indicacao_82-2026.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja construído um balneário público no município.</t>
   </si>
   <si>
     <t>2616</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>Sugerindo a criação de um programa de incentivo ao registro de crianças com o nome dos pais, como forma de reduzir o índice de pais ausentes.</t>
   </si>
   <si>
     <t>2617</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2617/indicacao_84-2026.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo de que seja realizada a reparação das ruas danificadas após serviços da CAERN, como no encontro das ruas conhecida como “cinco bocas”, no bairro São Sebastião, onde há uma diferença no nível da via.</t>
   </si>
   <si>
     <t>2618</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2618/indicacao_85-2026.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja realizado a implantação de poste e luminárias entre a RN 269 até a comunidade Assentamento José Rodrigues Sobrinho, neste município.</t>
   </si>
   <si>
     <t>2619</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2619/indicacao_86-2026.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja realizado o recapeamento asfáltico da Av. José Peixoto Mariano, no Bairro Santa Luzia, neste município.</t>
   </si>
   <si>
     <t>2620</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2620/indicacao_87-2026.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja elaborado um projeto de drenagem no município, especialmente nas ruas localizadas em áreas mais baixas, que sofrem com alagamentos no período chuvoso.</t>
   </si>
   <si>
     <t>2621</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2621/indicacao_88-2026.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja adotadas medidas em relação ao excesso de barulho nas ruas do município, causado por veículos com som em volume elevado e por motocicletas que produzem ruídos intensos.</t>
   </si>
   <si>
     <t>2622</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2622/indicacao_89-2026.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja feito a complementação do calçamento e saneamento básico da Rua José Renato de Melo, no bairro do Planalto, neste município.</t>
   </si>
   <si>
     <t>2623</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2623/indicacao_90-2026.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo de que seja feita a reforma da Praça e do Centro Social da Comunidade do Juriti, neste município.</t>
   </si>
   <si>
     <t>2624</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2624/indicacao_91-2026.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo a realização da reforma da Escola Municipal da comunidade de Lagoa da Mata, visando à implantação de um anexo do Posto de Saúde no local.</t>
   </si>
   <si>
     <t>2625</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>Sugerindo que determine ao setor competente que tome providências quanto à elaboração de Projeto de Lei dispondo sobre a criação e a instalação da Coordenação Municipal de Proteção e Defesa do Consumidor – PROCON municipal.</t>
   </si>
   <si>
     <t>2632</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>Sugerindo que seja realizado o calçamento e implantação de lâmpadas de LED na comunidade de Lagoa da Mata, mas precisamente em frente a Igreja.</t>
   </si>
   <si>
     <t>2633</t>
   </si>
   <si>
     <t>94</t>
@@ -1331,50 +1475,158 @@
   <si>
     <t>100</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o complemento do asfalto das ruas Luís Pedro Costa, rua Vereador João Balbino é rua Cícero Patricio de Medeiros.</t>
   </si>
   <si>
     <t>2640</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o complemento do asfalto das ruas Luís Pedro Costa, rua Vereador João Balbino e a rua Cícero Patricio de Medeiros, neste município.</t>
   </si>
   <si>
     <t>2641</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>Sugerindo que seja feita a realização de manutenção do calçamento na rua Severino Márquez Moreira, localizada no bairro São Judas Tadeu, neste município.</t>
   </si>
   <si>
+    <t>2642</t>
+  </si>
+  <si>
+    <t>103</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja feita a realização de manutenção do calçamento na rua pastor José Menezes, bairro Frei Damião.</t>
+  </si>
+  <si>
+    <t>2643</t>
+  </si>
+  <si>
+    <t>104</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja realizado o calçamento da rua Claudionor Antônio da Silva, bairro Bela Vista.</t>
+  </si>
+  <si>
+    <t>2644</t>
+  </si>
+  <si>
+    <t>105</t>
+  </si>
+  <si>
+    <t>Sugerindo de que seja feito o serviço de manutenção e desobstrução do Bueiro localizado nas proximidades do cruzamento da Rua João Menezes com a Rua Frei Serafim de Catânea.</t>
+  </si>
+  <si>
+    <t>2649</t>
+  </si>
+  <si>
+    <t>106</t>
+  </si>
+  <si>
+    <t>sugestão de que seja construído uma Praça com área de lazer infantil (playground) e academia popular na Rua João Menezes, mais precisamente no terreno em frente a Bodega do Airton.</t>
+  </si>
+  <si>
+    <t>2650</t>
+  </si>
+  <si>
+    <t>107</t>
+  </si>
+  <si>
+    <t>Sugerindo de que seja feito o serviço de limpeza e revitalização dos tanques (Reservatório de água) localizados na comunidade de Lagoa de Serra, neste município.</t>
+  </si>
+  <si>
+    <t>2651</t>
+  </si>
+  <si>
+    <t>108</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja feita a restauração do trecho das Avenidas Assis Chateaubriand e a Georgino Avelino que se inicia na mesma até a divisa entre os Municípios Nova Cruz/RN e Logradouro/PB.</t>
+  </si>
+  <si>
+    <t>2652</t>
+  </si>
+  <si>
+    <t>109</t>
+  </si>
+  <si>
+    <t>Sugerindo de que sejam adotadas medidas em relação ao descarte irregular de lixo nas Avenidas Assis Chateaubriand e Primeiro de Maio, principalmente aos finais de semana</t>
+  </si>
+  <si>
+    <t>2653</t>
+  </si>
+  <si>
+    <t>110</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja feito a restauração do canteiro em frente a Igreja Batista Betel, nas junções da Primeiro de Maio com a Rua Mário Pinotti.</t>
+  </si>
+  <si>
+    <t>2654</t>
+  </si>
+  <si>
+    <t>111</t>
+  </si>
+  <si>
+    <t>Sugerindo que proceda à imediata adequação da legislação local às disposições da Lei Federal nº 15.326/2026, no que diz respeito aos profissionais da Educação Infantil.</t>
+  </si>
+  <si>
+    <t>2655</t>
+  </si>
+  <si>
+    <t>112</t>
+  </si>
+  <si>
+    <t>Sugerindo de que sejam realizados cursos preparatórios para o IFRN e o ENEM destinados aos alunos da rede municipal de ensino.</t>
+  </si>
+  <si>
+    <t>2656</t>
+  </si>
+  <si>
+    <t>113</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja realizado na casa um evento no mês de abril para a conscientização do autismo. Com palestra e acolhimento para todas as mães e filhos.</t>
+  </si>
+  <si>
+    <t>2657</t>
+  </si>
+  <si>
+    <t>114</t>
+  </si>
+  <si>
+    <t>Sugerindo que seja feita a manutenção da estrada com a passagem da máquina motoniveladora e colocação de piçarro na comunidade Fortaleza, neste município.</t>
+  </si>
+  <si>
     <t>2530</t>
   </si>
   <si>
     <t>MCA</t>
   </si>
   <si>
     <t>Moção de Aplausos</t>
   </si>
   <si>
     <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2530/mocao_de_aplausos_01-2026..pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Aplausos, a ser encaminhada à Senhora Eva Cristina Soares da Silva, em reconhecimento e valorização ao Dia Internacional da Mulher, pelos relevantes serviços prestados à população nova-cruzense.</t>
   </si>
   <si>
     <t>2531</t>
   </si>
   <si>
     <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2531/requerimento_02-2026_giliard.pdf</t>
   </si>
   <si>
     <t>Apresente a esta Casa legislativa a seguinte Moção de Aplausos, a ser encaminhada à Senhora Maria Lourenço de Oliveira, em reconhecimento e valorização ao Dia Internacional da Mulher, pelos relevantes serviços prestados à população nova-cruzense.</t>
   </si>
   <si>
     <t>2534</t>
@@ -1461,50 +1713,56 @@
     <t>2565</t>
   </si>
   <si>
     <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2565/mocao_de_aplausos_12-2026..pdf</t>
   </si>
   <si>
     <t>Apresento nos termos do Regimento Interno, a presente Moção de Aplausos, a ser encaminhada à Senhora Gizelia Maria Soares reconhecimento e valorização ao Dia Internacional da Mulher, pelos relevantes serviços prestados à população nova-cruzense.</t>
   </si>
   <si>
     <t>2569</t>
   </si>
   <si>
     <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2569/mocao_de_aplausos_13-2026..pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Aplausos a ser encaminhada à Senhora Vivian Camila Alexandre Cavalcanti Silva Martins em reconhecimento e valorização ao Dia Internacional da Mulher, pelos relevantes serviços prestados à população nova-cruzense.</t>
   </si>
   <si>
     <t>2484</t>
   </si>
   <si>
     <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2484/56._mocao_de_aplausos_-_2025.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Aplausos e Parabenização, a ser encaminhada à equipe de ornamentação da Igreja Imaculada Conceição, em reconhecimento ao compromisso, dedicação e relevante trabalho que vem desenvolvendo no município de Nova Cruz/RN.</t>
+  </si>
+  <si>
+    <t>2645</t>
+  </si>
+  <si>
+    <t>Sugerindo de que seja construído uma Praça com área de lazer infantil (playground) e academia popular na Rua João Menezes, mais precisamente no terreno em frente a Bodega do Airton.</t>
   </si>
   <si>
     <t>2511</t>
   </si>
   <si>
     <t>MCP</t>
   </si>
   <si>
     <t>Moção de Pesar</t>
   </si>
   <si>
     <t>Giliard Faustino da Silva (Giliard Faustino), Aluísio Soares de Sena (Aluísio Sena), Anne Gabriela Moreira de Souza Melo (Gabi Melo), Carlos César F. de Melo (César de Augustinho), Felipe da Costa Vicente (Felipe Vicente), José Jeconias Barbosa (Nia Salú), Maria Elizabete S. de Carvalho Barbosa (Bete Salú), Marione de Alburqueque Moreira (Marione Moreira), Patrícia Maria de Lima Silva (Patrícia Lima), Roberto Augusto de Morais Segundo (Bimbo), Thiago de Araújo Silva (Thiago Cassimiro), Tiago da Costa de Araújo (Tiago Araújo), Valmir Bernardino de Oliveira Júnior (Juninho)</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa, nos termos do Regimento Interno, Moção de Pesar pelo falecimento da Senhora Maria de Lourdes Pinheiro Oliveira, manifestando a Câmara Municipal de Nova Cruz as suas condolências.</t>
   </si>
   <si>
     <t>2553</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte  Moção de Pesar, pelo falecimento do senhor Pedro Pascoal de Souza, a ser encaminhada aos seus familiares.</t>
   </si>
   <si>
     <t>2563</t>
   </si>
@@ -1904,56 +2162,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2606/projeto_de_lei_do_legislativo_no_12_-_2026.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2487/requerimento_no_01.2026.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2571/requerimento_02-2026_giliard.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2490/indicacao_01-2026.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2491/indicacao_02-2026.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2492/indicacao_03-2026.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2493/indicacao_04-2026.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2494/indicacao_05-2026.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2495/indicacao_06-2026.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2498/indicacao_07-2026_jose_jaconias.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2499/indicacao_08-2026.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2500/indicacao_09-2026.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2501/indicacao_10-2026.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2502/indicacao_11-2026.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2503/indicacao_12-2026.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2504/indicacao_13-2026.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2505/indicacao_14-2026.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2506/indicacao_15-2026.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2507/indicacao_16-2026.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2508/indicacao_17-2026.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2509/indicacao_18-2026.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2513/indicacao_19-2026.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2514/indicacao_20-2026.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2515/indicacao_21-2026.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2516/indicacao_22-2026.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2517/indicacao_23-2026.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2519/indicacao_24-2026.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2520/indicacao_25-2026.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2521/indicacao_26-2026.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2522/indicacao_27-2026.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2523/indicacao_28-2026.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2525/indicacao_29-2026_thiago_cassimiro.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2540/indicacao_30-2026_tiago_araujo.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2541/indicacao_31-2026_giliard.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2542/indicacao_32-2026_giliard.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2543/indicacao_33-2026_thiago_cassimiro.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2544/indicacao_34-2026_maria_elizabete.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2545/indicacao_35-2026_maria_elizabete.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2546/indicacao_36-2026_patricia_maria.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2547/indicacao_37-2026_patricia_maria.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2548/indicacao_38-2026_patricia_maria.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2549/indicacao_39-2026_carlos_cesar.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2550/indicacao_40-2026_todos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2551/indicacao_41-2026_marione.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2558/indicacao_42-2026_aluisio.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2559/indicacao_43-2026_roberto_augusto.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2560/indicacao_44-2026_felipe_vicente.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2561/indicacao_45-2026_roberto_augusto.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2562/indicacao_46-2026_roberto_augusto.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2566/indicacao_47-2026_anne_gabriela.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2567/indicacao_48-2026_anne_gabriela.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2572/indicacao_49-2026_valmir_bernardino.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2573/indicacao_50-2026_valmir_bernardino.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2574/indicacao_51-2026_valmir_bernardino.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2530/mocao_de_aplausos_01-2026..pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2531/requerimento_02-2026_giliard.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2534/mocao_de_pesar_no_03-2026.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2535/mocao_de_aplausos_04-2026..pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2536/mocao_de_aplausos_05-2026..pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2537/mocao_de_aplausos_06-2026..pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2538/mocao_de_aplausos_07-2026.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2539/mocao_de_aplausos_08-2026..pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2554/mocao_de_aplausos_09-2026..pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2555/mocao_de_aplausos_10-2026..pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2557/mocao_de_aplausos_11-2026..pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2565/mocao_de_aplausos_12-2026..pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2569/mocao_de_aplausos_13-2026..pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2484/56._mocao_de_aplausos_-_2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2564/mocao_de_pesar_no_04-2026.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2606/projeto_de_lei_do_legislativo_no_12_-_2026.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2487/requerimento_no_01.2026.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2571/requerimento_02-2026_giliard.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2490/indicacao_01-2026.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2491/indicacao_02-2026.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2492/indicacao_03-2026.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2493/indicacao_04-2026.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2494/indicacao_05-2026.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2495/indicacao_06-2026.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2498/indicacao_07-2026_jose_jaconias.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2499/indicacao_08-2026.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2500/indicacao_09-2026.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2501/indicacao_10-2026.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2502/indicacao_11-2026.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2503/indicacao_12-2026.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2504/indicacao_13-2026.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2505/indicacao_14-2026.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2506/indicacao_15-2026.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2507/indicacao_16-2026.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2508/indicacao_17-2026.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2509/indicacao_18-2026.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2513/indicacao_19-2026.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2514/indicacao_20-2026.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2515/indicacao_21-2026.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2516/indicacao_22-2026.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2517/indicacao_23-2026.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2519/indicacao_24-2026.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2520/indicacao_25-2026.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2521/indicacao_26-2026.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2522/indicacao_27-2026.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2523/indicacao_28-2026.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2525/indicacao_29-2026_thiago_cassimiro.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2540/indicacao_30-2026_tiago_araujo.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2541/indicacao_31-2026_giliard.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2542/indicacao_32-2026_giliard.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2543/indicacao_33-2026_thiago_cassimiro.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2544/indicacao_34-2026_maria_elizabete.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2545/indicacao_35-2026_maria_elizabete.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2546/indicacao_36-2026_patricia_maria.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2547/indicacao_37-2026_patricia_maria.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2548/indicacao_38-2026_patricia_maria.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2549/indicacao_39-2026_carlos_cesar.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2550/indicacao_40-2026_todos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2551/indicacao_41-2026_marione.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2558/indicacao_42-2026_aluisio.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2559/indicacao_43-2026_roberto_augusto.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2560/indicacao_44-2026_felipe_vicente.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2561/indicacao_45-2026_roberto_augusto.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2562/indicacao_46-2026_roberto_augusto.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2566/indicacao_47-2026_anne_gabriela.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2567/indicacao_48-2026_anne_gabriela.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2572/indicacao_49-2026_valmir_bernardino.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2573/indicacao_50-2026_valmir_bernardino.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2574/indicacao_51-2026_valmir_bernardino.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2578/indicacao_52-2026.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2579/indicacao_53-2026.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2580/indicacao_54-2026.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2581/indicacao_55-2026.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2607/indicacao_56-2026.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2583/indicacao_57-2026.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2584/indicacao_58-2026.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2585/indicacao_59-2026.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2586/indicacao_60-2026.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2587/indicacao_61-2026.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2588/indicacao_62-2026.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2589/indicacao_63-2026.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2590/indicacao_64-2026.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2591/indicacao_65-2026.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2592/indicacao_66-2026.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2593/indicacao_67-2026.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2594/indicacao_68-2026.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2595/indicacao_69-2026.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2597/indicacao_71-2026.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2598/indicacao_72-2026.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2599/indicacao_73-2026.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2601/indicacao_74-2026.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2602/indicacao_75-2026.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2608/indicacao_76-2026.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2609/indicacao_77-2026.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2610/indicacao_78-2026.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2611/indicacao_79-2026.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2612/indicacao_80-2026.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2613/indicacao_81-2026.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2614/indicacao_82-2026.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2617/indicacao_84-2026.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2618/indicacao_85-2026.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2619/indicacao_86-2026.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2620/indicacao_87-2026.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2621/indicacao_88-2026.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2622/indicacao_89-2026.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2623/indicacao_90-2026.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2624/indicacao_91-2026.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2530/mocao_de_aplausos_01-2026..pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2531/requerimento_02-2026_giliard.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2534/mocao_de_pesar_no_03-2026.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2535/mocao_de_aplausos_04-2026..pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2536/mocao_de_aplausos_05-2026..pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2537/mocao_de_aplausos_06-2026..pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2538/mocao_de_aplausos_07-2026.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2539/mocao_de_aplausos_08-2026..pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2554/mocao_de_aplausos_09-2026..pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2555/mocao_de_aplausos_10-2026..pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2557/mocao_de_aplausos_11-2026..pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2565/mocao_de_aplausos_12-2026..pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2569/mocao_de_aplausos_13-2026..pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2484/56._mocao_de_aplausos_-_2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2026/2564/mocao_de_pesar_no_04-2026.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H152"/>
+  <dimension ref="A1:H170"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="114.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -2504,3420 +2762,3888 @@
       </c>
       <c r="D22" t="s">
         <v>75</v>
       </c>
       <c r="E22" t="s">
         <v>76</v>
       </c>
       <c r="F22" t="s">
         <v>29</v>
       </c>
       <c r="G22" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H22" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>84</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="D23" t="s">
+        <v>75</v>
+      </c>
+      <c r="E23" t="s">
+        <v>76</v>
+      </c>
+      <c r="F23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H23" t="s">
         <v>85</v>
-      </c>
-[...10 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="D24" t="s">
-        <v>85</v>
+        <v>75</v>
       </c>
       <c r="E24" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="F24" t="s">
+        <v>18</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H24" t="s">
         <v>87</v>
-      </c>
-[...4 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="D25" t="s">
-        <v>85</v>
+        <v>75</v>
       </c>
       <c r="E25" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="F25" t="s">
-        <v>94</v>
+        <v>29</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>95</v>
+        <v>14</v>
       </c>
       <c r="H25" t="s">
-        <v>96</v>
+        <v>89</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>97</v>
+        <v>90</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D26" t="s">
-        <v>85</v>
+        <v>75</v>
       </c>
       <c r="E26" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="F26" t="s">
-        <v>94</v>
+        <v>29</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>98</v>
+        <v>14</v>
       </c>
       <c r="H26" t="s">
-        <v>99</v>
+        <v>91</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>100</v>
+        <v>92</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="D27" t="s">
-        <v>85</v>
+        <v>75</v>
       </c>
       <c r="E27" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="F27" t="s">
-        <v>94</v>
+        <v>29</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>101</v>
+        <v>14</v>
       </c>
       <c r="H27" t="s">
-        <v>102</v>
+        <v>93</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>103</v>
+        <v>94</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E28" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F28" t="s">
-        <v>49</v>
+        <v>97</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="H28" t="s">
-        <v>105</v>
+        <v>99</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>106</v>
+        <v>100</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="D29" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E29" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F29" t="s">
-        <v>49</v>
+        <v>97</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
       <c r="H29" t="s">
-        <v>108</v>
+        <v>102</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>109</v>
+        <v>103</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>38</v>
+        <v>21</v>
       </c>
       <c r="D30" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E30" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F30" t="s">
-        <v>110</v>
+        <v>104</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="H30" t="s">
-        <v>112</v>
+        <v>106</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>113</v>
+        <v>107</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="D31" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E31" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F31" t="s">
-        <v>110</v>
+        <v>104</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>114</v>
+        <v>108</v>
       </c>
       <c r="H31" t="s">
-        <v>115</v>
+        <v>109</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>45</v>
+        <v>28</v>
       </c>
       <c r="D32" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E32" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F32" t="s">
-        <v>18</v>
+        <v>104</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="H32" t="s">
-        <v>118</v>
+        <v>112</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>119</v>
+        <v>113</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>48</v>
+        <v>32</v>
       </c>
       <c r="D33" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E33" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F33" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>120</v>
+        <v>114</v>
       </c>
       <c r="H33" t="s">
-        <v>121</v>
+        <v>115</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>52</v>
+        <v>35</v>
       </c>
       <c r="D34" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E34" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F34" t="s">
-        <v>13</v>
+        <v>49</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>123</v>
+        <v>117</v>
       </c>
       <c r="H34" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>125</v>
+        <v>119</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="D35" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E35" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F35" t="s">
-        <v>13</v>
+        <v>120</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="H35" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>129</v>
+        <v>42</v>
       </c>
       <c r="D36" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E36" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F36" t="s">
-        <v>130</v>
+        <v>120</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>131</v>
+        <v>124</v>
       </c>
       <c r="H36" t="s">
-        <v>132</v>
+        <v>125</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>133</v>
+        <v>126</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>134</v>
+        <v>45</v>
       </c>
       <c r="D37" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E37" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F37" t="s">
-        <v>130</v>
+        <v>18</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>135</v>
+        <v>127</v>
       </c>
       <c r="H37" t="s">
-        <v>136</v>
+        <v>128</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>137</v>
+        <v>129</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>138</v>
+        <v>48</v>
       </c>
       <c r="D38" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E38" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F38" t="s">
+        <v>18</v>
+      </c>
+      <c r="G38" s="1" t="s">
         <v>130</v>
       </c>
-      <c r="G38" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H38" t="s">
-        <v>140</v>
+        <v>131</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>141</v>
+        <v>132</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>142</v>
+        <v>52</v>
       </c>
       <c r="D39" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E39" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F39" t="s">
-        <v>53</v>
+        <v>13</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>143</v>
+        <v>133</v>
       </c>
       <c r="H39" t="s">
-        <v>144</v>
+        <v>134</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>145</v>
+        <v>135</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>146</v>
+        <v>57</v>
       </c>
       <c r="D40" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E40" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F40" t="s">
-        <v>53</v>
+        <v>13</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>147</v>
+        <v>136</v>
       </c>
       <c r="H40" t="s">
-        <v>148</v>
+        <v>137</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>149</v>
+        <v>138</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>150</v>
+        <v>139</v>
       </c>
       <c r="D41" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E41" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F41" t="s">
-        <v>151</v>
+        <v>140</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>152</v>
+        <v>141</v>
       </c>
       <c r="H41" t="s">
-        <v>153</v>
+        <v>142</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>154</v>
+        <v>143</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>155</v>
+        <v>144</v>
       </c>
       <c r="D42" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E42" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F42" t="s">
-        <v>151</v>
+        <v>140</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>156</v>
+        <v>145</v>
       </c>
       <c r="H42" t="s">
-        <v>157</v>
+        <v>146</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>158</v>
+        <v>147</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>159</v>
+        <v>148</v>
       </c>
       <c r="D43" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E43" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F43" t="s">
-        <v>151</v>
+        <v>140</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>160</v>
+        <v>149</v>
       </c>
       <c r="H43" t="s">
-        <v>161</v>
+        <v>150</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>162</v>
+        <v>151</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>163</v>
+        <v>152</v>
       </c>
       <c r="D44" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E44" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F44" t="s">
-        <v>164</v>
+        <v>53</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>165</v>
+        <v>153</v>
       </c>
       <c r="H44" t="s">
-        <v>166</v>
+        <v>154</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>167</v>
+        <v>155</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>168</v>
+        <v>156</v>
       </c>
       <c r="D45" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E45" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F45" t="s">
-        <v>164</v>
+        <v>53</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>169</v>
+        <v>157</v>
       </c>
       <c r="H45" t="s">
-        <v>170</v>
+        <v>158</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>171</v>
+        <v>159</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>172</v>
+        <v>160</v>
       </c>
       <c r="D46" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E46" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F46" t="s">
-        <v>25</v>
+        <v>161</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>173</v>
+        <v>162</v>
       </c>
       <c r="H46" t="s">
-        <v>174</v>
+        <v>163</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>176</v>
+        <v>165</v>
       </c>
       <c r="D47" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E47" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F47" t="s">
-        <v>25</v>
+        <v>161</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>177</v>
+        <v>166</v>
       </c>
       <c r="H47" t="s">
-        <v>178</v>
+        <v>167</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>179</v>
+        <v>168</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>180</v>
+        <v>169</v>
       </c>
       <c r="D48" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E48" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F48" t="s">
-        <v>25</v>
+        <v>161</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>181</v>
+        <v>170</v>
       </c>
       <c r="H48" t="s">
-        <v>182</v>
+        <v>171</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>183</v>
+        <v>172</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>184</v>
+        <v>173</v>
       </c>
       <c r="D49" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E49" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F49" t="s">
-        <v>29</v>
+        <v>174</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>185</v>
+        <v>175</v>
       </c>
       <c r="H49" t="s">
-        <v>186</v>
+        <v>176</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>187</v>
+        <v>177</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>188</v>
+        <v>178</v>
       </c>
       <c r="D50" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E50" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F50" t="s">
-        <v>29</v>
+        <v>174</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>189</v>
+        <v>179</v>
       </c>
       <c r="H50" t="s">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>191</v>
+        <v>181</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>192</v>
+        <v>182</v>
       </c>
       <c r="D51" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E51" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F51" t="s">
-        <v>193</v>
+        <v>25</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>194</v>
+        <v>183</v>
       </c>
       <c r="H51" t="s">
-        <v>195</v>
+        <v>184</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>196</v>
+        <v>185</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>197</v>
+        <v>186</v>
       </c>
       <c r="D52" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E52" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F52" t="s">
-        <v>198</v>
+        <v>25</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>199</v>
+        <v>187</v>
       </c>
       <c r="H52" t="s">
-        <v>200</v>
+        <v>188</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>201</v>
+        <v>189</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>202</v>
+        <v>190</v>
       </c>
       <c r="D53" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E53" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F53" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>203</v>
+        <v>191</v>
       </c>
       <c r="H53" t="s">
-        <v>204</v>
+        <v>192</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>205</v>
+        <v>193</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>206</v>
+        <v>194</v>
       </c>
       <c r="D54" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E54" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F54" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>207</v>
+        <v>195</v>
       </c>
       <c r="H54" t="s">
-        <v>208</v>
+        <v>196</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>209</v>
+        <v>197</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>210</v>
+        <v>198</v>
       </c>
       <c r="D55" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E55" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F55" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>211</v>
+        <v>199</v>
       </c>
       <c r="H55" t="s">
-        <v>212</v>
+        <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>213</v>
+        <v>201</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>214</v>
+        <v>202</v>
       </c>
       <c r="D56" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E56" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F56" t="s">
-        <v>25</v>
+        <v>203</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="H56" t="s">
-        <v>216</v>
+        <v>205</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>217</v>
+        <v>206</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>218</v>
+        <v>207</v>
       </c>
       <c r="D57" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E57" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F57" t="s">
-        <v>25</v>
+        <v>208</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>219</v>
+        <v>209</v>
       </c>
       <c r="H57" t="s">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>221</v>
+        <v>211</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>222</v>
+        <v>212</v>
       </c>
       <c r="D58" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E58" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F58" t="s">
-        <v>110</v>
+        <v>18</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>223</v>
+        <v>213</v>
       </c>
       <c r="H58" t="s">
-        <v>224</v>
+        <v>214</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>225</v>
+        <v>215</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>226</v>
+        <v>216</v>
       </c>
       <c r="D59" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E59" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F59" t="s">
-        <v>110</v>
+        <v>18</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>227</v>
+        <v>217</v>
       </c>
       <c r="H59" t="s">
-        <v>228</v>
+        <v>218</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>229</v>
+        <v>219</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>230</v>
+        <v>220</v>
       </c>
       <c r="D60" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E60" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F60" t="s">
-        <v>110</v>
+        <v>13</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>231</v>
+        <v>221</v>
       </c>
       <c r="H60" t="s">
-        <v>232</v>
+        <v>222</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>233</v>
+        <v>223</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>234</v>
+        <v>224</v>
       </c>
       <c r="D61" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E61" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F61" t="s">
-        <v>87</v>
+        <v>25</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>235</v>
+        <v>225</v>
       </c>
       <c r="H61" t="s">
-        <v>236</v>
+        <v>226</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>237</v>
+        <v>227</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="D62" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E62" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F62" t="s">
-        <v>87</v>
+        <v>25</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>239</v>
+        <v>229</v>
       </c>
       <c r="H62" t="s">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>242</v>
+        <v>232</v>
       </c>
       <c r="D63" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E63" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F63" t="s">
-        <v>94</v>
+        <v>120</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>243</v>
+        <v>233</v>
       </c>
       <c r="H63" t="s">
-        <v>244</v>
+        <v>234</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>245</v>
+        <v>235</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>246</v>
+        <v>236</v>
       </c>
       <c r="D64" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E64" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F64" t="s">
-        <v>53</v>
+        <v>120</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>247</v>
+        <v>237</v>
       </c>
       <c r="H64" t="s">
-        <v>248</v>
+        <v>238</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>249</v>
+        <v>239</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>250</v>
+        <v>240</v>
       </c>
       <c r="D65" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E65" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F65" t="s">
-        <v>130</v>
+        <v>120</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>251</v>
+        <v>241</v>
       </c>
       <c r="H65" t="s">
-        <v>252</v>
+        <v>242</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>253</v>
+        <v>243</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>254</v>
+        <v>244</v>
       </c>
       <c r="D66" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E66" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F66" t="s">
-        <v>151</v>
+        <v>97</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>255</v>
+        <v>245</v>
       </c>
       <c r="H66" t="s">
-        <v>256</v>
+        <v>246</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>257</v>
+        <v>247</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>258</v>
+        <v>248</v>
       </c>
       <c r="D67" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E67" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F67" t="s">
-        <v>130</v>
+        <v>97</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>259</v>
+        <v>249</v>
       </c>
       <c r="H67" t="s">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>261</v>
+        <v>251</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>262</v>
+        <v>252</v>
       </c>
       <c r="D68" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E68" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F68" t="s">
-        <v>130</v>
+        <v>104</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>263</v>
+        <v>253</v>
       </c>
       <c r="H68" t="s">
-        <v>264</v>
+        <v>254</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>265</v>
+        <v>255</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>266</v>
+        <v>256</v>
       </c>
       <c r="D69" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E69" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F69" t="s">
-        <v>164</v>
+        <v>53</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>267</v>
+        <v>257</v>
       </c>
       <c r="H69" t="s">
-        <v>268</v>
+        <v>258</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>269</v>
+        <v>259</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>270</v>
+        <v>260</v>
       </c>
       <c r="D70" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E70" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F70" t="s">
-        <v>164</v>
+        <v>140</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>271</v>
+        <v>261</v>
       </c>
       <c r="H70" t="s">
-        <v>272</v>
+        <v>262</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>273</v>
+        <v>263</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>274</v>
+        <v>264</v>
       </c>
       <c r="D71" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E71" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F71" t="s">
-        <v>29</v>
+        <v>161</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>275</v>
+        <v>265</v>
       </c>
       <c r="H71" t="s">
-        <v>276</v>
+        <v>266</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>277</v>
+        <v>267</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>278</v>
+        <v>268</v>
       </c>
       <c r="D72" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E72" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F72" t="s">
-        <v>29</v>
+        <v>140</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>279</v>
+        <v>269</v>
       </c>
       <c r="H72" t="s">
-        <v>280</v>
+        <v>270</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>281</v>
+        <v>271</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>282</v>
+        <v>272</v>
       </c>
       <c r="D73" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E73" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F73" t="s">
-        <v>283</v>
+        <v>140</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>284</v>
+        <v>273</v>
       </c>
       <c r="H73" t="s">
-        <v>285</v>
+        <v>274</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>286</v>
+        <v>275</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>287</v>
+        <v>276</v>
       </c>
       <c r="D74" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E74" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F74" t="s">
-        <v>49</v>
+        <v>174</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>14</v>
+        <v>277</v>
       </c>
       <c r="H74" t="s">
-        <v>288</v>
+        <v>278</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>289</v>
+        <v>279</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>290</v>
+        <v>280</v>
       </c>
       <c r="D75" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E75" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F75" t="s">
-        <v>49</v>
+        <v>174</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>14</v>
+        <v>281</v>
       </c>
       <c r="H75" t="s">
-        <v>291</v>
+        <v>282</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>292</v>
+        <v>283</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>293</v>
+        <v>284</v>
       </c>
       <c r="D76" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E76" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F76" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>14</v>
+        <v>285</v>
       </c>
       <c r="H76" t="s">
-        <v>294</v>
+        <v>286</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>295</v>
+        <v>287</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>296</v>
+        <v>288</v>
       </c>
       <c r="D77" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E77" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F77" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>14</v>
+        <v>289</v>
       </c>
       <c r="H77" t="s">
-        <v>297</v>
+        <v>290</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>298</v>
+        <v>291</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>299</v>
+        <v>292</v>
       </c>
       <c r="D78" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E78" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F78" t="s">
-        <v>25</v>
+        <v>293</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>14</v>
+        <v>294</v>
       </c>
       <c r="H78" t="s">
-        <v>300</v>
+        <v>295</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>302</v>
+        <v>297</v>
       </c>
       <c r="D79" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E79" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F79" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>14</v>
+        <v>298</v>
       </c>
       <c r="H79" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="D80" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E80" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F80" t="s">
-        <v>13</v>
+        <v>49</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>14</v>
+        <v>302</v>
       </c>
       <c r="H80" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
+        <v>304</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>305</v>
+      </c>
+      <c r="D81" t="s">
+        <v>95</v>
+      </c>
+      <c r="E81" t="s">
+        <v>96</v>
+      </c>
+      <c r="F81" t="s">
+        <v>49</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="H81" t="s">
         <v>307</v>
-      </c>
-[...19 lines deleted...]
-        <v>309</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
+        <v>308</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>309</v>
+      </c>
+      <c r="D82" t="s">
+        <v>95</v>
+      </c>
+      <c r="E82" t="s">
+        <v>96</v>
+      </c>
+      <c r="F82" t="s">
+        <v>25</v>
+      </c>
+      <c r="G82" s="1" t="s">
         <v>310</v>
       </c>
-      <c r="B82" t="s">
-[...2 lines deleted...]
-      <c r="C82" t="s">
+      <c r="H82" t="s">
         <v>311</v>
-      </c>
-[...13 lines deleted...]
-        <v>312</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
+        <v>312</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
         <v>313</v>
       </c>
-      <c r="B83" t="s">
-[...2 lines deleted...]
-      <c r="C83" t="s">
+      <c r="D83" t="s">
+        <v>95</v>
+      </c>
+      <c r="E83" t="s">
+        <v>96</v>
+      </c>
+      <c r="F83" t="s">
+        <v>25</v>
+      </c>
+      <c r="G83" s="1" t="s">
         <v>314</v>
-      </c>
-[...10 lines deleted...]
-        <v>14</v>
       </c>
       <c r="H83" t="s">
         <v>315</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>316</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
         <v>317</v>
       </c>
       <c r="D84" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E84" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F84" t="s">
-        <v>164</v>
+        <v>25</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>14</v>
+        <v>318</v>
       </c>
       <c r="H84" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="D85" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E85" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F85" t="s">
-        <v>164</v>
+        <v>13</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>14</v>
+        <v>322</v>
       </c>
       <c r="H85" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="D86" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E86" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F86" t="s">
-        <v>130</v>
+        <v>13</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>14</v>
+        <v>326</v>
       </c>
       <c r="H86" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="D87" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E87" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F87" t="s">
-        <v>130</v>
+        <v>161</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>14</v>
+        <v>330</v>
       </c>
       <c r="H87" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="D88" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E88" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F88" t="s">
-        <v>110</v>
+        <v>97</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>14</v>
+        <v>334</v>
       </c>
       <c r="H88" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>331</v>
+        <v>336</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="D89" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E89" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F89" t="s">
-        <v>29</v>
+        <v>174</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>14</v>
+        <v>338</v>
       </c>
       <c r="H89" t="s">
-        <v>333</v>
+        <v>339</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>334</v>
+        <v>340</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>335</v>
+        <v>341</v>
       </c>
       <c r="D90" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E90" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F90" t="s">
-        <v>29</v>
+        <v>174</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>14</v>
+        <v>342</v>
       </c>
       <c r="H90" t="s">
-        <v>336</v>
+        <v>343</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>337</v>
+        <v>344</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>338</v>
+        <v>345</v>
       </c>
       <c r="D91" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E91" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F91" t="s">
-        <v>29</v>
+        <v>140</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>14</v>
+        <v>346</v>
       </c>
       <c r="H91" t="s">
-        <v>339</v>
+        <v>347</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>340</v>
+        <v>348</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>341</v>
+        <v>349</v>
       </c>
       <c r="D92" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E92" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F92" t="s">
-        <v>25</v>
+        <v>140</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>14</v>
+        <v>350</v>
       </c>
       <c r="H92" t="s">
-        <v>342</v>
+        <v>351</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>343</v>
+        <v>352</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>344</v>
+        <v>353</v>
       </c>
       <c r="D93" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E93" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F93" t="s">
-        <v>94</v>
+        <v>120</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>14</v>
+        <v>354</v>
       </c>
       <c r="H93" t="s">
-        <v>345</v>
+        <v>355</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>346</v>
+        <v>356</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>347</v>
+        <v>357</v>
       </c>
       <c r="D94" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E94" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F94" t="s">
-        <v>94</v>
+        <v>29</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>14</v>
+        <v>358</v>
       </c>
       <c r="H94" t="s">
-        <v>348</v>
+        <v>359</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>349</v>
+        <v>360</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>350</v>
+        <v>361</v>
       </c>
       <c r="D95" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E95" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F95" t="s">
-        <v>53</v>
+        <v>29</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>14</v>
+        <v>362</v>
       </c>
       <c r="H95" t="s">
-        <v>351</v>
+        <v>363</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>352</v>
+        <v>364</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>353</v>
+        <v>365</v>
       </c>
       <c r="D96" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E96" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F96" t="s">
-        <v>53</v>
+        <v>29</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>14</v>
+        <v>366</v>
       </c>
       <c r="H96" t="s">
-        <v>354</v>
+        <v>367</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>355</v>
+        <v>368</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>356</v>
+        <v>369</v>
       </c>
       <c r="D97" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E97" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F97" t="s">
-        <v>53</v>
+        <v>25</v>
       </c>
       <c r="G97" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H97" t="s">
-        <v>357</v>
+        <v>370</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>358</v>
+        <v>371</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>359</v>
+        <v>372</v>
       </c>
       <c r="D98" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E98" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F98" t="s">
-        <v>18</v>
+        <v>104</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>14</v>
+        <v>373</v>
       </c>
       <c r="H98" t="s">
-        <v>360</v>
+        <v>374</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>361</v>
+        <v>375</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>362</v>
+        <v>376</v>
       </c>
       <c r="D99" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E99" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F99" t="s">
-        <v>18</v>
+        <v>104</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>14</v>
+        <v>377</v>
       </c>
       <c r="H99" t="s">
-        <v>363</v>
+        <v>378</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>364</v>
+        <v>379</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>365</v>
+        <v>380</v>
       </c>
       <c r="D100" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E100" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F100" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>14</v>
+        <v>381</v>
       </c>
       <c r="H100" t="s">
-        <v>366</v>
+        <v>382</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>367</v>
+        <v>383</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>368</v>
+        <v>384</v>
       </c>
       <c r="D101" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E101" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F101" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>14</v>
+        <v>385</v>
       </c>
       <c r="H101" t="s">
-        <v>369</v>
+        <v>386</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>370</v>
+        <v>387</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>371</v>
+        <v>388</v>
       </c>
       <c r="D102" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E102" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F102" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>14</v>
+        <v>389</v>
       </c>
       <c r="H102" t="s">
-        <v>372</v>
+        <v>390</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>373</v>
+        <v>391</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>374</v>
+        <v>392</v>
       </c>
       <c r="D103" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E103" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F103" t="s">
         <v>18</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>14</v>
+        <v>393</v>
       </c>
       <c r="H103" t="s">
-        <v>375</v>
+        <v>394</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>376</v>
+        <v>395</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>377</v>
+        <v>396</v>
       </c>
       <c r="D104" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E104" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F104" t="s">
-        <v>198</v>
+        <v>18</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>14</v>
+        <v>397</v>
       </c>
       <c r="H104" t="s">
-        <v>378</v>
+        <v>398</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>379</v>
+        <v>399</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>380</v>
+        <v>400</v>
       </c>
       <c r="D105" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E105" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F105" t="s">
-        <v>94</v>
+        <v>18</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>14</v>
+        <v>401</v>
       </c>
       <c r="H105" t="s">
-        <v>381</v>
+        <v>402</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>382</v>
+        <v>403</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>383</v>
+        <v>404</v>
       </c>
       <c r="D106" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E106" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F106" t="s">
-        <v>94</v>
+        <v>18</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>14</v>
+        <v>405</v>
       </c>
       <c r="H106" t="s">
-        <v>384</v>
+        <v>406</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>385</v>
+        <v>407</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>386</v>
+        <v>408</v>
       </c>
       <c r="D107" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E107" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F107" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>14</v>
+        <v>409</v>
       </c>
       <c r="H107" t="s">
-        <v>387</v>
+        <v>410</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>388</v>
+        <v>411</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>389</v>
+        <v>412</v>
       </c>
       <c r="D108" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E108" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F108" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>14</v>
+        <v>413</v>
       </c>
       <c r="H108" t="s">
-        <v>390</v>
+        <v>414</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>391</v>
+        <v>415</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>392</v>
+        <v>416</v>
       </c>
       <c r="D109" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E109" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F109" t="s">
-        <v>198</v>
+        <v>208</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>14</v>
+        <v>417</v>
       </c>
       <c r="H109" t="s">
-        <v>393</v>
+        <v>418</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>394</v>
+        <v>419</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>395</v>
+        <v>420</v>
       </c>
       <c r="D110" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E110" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F110" t="s">
-        <v>198</v>
+        <v>104</v>
       </c>
       <c r="G110" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H110" t="s">
-        <v>396</v>
+        <v>421</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>397</v>
+        <v>422</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>398</v>
+        <v>423</v>
       </c>
       <c r="D111" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E111" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F111" t="s">
-        <v>53</v>
+        <v>104</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>14</v>
+        <v>424</v>
       </c>
       <c r="H111" t="s">
-        <v>399</v>
+        <v>425</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>400</v>
+        <v>426</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>401</v>
+        <v>427</v>
       </c>
       <c r="D112" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E112" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F112" t="s">
-        <v>110</v>
+        <v>29</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>14</v>
+        <v>428</v>
       </c>
       <c r="H112" t="s">
-        <v>402</v>
+        <v>429</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>403</v>
+        <v>430</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>404</v>
+        <v>431</v>
       </c>
       <c r="D113" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E113" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F113" t="s">
-        <v>110</v>
+        <v>29</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>14</v>
+        <v>432</v>
       </c>
       <c r="H113" t="s">
-        <v>405</v>
+        <v>433</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>406</v>
+        <v>434</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>407</v>
+        <v>435</v>
       </c>
       <c r="D114" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E114" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F114" t="s">
-        <v>29</v>
+        <v>208</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>14</v>
+        <v>436</v>
       </c>
       <c r="H114" t="s">
-        <v>408</v>
+        <v>437</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>409</v>
+        <v>438</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>410</v>
+        <v>439</v>
       </c>
       <c r="D115" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E115" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F115" t="s">
-        <v>49</v>
+        <v>208</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>14</v>
+        <v>440</v>
       </c>
       <c r="H115" t="s">
-        <v>411</v>
+        <v>441</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>412</v>
+        <v>442</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>413</v>
+        <v>443</v>
       </c>
       <c r="D116" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E116" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F116" t="s">
         <v>53</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>14</v>
+        <v>444</v>
       </c>
       <c r="H116" t="s">
-        <v>414</v>
+        <v>445</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>415</v>
+        <v>446</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>416</v>
+        <v>447</v>
       </c>
       <c r="D117" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E117" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F117" t="s">
-        <v>25</v>
+        <v>120</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>14</v>
+        <v>448</v>
       </c>
       <c r="H117" t="s">
-        <v>417</v>
+        <v>449</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>418</v>
+        <v>450</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>419</v>
+        <v>451</v>
       </c>
       <c r="D118" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E118" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F118" t="s">
-        <v>25</v>
+        <v>120</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>14</v>
+        <v>452</v>
       </c>
       <c r="H118" t="s">
-        <v>420</v>
+        <v>453</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>421</v>
+        <v>454</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>422</v>
+        <v>455</v>
       </c>
       <c r="D119" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E119" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F119" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="G119" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H119" t="s">
-        <v>423</v>
+        <v>456</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>424</v>
+        <v>457</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>425</v>
+        <v>458</v>
       </c>
       <c r="D120" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E120" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F120" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="G120" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H120" t="s">
-        <v>426</v>
+        <v>459</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>427</v>
+        <v>460</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>428</v>
+        <v>461</v>
       </c>
       <c r="D121" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E121" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F121" t="s">
-        <v>110</v>
+        <v>53</v>
       </c>
       <c r="G121" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H121" t="s">
-        <v>429</v>
+        <v>462</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>430</v>
+        <v>463</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>431</v>
+        <v>464</v>
       </c>
       <c r="D122" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E122" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F122" t="s">
-        <v>110</v>
+        <v>25</v>
       </c>
       <c r="G122" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H122" t="s">
-        <v>432</v>
+        <v>465</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>433</v>
+        <v>466</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>434</v>
+        <v>467</v>
       </c>
       <c r="D123" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E123" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F123" t="s">
-        <v>151</v>
+        <v>25</v>
       </c>
       <c r="G123" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H123" t="s">
-        <v>435</v>
+        <v>468</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>436</v>
+        <v>469</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>437</v>
+        <v>470</v>
       </c>
       <c r="D124" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E124" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="F124" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="G124" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H124" t="s">
-        <v>438</v>
+        <v>471</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>439</v>
+        <v>472</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>10</v>
+        <v>473</v>
       </c>
       <c r="D125" t="s">
-        <v>440</v>
+        <v>95</v>
       </c>
       <c r="E125" t="s">
-        <v>441</v>
+        <v>96</v>
       </c>
       <c r="F125" t="s">
         <v>53</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>442</v>
+        <v>14</v>
       </c>
       <c r="H125" t="s">
-        <v>443</v>
+        <v>474</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>444</v>
+        <v>475</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>17</v>
+        <v>476</v>
       </c>
       <c r="D126" t="s">
-        <v>440</v>
+        <v>95</v>
       </c>
       <c r="E126" t="s">
-        <v>441</v>
+        <v>96</v>
       </c>
       <c r="F126" t="s">
-        <v>18</v>
+        <v>120</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>445</v>
+        <v>14</v>
       </c>
       <c r="H126" t="s">
-        <v>446</v>
+        <v>477</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>447</v>
+        <v>478</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>21</v>
+        <v>479</v>
       </c>
       <c r="D127" t="s">
-        <v>440</v>
+        <v>95</v>
       </c>
       <c r="E127" t="s">
-        <v>441</v>
+        <v>96</v>
       </c>
       <c r="F127" t="s">
-        <v>49</v>
+        <v>120</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>448</v>
+        <v>14</v>
       </c>
       <c r="H127" t="s">
-        <v>449</v>
+        <v>480</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>450</v>
+        <v>481</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>24</v>
+        <v>482</v>
       </c>
       <c r="D128" t="s">
-        <v>440</v>
+        <v>95</v>
       </c>
       <c r="E128" t="s">
-        <v>441</v>
+        <v>96</v>
       </c>
       <c r="F128" t="s">
-        <v>25</v>
+        <v>161</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>451</v>
+        <v>14</v>
       </c>
       <c r="H128" t="s">
-        <v>452</v>
+        <v>483</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>453</v>
+        <v>484</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>28</v>
+        <v>485</v>
       </c>
       <c r="D129" t="s">
-        <v>440</v>
+        <v>95</v>
       </c>
       <c r="E129" t="s">
-        <v>441</v>
+        <v>96</v>
       </c>
       <c r="F129" t="s">
-        <v>110</v>
+        <v>140</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>454</v>
+        <v>14</v>
       </c>
       <c r="H129" t="s">
-        <v>455</v>
+        <v>486</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>456</v>
+        <v>487</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>32</v>
+        <v>488</v>
       </c>
       <c r="D130" t="s">
-        <v>440</v>
+        <v>95</v>
       </c>
       <c r="E130" t="s">
-        <v>441</v>
+        <v>96</v>
       </c>
       <c r="F130" t="s">
-        <v>13</v>
+        <v>140</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>457</v>
+        <v>14</v>
       </c>
       <c r="H130" t="s">
-        <v>458</v>
+        <v>489</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>459</v>
+        <v>490</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>35</v>
+        <v>491</v>
       </c>
       <c r="D131" t="s">
-        <v>440</v>
+        <v>95</v>
       </c>
       <c r="E131" t="s">
-        <v>441</v>
+        <v>96</v>
       </c>
       <c r="F131" t="s">
-        <v>198</v>
+        <v>140</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>460</v>
+        <v>14</v>
       </c>
       <c r="H131" t="s">
-        <v>461</v>
+        <v>492</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>462</v>
+        <v>493</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>38</v>
+        <v>494</v>
       </c>
       <c r="D132" t="s">
-        <v>440</v>
+        <v>95</v>
       </c>
       <c r="E132" t="s">
-        <v>441</v>
+        <v>96</v>
       </c>
       <c r="F132" t="s">
-        <v>29</v>
+        <v>97</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>463</v>
+        <v>14</v>
       </c>
       <c r="H132" t="s">
-        <v>464</v>
+        <v>495</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>465</v>
+        <v>496</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>42</v>
+        <v>497</v>
       </c>
       <c r="D133" t="s">
-        <v>440</v>
+        <v>95</v>
       </c>
       <c r="E133" t="s">
-        <v>441</v>
+        <v>96</v>
       </c>
       <c r="F133" t="s">
-        <v>151</v>
+        <v>97</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>466</v>
+        <v>14</v>
       </c>
       <c r="H133" t="s">
-        <v>467</v>
+        <v>498</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>468</v>
+        <v>499</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>45</v>
+        <v>500</v>
       </c>
       <c r="D134" t="s">
-        <v>440</v>
+        <v>95</v>
       </c>
       <c r="E134" t="s">
-        <v>441</v>
+        <v>96</v>
       </c>
       <c r="F134" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>469</v>
+        <v>14</v>
       </c>
       <c r="H134" t="s">
-        <v>470</v>
+        <v>501</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>471</v>
+        <v>502</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>48</v>
+        <v>503</v>
       </c>
       <c r="D135" t="s">
-        <v>440</v>
+        <v>95</v>
       </c>
       <c r="E135" t="s">
-        <v>441</v>
+        <v>96</v>
       </c>
       <c r="F135" t="s">
-        <v>130</v>
+        <v>208</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>472</v>
+        <v>14</v>
       </c>
       <c r="H135" t="s">
-        <v>473</v>
+        <v>504</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>474</v>
+        <v>505</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>52</v>
+        <v>506</v>
       </c>
       <c r="D136" t="s">
-        <v>440</v>
+        <v>95</v>
       </c>
       <c r="E136" t="s">
-        <v>441</v>
+        <v>96</v>
       </c>
       <c r="F136" t="s">
-        <v>87</v>
+        <v>208</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>475</v>
+        <v>14</v>
       </c>
       <c r="H136" t="s">
-        <v>476</v>
+        <v>507</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>477</v>
+        <v>508</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>57</v>
+        <v>509</v>
       </c>
       <c r="D137" t="s">
-        <v>440</v>
+        <v>95</v>
       </c>
       <c r="E137" t="s">
-        <v>441</v>
+        <v>96</v>
       </c>
       <c r="F137" t="s">
-        <v>164</v>
+        <v>208</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>478</v>
+        <v>14</v>
       </c>
       <c r="H137" t="s">
-        <v>479</v>
+        <v>510</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>480</v>
+        <v>511</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>299</v>
+        <v>512</v>
       </c>
       <c r="D138" t="s">
-        <v>440</v>
+        <v>95</v>
       </c>
       <c r="E138" t="s">
-        <v>441</v>
+        <v>96</v>
       </c>
       <c r="F138" t="s">
-        <v>151</v>
+        <v>18</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>481</v>
+        <v>14</v>
       </c>
       <c r="H138" t="s">
-        <v>482</v>
+        <v>513</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>483</v>
+        <v>514</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>10</v>
+        <v>515</v>
       </c>
       <c r="D139" t="s">
-        <v>484</v>
+        <v>95</v>
       </c>
       <c r="E139" t="s">
-        <v>485</v>
+        <v>96</v>
       </c>
       <c r="F139" t="s">
-        <v>486</v>
+        <v>174</v>
       </c>
       <c r="G139" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H139" t="s">
-        <v>487</v>
+        <v>516</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>488</v>
+        <v>517</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>17</v>
+        <v>518</v>
       </c>
       <c r="D140" t="s">
-        <v>484</v>
+        <v>95</v>
       </c>
       <c r="E140" t="s">
-        <v>485</v>
+        <v>96</v>
       </c>
       <c r="F140" t="s">
-        <v>94</v>
+        <v>174</v>
       </c>
       <c r="G140" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H140" t="s">
-        <v>489</v>
+        <v>519</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>490</v>
+        <v>520</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>21</v>
+        <v>521</v>
       </c>
       <c r="D141" t="s">
-        <v>484</v>
+        <v>95</v>
       </c>
       <c r="E141" t="s">
-        <v>485</v>
+        <v>96</v>
       </c>
       <c r="F141" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="G141" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H141" t="s">
-        <v>491</v>
+        <v>522</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>492</v>
+        <v>523</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="D142" t="s">
-        <v>484</v>
+        <v>524</v>
       </c>
       <c r="E142" t="s">
-        <v>485</v>
+        <v>525</v>
       </c>
       <c r="F142" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>493</v>
+        <v>526</v>
       </c>
       <c r="H142" t="s">
-        <v>494</v>
+        <v>527</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>495</v>
+        <v>528</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="D143" t="s">
-        <v>484</v>
+        <v>524</v>
       </c>
       <c r="E143" t="s">
-        <v>485</v>
+        <v>525</v>
       </c>
       <c r="F143" t="s">
-        <v>198</v>
+        <v>18</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>14</v>
+        <v>529</v>
       </c>
       <c r="H143" t="s">
-        <v>496</v>
+        <v>530</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>497</v>
+        <v>531</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="D144" t="s">
-        <v>484</v>
+        <v>524</v>
       </c>
       <c r="E144" t="s">
-        <v>485</v>
+        <v>525</v>
       </c>
       <c r="F144" t="s">
-        <v>151</v>
+        <v>49</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>14</v>
+        <v>532</v>
       </c>
       <c r="H144" t="s">
-        <v>498</v>
+        <v>533</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>499</v>
+        <v>534</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="D145" t="s">
-        <v>484</v>
+        <v>524</v>
       </c>
       <c r="E145" t="s">
-        <v>485</v>
+        <v>525</v>
       </c>
       <c r="F145" t="s">
-        <v>94</v>
+        <v>25</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>14</v>
+        <v>535</v>
       </c>
       <c r="H145" t="s">
-        <v>500</v>
+        <v>536</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>501</v>
+        <v>537</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>38</v>
+        <v>28</v>
       </c>
       <c r="D146" t="s">
-        <v>484</v>
+        <v>524</v>
       </c>
       <c r="E146" t="s">
-        <v>485</v>
+        <v>525</v>
       </c>
       <c r="F146" t="s">
-        <v>29</v>
+        <v>120</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>14</v>
+        <v>538</v>
       </c>
       <c r="H146" t="s">
-        <v>502</v>
+        <v>539</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>503</v>
+        <v>540</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>250</v>
+        <v>32</v>
       </c>
       <c r="D147" t="s">
-        <v>484</v>
+        <v>524</v>
       </c>
       <c r="E147" t="s">
-        <v>485</v>
+        <v>525</v>
       </c>
       <c r="F147" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>14</v>
+        <v>541</v>
       </c>
       <c r="H147" t="s">
-        <v>504</v>
+        <v>542</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>505</v>
+        <v>543</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>254</v>
+        <v>35</v>
       </c>
       <c r="D148" t="s">
-        <v>484</v>
+        <v>524</v>
       </c>
       <c r="E148" t="s">
-        <v>485</v>
+        <v>525</v>
       </c>
       <c r="F148" t="s">
-        <v>25</v>
+        <v>208</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>14</v>
+        <v>544</v>
       </c>
       <c r="H148" t="s">
-        <v>506</v>
+        <v>545</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>507</v>
+        <v>546</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>258</v>
+        <v>38</v>
       </c>
       <c r="D149" t="s">
-        <v>484</v>
+        <v>524</v>
       </c>
       <c r="E149" t="s">
-        <v>485</v>
+        <v>525</v>
       </c>
       <c r="F149" t="s">
-        <v>130</v>
+        <v>29</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>14</v>
+        <v>547</v>
       </c>
       <c r="H149" t="s">
-        <v>508</v>
+        <v>548</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>509</v>
+        <v>549</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>262</v>
+        <v>42</v>
       </c>
       <c r="D150" t="s">
-        <v>484</v>
+        <v>524</v>
       </c>
       <c r="E150" t="s">
-        <v>485</v>
+        <v>525</v>
       </c>
       <c r="F150" t="s">
-        <v>18</v>
+        <v>161</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>14</v>
+        <v>550</v>
       </c>
       <c r="H150" t="s">
-        <v>510</v>
+        <v>551</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>511</v>
+        <v>552</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>266</v>
+        <v>45</v>
       </c>
       <c r="D151" t="s">
-        <v>484</v>
+        <v>524</v>
       </c>
       <c r="E151" t="s">
-        <v>485</v>
+        <v>525</v>
       </c>
       <c r="F151" t="s">
-        <v>486</v>
+        <v>104</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>14</v>
+        <v>553</v>
       </c>
       <c r="H151" t="s">
-        <v>512</v>
+        <v>554</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>513</v>
+        <v>555</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>270</v>
+        <v>48</v>
       </c>
       <c r="D152" t="s">
-        <v>484</v>
+        <v>524</v>
       </c>
       <c r="E152" t="s">
-        <v>485</v>
+        <v>525</v>
       </c>
       <c r="F152" t="s">
-        <v>94</v>
+        <v>140</v>
       </c>
       <c r="G152" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="H152" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8">
+      <c r="A153" t="s">
+        <v>558</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C153" t="s">
+        <v>52</v>
+      </c>
+      <c r="D153" t="s">
+        <v>524</v>
+      </c>
+      <c r="E153" t="s">
+        <v>525</v>
+      </c>
+      <c r="F153" t="s">
+        <v>97</v>
+      </c>
+      <c r="G153" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="H153" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="154" spans="1:8">
+      <c r="A154" t="s">
+        <v>561</v>
+      </c>
+      <c r="B154" t="s">
+        <v>9</v>
+      </c>
+      <c r="C154" t="s">
+        <v>57</v>
+      </c>
+      <c r="D154" t="s">
+        <v>524</v>
+      </c>
+      <c r="E154" t="s">
+        <v>525</v>
+      </c>
+      <c r="F154" t="s">
+        <v>174</v>
+      </c>
+      <c r="G154" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="H154" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8">
+      <c r="A155" t="s">
+        <v>564</v>
+      </c>
+      <c r="B155" t="s">
+        <v>9</v>
+      </c>
+      <c r="C155" t="s">
+        <v>313</v>
+      </c>
+      <c r="D155" t="s">
+        <v>524</v>
+      </c>
+      <c r="E155" t="s">
+        <v>525</v>
+      </c>
+      <c r="F155" t="s">
+        <v>161</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="H155" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="156" spans="1:8">
+      <c r="A156" t="s">
+        <v>567</v>
+      </c>
+      <c r="B156" t="s">
+        <v>9</v>
+      </c>
+      <c r="C156" t="s">
+        <v>317</v>
+      </c>
+      <c r="D156" t="s">
+        <v>524</v>
+      </c>
+      <c r="E156" t="s">
+        <v>525</v>
+      </c>
+      <c r="F156" t="s">
+        <v>97</v>
+      </c>
+      <c r="G156" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="H152" t="s">
-        <v>514</v>
+      <c r="H156" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="157" spans="1:8">
+      <c r="A157" t="s">
+        <v>569</v>
+      </c>
+      <c r="B157" t="s">
+        <v>9</v>
+      </c>
+      <c r="C157" t="s">
+        <v>10</v>
+      </c>
+      <c r="D157" t="s">
+        <v>570</v>
+      </c>
+      <c r="E157" t="s">
+        <v>571</v>
+      </c>
+      <c r="F157" t="s">
+        <v>572</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H157" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="158" spans="1:8">
+      <c r="A158" t="s">
+        <v>574</v>
+      </c>
+      <c r="B158" t="s">
+        <v>9</v>
+      </c>
+      <c r="C158" t="s">
+        <v>17</v>
+      </c>
+      <c r="D158" t="s">
+        <v>570</v>
+      </c>
+      <c r="E158" t="s">
+        <v>571</v>
+      </c>
+      <c r="F158" t="s">
+        <v>104</v>
+      </c>
+      <c r="G158" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H158" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="159" spans="1:8">
+      <c r="A159" t="s">
+        <v>576</v>
+      </c>
+      <c r="B159" t="s">
+        <v>9</v>
+      </c>
+      <c r="C159" t="s">
+        <v>21</v>
+      </c>
+      <c r="D159" t="s">
+        <v>570</v>
+      </c>
+      <c r="E159" t="s">
+        <v>571</v>
+      </c>
+      <c r="F159" t="s">
+        <v>18</v>
+      </c>
+      <c r="G159" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H159" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="160" spans="1:8">
+      <c r="A160" t="s">
+        <v>578</v>
+      </c>
+      <c r="B160" t="s">
+        <v>9</v>
+      </c>
+      <c r="C160" t="s">
+        <v>24</v>
+      </c>
+      <c r="D160" t="s">
+        <v>570</v>
+      </c>
+      <c r="E160" t="s">
+        <v>571</v>
+      </c>
+      <c r="F160" t="s">
+        <v>25</v>
+      </c>
+      <c r="G160" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="H160" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="161" spans="1:8">
+      <c r="A161" t="s">
+        <v>581</v>
+      </c>
+      <c r="B161" t="s">
+        <v>9</v>
+      </c>
+      <c r="C161" t="s">
+        <v>28</v>
+      </c>
+      <c r="D161" t="s">
+        <v>570</v>
+      </c>
+      <c r="E161" t="s">
+        <v>571</v>
+      </c>
+      <c r="F161" t="s">
+        <v>208</v>
+      </c>
+      <c r="G161" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H161" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="162" spans="1:8">
+      <c r="A162" t="s">
+        <v>583</v>
+      </c>
+      <c r="B162" t="s">
+        <v>9</v>
+      </c>
+      <c r="C162" t="s">
+        <v>32</v>
+      </c>
+      <c r="D162" t="s">
+        <v>570</v>
+      </c>
+      <c r="E162" t="s">
+        <v>571</v>
+      </c>
+      <c r="F162" t="s">
+        <v>161</v>
+      </c>
+      <c r="G162" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H162" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="163" spans="1:8">
+      <c r="A163" t="s">
+        <v>585</v>
+      </c>
+      <c r="B163" t="s">
+        <v>9</v>
+      </c>
+      <c r="C163" t="s">
+        <v>35</v>
+      </c>
+      <c r="D163" t="s">
+        <v>570</v>
+      </c>
+      <c r="E163" t="s">
+        <v>571</v>
+      </c>
+      <c r="F163" t="s">
+        <v>104</v>
+      </c>
+      <c r="G163" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H163" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="164" spans="1:8">
+      <c r="A164" t="s">
+        <v>587</v>
+      </c>
+      <c r="B164" t="s">
+        <v>9</v>
+      </c>
+      <c r="C164" t="s">
+        <v>38</v>
+      </c>
+      <c r="D164" t="s">
+        <v>570</v>
+      </c>
+      <c r="E164" t="s">
+        <v>571</v>
+      </c>
+      <c r="F164" t="s">
+        <v>29</v>
+      </c>
+      <c r="G164" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H164" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="165" spans="1:8">
+      <c r="A165" t="s">
+        <v>589</v>
+      </c>
+      <c r="B165" t="s">
+        <v>9</v>
+      </c>
+      <c r="C165" t="s">
+        <v>260</v>
+      </c>
+      <c r="D165" t="s">
+        <v>570</v>
+      </c>
+      <c r="E165" t="s">
+        <v>571</v>
+      </c>
+      <c r="F165" t="s">
+        <v>25</v>
+      </c>
+      <c r="G165" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H165" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="166" spans="1:8">
+      <c r="A166" t="s">
+        <v>591</v>
+      </c>
+      <c r="B166" t="s">
+        <v>9</v>
+      </c>
+      <c r="C166" t="s">
+        <v>264</v>
+      </c>
+      <c r="D166" t="s">
+        <v>570</v>
+      </c>
+      <c r="E166" t="s">
+        <v>571</v>
+      </c>
+      <c r="F166" t="s">
+        <v>25</v>
+      </c>
+      <c r="G166" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H166" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="167" spans="1:8">
+      <c r="A167" t="s">
+        <v>593</v>
+      </c>
+      <c r="B167" t="s">
+        <v>9</v>
+      </c>
+      <c r="C167" t="s">
+        <v>268</v>
+      </c>
+      <c r="D167" t="s">
+        <v>570</v>
+      </c>
+      <c r="E167" t="s">
+        <v>571</v>
+      </c>
+      <c r="F167" t="s">
+        <v>140</v>
+      </c>
+      <c r="G167" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H167" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="168" spans="1:8">
+      <c r="A168" t="s">
+        <v>595</v>
+      </c>
+      <c r="B168" t="s">
+        <v>9</v>
+      </c>
+      <c r="C168" t="s">
+        <v>272</v>
+      </c>
+      <c r="D168" t="s">
+        <v>570</v>
+      </c>
+      <c r="E168" t="s">
+        <v>571</v>
+      </c>
+      <c r="F168" t="s">
+        <v>18</v>
+      </c>
+      <c r="G168" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H168" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="169" spans="1:8">
+      <c r="A169" t="s">
+        <v>597</v>
+      </c>
+      <c r="B169" t="s">
+        <v>9</v>
+      </c>
+      <c r="C169" t="s">
+        <v>276</v>
+      </c>
+      <c r="D169" t="s">
+        <v>570</v>
+      </c>
+      <c r="E169" t="s">
+        <v>571</v>
+      </c>
+      <c r="F169" t="s">
+        <v>572</v>
+      </c>
+      <c r="G169" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H169" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="170" spans="1:8">
+      <c r="A170" t="s">
+        <v>599</v>
+      </c>
+      <c r="B170" t="s">
+        <v>9</v>
+      </c>
+      <c r="C170" t="s">
+        <v>280</v>
+      </c>
+      <c r="D170" t="s">
+        <v>570</v>
+      </c>
+      <c r="E170" t="s">
+        <v>571</v>
+      </c>
+      <c r="F170" t="s">
+        <v>104</v>
+      </c>
+      <c r="G170" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H170" t="s">
+        <v>600</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -6029,50 +6755,68 @@
     <hyperlink ref="G128" r:id="rId127"/>
     <hyperlink ref="G129" r:id="rId128"/>
     <hyperlink ref="G130" r:id="rId129"/>
     <hyperlink ref="G131" r:id="rId130"/>
     <hyperlink ref="G132" r:id="rId131"/>
     <hyperlink ref="G133" r:id="rId132"/>
     <hyperlink ref="G134" r:id="rId133"/>
     <hyperlink ref="G135" r:id="rId134"/>
     <hyperlink ref="G136" r:id="rId135"/>
     <hyperlink ref="G137" r:id="rId136"/>
     <hyperlink ref="G138" r:id="rId137"/>
     <hyperlink ref="G139" r:id="rId138"/>
     <hyperlink ref="G140" r:id="rId139"/>
     <hyperlink ref="G141" r:id="rId140"/>
     <hyperlink ref="G142" r:id="rId141"/>
     <hyperlink ref="G143" r:id="rId142"/>
     <hyperlink ref="G144" r:id="rId143"/>
     <hyperlink ref="G145" r:id="rId144"/>
     <hyperlink ref="G146" r:id="rId145"/>
     <hyperlink ref="G147" r:id="rId146"/>
     <hyperlink ref="G148" r:id="rId147"/>
     <hyperlink ref="G149" r:id="rId148"/>
     <hyperlink ref="G150" r:id="rId149"/>
     <hyperlink ref="G151" r:id="rId150"/>
     <hyperlink ref="G152" r:id="rId151"/>
+    <hyperlink ref="G153" r:id="rId152"/>
+    <hyperlink ref="G154" r:id="rId153"/>
+    <hyperlink ref="G155" r:id="rId154"/>
+    <hyperlink ref="G156" r:id="rId155"/>
+    <hyperlink ref="G157" r:id="rId156"/>
+    <hyperlink ref="G158" r:id="rId157"/>
+    <hyperlink ref="G159" r:id="rId158"/>
+    <hyperlink ref="G160" r:id="rId159"/>
+    <hyperlink ref="G161" r:id="rId160"/>
+    <hyperlink ref="G162" r:id="rId161"/>
+    <hyperlink ref="G163" r:id="rId162"/>
+    <hyperlink ref="G164" r:id="rId163"/>
+    <hyperlink ref="G165" r:id="rId164"/>
+    <hyperlink ref="G166" r:id="rId165"/>
+    <hyperlink ref="G167" r:id="rId166"/>
+    <hyperlink ref="G168" r:id="rId167"/>
+    <hyperlink ref="G169" r:id="rId168"/>
+    <hyperlink ref="G170" r:id="rId169"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>