--- v0 (2025-12-25)
+++ v1 (2026-03-26)
@@ -10,374 +10,374 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5384" uniqueCount="2382">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5408" uniqueCount="2506">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1709</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Legislativo</t>
   </si>
   <si>
     <t>Giliard Faustino da Silva (Giliard Faustino)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1709/pll_no_01_-_2025_arquivado.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1709/pll_no_01_-_2025_arquivado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição de nomeações e contratações de parentes de agentes públicos municipais nos Poderes Executivo Legislativo de Nova Cruz, e dá outras providências.</t>
   </si>
   <si>
     <t>1710</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Valmir Bernardino de Oliveira Júnior (Juninho)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1710/projeto_de_lei_no_02-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1710/projeto_de_lei_no_02-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade das concessionárias de água e energia elétrica propiciarem à regularização de débitos no momento que antecede à suspensão do fornecimento dos serviços, por meio de cartão de crédito, débito ou Chave Pix, no município de Nova Cruz/RN e dá outras providências.</t>
   </si>
   <si>
     <t>1820</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Anne Gabriela Moreira de Souza Melo (Gabi Melo)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1820/projeto_de_lei_no_03-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1820/projeto_de_lei_no_03-2025.pdf</t>
   </si>
   <si>
     <t>Institui a Comenda Joanita Torres Arruda Câmara, e dá outra providências.</t>
   </si>
   <si>
     <t>1821</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1821/projeto_de_lei_legislativo_no_04_-_2025_despacho.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1821/projeto_de_lei_legislativo_no_04_-_2025_despacho.pdf</t>
   </si>
   <si>
     <t>Cria a Procuradoria da Mulher na Câmara Municipal de Nova Cruz/RN e dá providências.</t>
   </si>
   <si>
     <t>1852</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1852/pll_no_05.2025_-__despacho.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1852/pll_no_05.2025_-__despacho.pdf</t>
   </si>
   <si>
     <t>Destina 20% [Vinte Por Cento] Do total de moradias populares de programas habitacionais de interesse social público instituído pelo município de Nova  Cruz - RN E de programas de doação de lotes de propriedade do município de Nova Cruz - RN As Mulheres vítima de violência doméstica, vítimas de tentativa de crime feminicídio, as mães com filhos portadores de transtorno do espectro autismo [TEA], Síndrome de Down e mulheres portadoras de Fibromialgia.</t>
   </si>
   <si>
     <t>1853</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Marione de Alburqueque Moreira (Marione Moreira)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1853/projeto_de_lei_no_06-2025..pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1853/projeto_de_lei_no_06-2025..pdf</t>
   </si>
   <si>
     <t>Institui a Galeria Lilás no âmbito da Câmara Municipal de Nova Cruz/RN e dá outras providências.</t>
   </si>
   <si>
     <t>1913</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1913/projeto_de_lei_no_07_-_2025_despacho.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1913/projeto_de_lei_no_07_-_2025_despacho.pdf</t>
   </si>
   <si>
     <t>Reconhece como de Utilidade Pública Municipal a Associação Nova-Cruzense “Filhos da Lapa de Nova Cruz” – ANFLNC.</t>
   </si>
   <si>
     <t>1905</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Thiago de Araújo Silva (Thiago Cassimiro), Marione de Alburqueque Moreira (Marione Moreira)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1905/projeto_de_lei_no_08_-_2025_despacho.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1905/projeto_de_lei_no_08_-_2025_despacho.pdf</t>
   </si>
   <si>
     <t>Proíbe a queima e soltura de fogos de artifício e artefatos pirotécnicos de alto impacto sonoro, classificados como Fogos com estampido, por parte do poder público municipal.</t>
   </si>
   <si>
     <t>1915</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/</t>
   </si>
   <si>
     <t>Cria o Calendário Oficial de Festas, Eventos Competições , Homenagens, a Datas Comemorativas no município de Nova Cruz/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>1914</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1914/projeto_de_lei_do_legislativo_no_10.2025_-_despacho.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1914/projeto_de_lei_do_legislativo_no_10.2025_-_despacho.pdf</t>
   </si>
   <si>
     <t>Obriga a aplicação do questionário M-CHAT para realização e aplicação do rastreamento de sinais precoces do autismo durante atendimentos em Unidades de Saúde Pública e privada no âmbito municipal.</t>
   </si>
   <si>
     <t>1971</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Felipe da Costa Vicente (Felipe Vicente)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1971/projeto_de_lei_do_legislativo_no_11.2025_-_despacho.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1971/projeto_de_lei_do_legislativo_no_11.2025_-_despacho.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a valorização e o fomento ao 184º Grupos de Escoteiros Terra Urtigal, e institui o Dia Municipal do Escoteiro no Município de Nova Cruz.</t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1994/projeto_de_lei_ordinaria_-__legislativo_-pl_12.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1994/projeto_de_lei_ordinaria_-__legislativo_-pl_12.pdf</t>
   </si>
   <si>
     <t>Cria a Lei denominada “Ainda Estamos Aqui” que dispõe sobre a proibição de homenagens a escravocratas, ao Golpe Militar que sofreu o Brasil em 1964 e ao período da ditadura subsequente ao golpe, no âmbito da administração pública municipal e dá outras providências</t>
   </si>
   <si>
     <t>2047</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de publicidade dos gastos públicos na realização de eventos financiados, total ou parcialmente, com recursos públicos municipais.</t>
   </si>
   <si>
     <t>2048</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Estabelece percentual mínimo para a contratação de artistas, músicos, bandas, grupos e profissionais da cultura local nos eventos realizados ou custeados com recursos públicos do Município de Nova Cruz/RN, venda a contratação de parentes de agentes públicos, e dá outras providências.</t>
   </si>
   <si>
     <t>2089</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>José Jeconias Barbosa (Nia Salú)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2089/projeto_de_lei_no_15_-_2025_despacho.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2089/projeto_de_lei_no_15_-_2025_despacho.pdf</t>
   </si>
   <si>
     <t>Denomina de Augustinho Antônio da Costa a Rua projetada 01, localizada no loteamento Bosque das Mangueiras no bairro Alto de Santa Luzia, neste município e dá outras providências.</t>
   </si>
   <si>
     <t>2099</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Patrícia Maria de Lima Silva (Patrícia Lima)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2099/pll_no_16_-_2025_despacho.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2099/pll_no_16_-_2025_despacho.pdf</t>
   </si>
   <si>
     <t>Institui a criação do Parque Verde Urbano no Loteamento Portal do Agreste, bairro Santa Luzia, no município de Nova Cruz/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>2101</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2101/pl.17.2025_-_retirado_de_pauta.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2101/pl.17.2025_-_retirado_de_pauta.pdf</t>
   </si>
   <si>
     <t>Institui a Criação do Programa Municipal de Incentivo ao Empreendedorismo da Mulher e dá outras providências.</t>
   </si>
   <si>
     <t>2170</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Thiago de Araújo Silva (Thiago Cassimiro)</t>
   </si>
   <si>
     <t>Dispõe sobre o fechamento temporário do trecho da Rua Sete de Setembro, no município de Nova Cruz/RN, nas interseções com a Rua Capitão José da Penha e Praça Barão do Rio Branco, nas Sextas feiras, aos domingos e dias de grandes eventos da Igreja Evangélica Assembleia de Deus – IEADERN, e dá outras providências.</t>
   </si>
   <si>
     <t>2171</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Institui no município de Nova Cruz/RN, o “Agosto Verde Claro Pet” como mês de conscientização sobre a prevenção das zoonoses</t>
   </si>
   <si>
     <t>2172</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>“INSTITUI A LEI “JULIANA SOARES” QUE DISPÕE SOBRE A VEDAÇÃO DE ACESSO A CARGOS PÚBLICOS, NO ÂMBITO DO MUNICÍPIO DE  NOVA CRUZ/RN, PARA PESSOAS CONDENADAS POR FEMINICÍDIO  E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>2178</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Carlos César F. de Melo (César de Augustinho)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2178/pll.21_-_2025_despacho.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2178/pll.21_-_2025_despacho.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder o uso de bem público municipal ao Grupo de Alcoólicos Anônimos, e dá outras providências.</t>
   </si>
   <si>
     <t>2188</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Tiago da Costa de Araújo (Tiago Araújo)</t>
   </si>
   <si>
     <t>Denomina de Manoel Francisco da Silva a praça localizada na Avenida Senador Georgino Avelino, próximo ao Posto de gasolina Catolé II e dá outras providências.</t>
   </si>
   <si>
     <t>2212</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Maria Elizabete S. de Carvalho Barbosa (Bete Salú)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2212/pll_no_23.2025_despacho.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2212/pll_no_23.2025_despacho.pdf</t>
   </si>
   <si>
     <t>Institui na âmbito do Município de Nova Cruz/RN, o "Setembro Verde", dedicado á inclusão social social das Pessoas com Deficiência - PcD, e dá outra providências.</t>
   </si>
   <si>
     <t>2234</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de vagas de estacionamento e acessibilidade para Pessoas com Deficiência – PcD, em todos os prédios públicos do Município de Nova Cruz/RN e dá outras providências.</t>
   </si>
   <si>
     <t>2251</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>“Cria o Conselho Municipal Antidrogas e dá outras providências.”</t>
   </si>
   <si>
     <t>2254</t>
   </si>
@@ -462,93 +462,93 @@
   <si>
     <t>2451</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Giliard Faustino da Silva (Giliard Faustino), Marione de Alburqueque Moreira (Marione Moreira)</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de uso de focinheira e de conduta responsável na condução de cães de grande porte e/ou de raças consideradas potencialmente perigosas em vias e espaços públicos no Município de Nova Cruz/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>1711</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Executivo</t>
   </si>
   <si>
     <t>Poder Executivo - PE</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1711/projeto_de_lei_no_01-_2025_despacho.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1711/projeto_de_lei_no_01-_2025_despacho.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE O PISO MUNICIPAL DE MAGISTÉRIO PARA O EXERCÍCIO 2025 E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>1759</t>
   </si>
   <si>
     <t>IMPLANTA O PROJETO BOMBEIRO MIRIM E AUTORIZA O MUNICÍPIO A FIRMAR CONVÊNIO PARA IMPLEMENTAÇÃO E REALIZAÇÃO DO PROJETO BOMBEIRO MIRIM NO MUNICÍPIO DE NOVA CRUZ/RN E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1996/projeto_de_lei_no_03_-_2025_despacho.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1996/projeto_de_lei_no_03_-_2025_despacho.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE BEACH ARENA MULTIFUNCIONAL – FÁBIO SERAFIM DO CARMO, LOCALIZADA NO COMPLEXO ESPORTIVO DO MUNICÍPIO DE NOVA CRUZ/RN, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2100</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2100/projeto_de_lei_no_04_-_2025_despacho.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2100/projeto_de_lei_no_04_-_2025_despacho.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO A DOAR IMÓVEL DE PROPRIEDADE DO MUNICÍPIO A PARÓQUIA IMACULADO CONCEIÇÃO EM NOVA CRUZ/RN E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2092</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2092/projeto_de_lei_executivo_no_05_-_2025.ppa_2026-2029_despacho.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2092/projeto_de_lei_executivo_no_05_-_2025.ppa_2026-2029_despacho.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual do Município para quadriênio de 2026 - 2029 e dá outras providências.</t>
   </si>
   <si>
     <t>2174</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2174/ple_no_06_-_2025_despacho.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2174/ple_no_06_-_2025_despacho.pdf</t>
   </si>
   <si>
     <t>Denomina a Praça de São Sebastião, localizada no município de Nova Cruz/RN, como “Praça de São Sebastião - Maria da Salete Costa Alves”, e dá outras providências.</t>
   </si>
   <si>
     <t>2185</t>
   </si>
   <si>
     <t>INSTITUI A LOTERIA MUNICIPAL NO ÂMBITO DE MUNICÍPIO DE NOVA CRUZ/RN (LOTOCRUZ), DISPÕE SOBRE SUA ORGANIZAÇÃO E FUNCIONAMENTO DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2190</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2026, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2308</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA  E FIXA A DESPESA DO MUNICÍPIO DE NOVA CRUZ/RN, PARA O EXERCÍCIO DE 2026.</t>
   </si>
   <si>
     <t>2413</t>
   </si>
@@ -768,6442 +768,6814 @@
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA TV CÂMARA DESTINADA À DIVULGAÇÃO DAS ATIVIDADES DESENVOLVIDAS PELO PODER LEGISLATIVO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2103</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Procuradoria da Mulher no âmbito da Câmara Municipal de Nova Cruz (RN) e dá outras providências.</t>
   </si>
   <si>
     <t>2104</t>
   </si>
   <si>
     <t>Institui, no âmbito da Câmara Municipal de Nova Cruz, o Programa Câmara Itinerante, e dá outras providências.</t>
   </si>
   <si>
     <t>1884</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1884/requqrimento_01-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1884/requqrimento_01-2025.pdf</t>
   </si>
   <si>
     <t>Valmir Bernardino de Oliveira Júnior, Requer, de acordo com o Regimento Interno, ouvindo o Plenário, que seja encaminhada a mesa Diretora desta Casa, o seguinte Requerimento, solicitando a realização de Sessão Solene a ser realizada no mês de março, de 2025, pela Câmara Municipal de Nova Cruz/RN em comemoração ao dia Internacional da Mulher.</t>
   </si>
   <si>
     <t>1885</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1885/requerimento_02-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1885/requerimento_02-2025.pdf</t>
   </si>
   <si>
     <t>Valmir Bernardino de Oliveira Júnior, Requer, de acordo Diretora desta Casa, o seguinte REQUERIMENTO , solicitando a realização de Sessão Solene em homenagem ao jubileu de 170 anos da Paróquia imaculada Conceição de Nova Cruz/RN.</t>
   </si>
   <si>
     <t>1911</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1911/requerimento_03-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1911/requerimento_03-2025.pdf</t>
   </si>
   <si>
     <t>Valmir Bernardino de Oliveira Júnior, REQUER, de acordo com o Regimento Interno, ouvido o Plenário desta Casa, para que seja encaminhada a Mesa Diretora a sugestão da realização de uma AUDIÊNCIA PÚBLICA acerca da temática “DESENROLA RURAL”, que se realizará em data a ser oficializada com a aprovação desta matéria</t>
   </si>
   <si>
     <t>1912</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1912/requerimento_04-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1912/requerimento_04-2025.pdf</t>
   </si>
   <si>
     <t>Valmir Bernardino de Oliveira Júnior, REQUER, de acordo com o Regimento Interno, ouvido o Plenário desta Casa, para que seja encaminhada a Mesa Diretora a sugestão da realização de uma AUDIÊNCIA PÚBLICA acerca da temática “FUNDO MUNICIPAL PARA INFÂNCIA E ADOLESCÊNCIA (FIA) E FUNDO MUNICIPAL DO IDOSO”, que se realizará em data a ser oficializada com a aprovação desta matéria.</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2011/requerimento_05-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2011/requerimento_05-2025.pdf</t>
   </si>
   <si>
     <t>Giliard Faustino da Silva, Requer, de acordo com o Regimento Interno, ouvindo o Plenário deste Casa, para que seja encaminhada a mesa Diretora a sugestão da realização de uma Audiência Pública para tratar dos impactos gerados pela construção da ponte que liga o Centro ao bairro Alto de Santa Luzia.</t>
   </si>
   <si>
     <t>2039</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2039/requerimento_no_06-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2039/requerimento_no_06-2025.pdf</t>
   </si>
   <si>
     <t>Solicitação de Informações, Documentos e Instauração de Procedimentos Para Apuração de Irregularidades na Construção da Ponte João Nogueira, Com Foco na Segurança de Imóveis Adjacentes e No Uso de Verba Pública.</t>
   </si>
   <si>
     <t>2068</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2068/requerimento_07-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2068/requerimento_07-2025.pdf</t>
   </si>
   <si>
     <t>Giliard Faustino da Silva, Requer de acordo com Regimento interno, ouvido o Plenário desta Casa, para que seja encaminhada a mesa Diretora a sugestão dos envio dos laudos de vistoria dos veículos utilizados no transporte escolar municipal, conforme previsto nas orientações do Centro de Apoio Operacional ás Promotorias de Justiça de Defesa da Cidadania, [ CAOP/Cidadania ] do Ministério Público do Rio Grande do Norte [ MPRN ].</t>
   </si>
   <si>
     <t>2069</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2069/requerimento_08-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2069/requerimento_08-2025.pdf</t>
   </si>
   <si>
     <t>Requer, de acordo com Regimento Interno, ouvido o Plenário desta Casa, para que seja encaminhada a Mesa Diretora a sugestão da inclusão das seguintes proposições na pauta da próxima sessão ordinária.</t>
   </si>
   <si>
     <t>2223</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2223/requerimento.09.2025__-_giliard.pdf</t>
+  </si>
+  <si>
     <t>Giliard Faustino da Silva, REQUER, de acordo com o Regimento Interno, ouvido o Plenário desta Casa, para que seja encaminhada a Mesa Diretora a sugestão da realização de uma Audiência Pública para debater o grave problema dos animais soltos em vias urbanas, estradas vicinais e rodovias do município de Nova Cruz/RN, situação que tem gerado acidentes, comprometido a saúde pública e colocado em risco o bem-estar dos próprios animais.</t>
   </si>
   <si>
     <t>2384</t>
   </si>
   <si>
     <t>Giliard Faustino da Silva, REQUER, de acordo com o Regimento Interno, ouvido o Plenário desta Casa, a sugestão de que seja disponibilizado a remessa de cópia integral de todos os processos licitatórios em que a empresa Decoled Indústria de Lâmpadas LED foi vencedora no período de 2019 a 2025.</t>
   </si>
   <si>
     <t>2385</t>
   </si>
   <si>
     <t>Giliard Faustino da Silva, REQUER, de acordo com o Regimento Interno, ouvido o Plenário desta Casa, a sugestão de indicar ao Poder Executivo Municipal, por meio da Secretaria Municipal de Assistência Social, solicitando informações oficiais sobre o Programa Habitacional em execução no município, especialmente quanto às unidades anunciadas para construção nas proximidades do Parque de Exposição.</t>
   </si>
   <si>
     <t>2412</t>
   </si>
   <si>
     <t>Sugerindo de que seja realizado um levantamento e encaminhado a esta Casa Legislativa a lista completa das ruas e logradouros públicos que ainda não possuem denominação oficial no município de Nova Cruz/RN.</t>
   </si>
   <si>
     <t>2414</t>
   </si>
   <si>
     <t>Valmir Bernardino de Oliveira Júnior, REQUER, que seja realizada Audiência Pública sobre a regulamentação de propaganda volante no município de Nova Cruz/RN.</t>
   </si>
   <si>
     <t>2424</t>
   </si>
   <si>
     <t>Giliard Faustino da Silva, REQUER, que seja realizada Audiência Pública destinada a debater o Projeto de Lei que institui a Política Municipal de Prevenção e Combate à Poluição Sonora, no município de Nova Cruz/RN.</t>
   </si>
   <si>
     <t>1706</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1706/indicacao_01-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1706/indicacao_01-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo a reforma do calçamento e iluminação em LED da Rua Professor Severino  Lourenço, Bosque das Mangueiras, localizado no bairro Alto de Santa Luzia.</t>
   </si>
   <si>
     <t>1707</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1707/indicacao_02-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1707/indicacao_02-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo a instalação de 04(quatro) postes de metal com iluminação em LED, na Rua João Basílio  da Silva , bairro Alto das Flores.</t>
   </si>
   <si>
     <t>1719</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1719/indicacao_03-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1719/indicacao_03-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o calçamento na Rua Getúlio Vagas, localizada no Centro da cidade.</t>
   </si>
   <si>
     <t>1720</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1720/indicacao_04-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1720/indicacao_04-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a manutenção do calçamento da Rua Alberto Maranhão ao lado do Campo do São Sebastião.</t>
   </si>
   <si>
     <t>1721</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1721/indicacao_05-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1721/indicacao_05-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo a realização de um estudo técnico para o reordenamento do trânsito no município, com ações voltadas à melhoria da mobilidade urbana, segurança e organização do tráfego.</t>
   </si>
   <si>
     <t>1722</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1722/indicacao_06-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1722/indicacao_06-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo a adoção das medidas necessárias para a realização de concurso público, principalmente nas áreas essenciais de Educação, Saúde e Segurança Pública Municipal.</t>
   </si>
   <si>
     <t>1723</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1723/indicacao_07-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1723/indicacao_07-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja instalado postes com iluminação de LED na comunidade do Juriti, neste município.</t>
   </si>
   <si>
     <t>1724</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1724/indicacao_08-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1724/indicacao_08-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o serviço de limpeza e recuperação da pavimentação do Cemitério Municipal e de suas imediações.</t>
   </si>
   <si>
     <t>1725</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1725/indicacao_09-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1725/indicacao_09-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja marcado uma reunião com o intuído de analisar um local adequado para que possamos tirar os carros que ficam estacionados na Rua Dr. Pedro Velho com a Rua 15 de Novembro para um local onde não prejudique a locomoção de veículos.</t>
   </si>
   <si>
     <t>1726</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1726/indicacao_10-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1726/indicacao_10-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o calçamento e iluminação de LED da rua Pantaleão Justino de Lima, no bairro do Planalto, neste município.</t>
   </si>
   <si>
     <t>1727</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1727/indicacao_11-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1727/indicacao_11-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o calçamento da rua Presidente Getúlio Vargas, e também a lateral do Plenário Samuel José de Melo.</t>
   </si>
   <si>
     <t>1728</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1728/indicacao_12-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1728/indicacao_12-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feita a reforma da escola de Lagoa da Mata que está desativada para que lá funcione o anexo do Posto de Saúde.</t>
   </si>
   <si>
     <t>1729</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1729/indicacao_13-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1729/indicacao_13-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que der continuidade ao calçamento das Rua da Comunidade Lagoa Limpa, mais precisamente ao lado da quadra e ao lado da Rodovia RN-120.</t>
   </si>
   <si>
     <t>1730</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1730/indicacao_14-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1730/indicacao_14-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o calçamento da Rua Severino Freire Barbosa, localizada no bairro Vista do Sol, neste município.</t>
   </si>
   <si>
     <t>1731</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1731/indicacao_15-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1731/indicacao_15-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que proceda com as recuperações das paradas de ônibus, principalmente com as paradas das comunidades de Maranhão, Conceição, Assentamento, Lagoa de Serra e do Sítio Espinho, neste município.</t>
   </si>
   <si>
     <t>1732</t>
   </si>
   <si>
     <t>José Jeconias Barbosa (Nia Salú), Marione de Alburqueque Moreira (Marione Moreira)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1732/indicacao_16-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1732/indicacao_16-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja construída uma quadra de esporte na Comunidade do Xique-Xique, neste município.</t>
   </si>
   <si>
     <t>1733</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1733/indicacao_17-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1733/indicacao_17-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feita a limpeza da Lagoa do bairro Alto de Santa Luzia e que seja construído uma área de lazer no mesmo.</t>
   </si>
   <si>
     <t>1734</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1734/indicacao_18-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1734/indicacao_18-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja dada a continuidade da construção do Estádio Municipal de Futebol.</t>
   </si>
   <si>
     <t>1712</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1712/indicacao_19-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1712/indicacao_19-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja solicitado ao Excelentíssimo Senhor Prefeito Municipal, informações referentes ao Programa "IPTU PREMIADO" instituído pelo Decreto nº 303/2025.</t>
   </si>
   <si>
     <t>1713</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1713/indicacao_20-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1713/indicacao_20-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja solicitado a Senhora Adnaide de Araújo Dantas Oliveira, Secretária Municipal de Saúde, o envio das seguintes informações:_x000D_
 1.	Relação detalhada de todos os medicamentos dispensados pela rede municipal de saúde nos últimos 60 (sessenta) dias, especificando a descrição de cada medicamento, os quantitativos entregues e os serviços responsáveis pela dispensação, sejam eles a farmácia básica ou as unidades de saúde;_x000D_
 2.	Informações sobre os critérios adotados para a dispensação dos medicamentos no referido período.</t>
   </si>
   <si>
     <t>1714</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1714/indicacao_21-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1714/indicacao_21-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feita uma reforma e manutenção (estrutura física e de equipamentos) referente a Casa de Cultura deste Município.</t>
   </si>
   <si>
     <t>1715</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1715/indicacao_22-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1715/indicacao_22-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a construção de uma passagem molhada na estrada que dá acesso as comunidades do Mourisco e Lagoa do Couro.</t>
   </si>
   <si>
     <t>1716</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1716/indicacao_23-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1716/indicacao_23-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a construção de uma passagem molhada que ligará a estrada da Comunidade de Conceição ao Sitio Curralinho.</t>
   </si>
   <si>
     <t>1717</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1717/indicacao_24-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1717/indicacao_24-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a construção de uma passagem molhada que ligará a zona urbana do município com a comunidade do Boqueirão, mais precisamente na estrada por trás do Cemitério Municipal.</t>
   </si>
   <si>
     <t>1736</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1736/indicacao_25-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1736/indicacao_25-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo um caminhão de areia, para um “campinho” próxima a Creche Maria Tavares no bairro São Judas Tadeu.</t>
   </si>
   <si>
     <t>1737</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1737/indicacao_26-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1737/indicacao_26-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo a reforma da quadra de esportes do bairro Santa Luzia.</t>
   </si>
   <si>
     <t>1739</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1739/indicacao_27-2025..pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1739/indicacao_27-2025..pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feita uma casa de apoio em Natal destinado para pacientes do municipio.</t>
   </si>
   <si>
     <t>1738</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1738/indicacao_28-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1738/indicacao_28-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feita a reforma das quadras municipais, inclusive das comunidades.</t>
   </si>
   <si>
     <t>1740</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1740/indicacao_29-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1740/indicacao_29-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja construida uma quadra de esporte na comunidade de lagoa verde, neste municipio.</t>
   </si>
   <si>
     <t>1741</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1741/indicacao_30-2025..pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1741/indicacao_30-2025..pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja construida uma praça publica na comunidade do jatoba com academia, neste municipio.</t>
   </si>
   <si>
     <t>1742</t>
   </si>
   <si>
     <t>José Jeconias Barbosa (Nia Salú), Patrícia Maria de Lima Silva (Patrícia Lima)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1742/indicacao_31-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1742/indicacao_31-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja instaladas iluminações de LED na comunidade de lagoa da mata, neste municipio.</t>
   </si>
   <si>
     <t>1743</t>
   </si>
   <si>
     <t>Felipe da Costa Vicente (Felipe Vicente), Tiago da Costa de Araújo (Tiago Araújo)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1743/indicacao_32-2025..pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1743/indicacao_32-2025..pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja construída uma praça no Bairro Antônio Peixoto, neste município.</t>
   </si>
   <si>
     <t>1744</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1744/indicacao_33-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1744/indicacao_33-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo a construção do calçamento da estrada que liga a pista até a escola da Comunidade de Lagoa Limpa do Fernando, neste município.</t>
   </si>
   <si>
     <t>1749</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1749/indicacao_34-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1749/indicacao_34-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo a retomada da construção do Campo do Palmeiras, localizado após a Lagoa do Catolé, no Bairro Bela Vista, em área pertencente ao município de Nova Cruz.</t>
   </si>
   <si>
     <t>1745</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1745/indicacao_35-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1745/indicacao_35-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo a revitalização e cobertura da quadra de esporte e lazer da Comunidade de Lagoa de Serra da Lapa.</t>
   </si>
   <si>
     <t>1750</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1750/indicacao_36-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1750/indicacao_36-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo a construção de uma quadra Municipal destinado para a Comunidade de Lagoa Limpa do Fernandes.</t>
   </si>
   <si>
     <t>1887</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1887/indicacao_37-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1887/indicacao_37-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja retomada a construção do calçamento que liga a pista até a passagem molhada da Comunidade de Lagoa de Serra da Lapa.</t>
   </si>
   <si>
     <t>1748</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Aluísio Soares de Sena (Aluísio Sena), Giliard Faustino da Silva (Giliard Faustino)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1748/indicacao_38-2025..pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1748/indicacao_38-2025..pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o calçamento do Sitio Catolé, neste município.</t>
   </si>
   <si>
     <t>1751</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1751/indicacao_39-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1751/indicacao_39-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a complementação do calçamento da Rua Jose Batista da Silva.</t>
   </si>
   <si>
     <t>1752</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1752/indicacao_40-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1752/indicacao_40-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que proceda com a passagem das máquinas em todas as estradas vicinais deste município.</t>
   </si>
   <si>
     <t>1753</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1753/indicacao_41-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1753/indicacao_41-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizado a melhoria da estrada de Lagoa de Serra, que liga o Posto de Saúde da comunidade, até a família “dos Beija”, assim como a implementação da iluminação de LED.</t>
   </si>
   <si>
     <t>1754</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1754/indicacao_42-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1754/indicacao_42-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizado o estudo para analisar a possível pavimentação do assentamento José Rodrigues Sobrinho.</t>
   </si>
   <si>
     <t>1755</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1755/indicacao_43-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1755/indicacao_43-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja reintegrado ao calendário municipal a Jornada do Autismo.</t>
   </si>
   <si>
     <t>1756</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1756/indicacao_44-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1756/indicacao_44-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja implantada aqui na nossa cidade a guarda municipal.</t>
   </si>
   <si>
     <t>1757</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1757/indicacao_45-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1757/indicacao_45-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja construído uma Quadra de Esporte na comunidade de Lagoa do Couro, neste município.</t>
   </si>
   <si>
     <t>1758</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1758/indicacao_46-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1758/indicacao_46-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito todo o serviço de capinagem na comunidade de Lagoa Limpa.</t>
   </si>
   <si>
     <t>1760</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1760/indicacao_47-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1760/indicacao_47-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a complementação do asfalto da  Rua Geraldo Peixoto Mariano, localizada no Bairro Planalto, neste município.</t>
   </si>
   <si>
     <t>1761</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1761/indicacao_48-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1761/indicacao_48-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja solicitado um oficio a secretaria de Transito do Estado, para que viesse se fazer um estudo logístico para as seguintes vias, Rua Capitão José da Penha e Rua 18 de Abril.</t>
   </si>
   <si>
     <t>1762</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1762/indicacao_no_49-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1762/indicacao_no_49-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que por meio da Secretaria Municipal de Saúde, seja solicitada a adoção das providencias necessárias para a contratação de medico padiatra para atuar no Hospital Municipal Monsenhor Pedro Moura.</t>
   </si>
   <si>
     <t>1763</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1763/indicacao_no50-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1763/indicacao_no50-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que por meio da Secretaria Municipal de Saúde, seja solicitado o envio das seguintes informações e providencias; 1.Copia atualizada da lista de espera para cirurgias e exames, informando a quantidade de pacientes por tipo de procedimento, garantindo a proteção dos dados pessoais conforme a legislação 2. Critérios de priorização na fila de espera, incluindo fatores considerados na definição das prioridades, urgências ~e preferencias regulamentadas 3.Previsão de atendimento para os procedimentos mais demandados; 4. Criação de mecanismo públicos e acessíveis para que os pacientes possam consultar sua posição na fila e o andamento do atendimento de forma transparente nos canais oficias da prefeitura.</t>
   </si>
   <si>
     <t>1765</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1765/indicacao_no_51-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1765/indicacao_no_51-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja estudada adoções das medidas necessárias para a implementação de eleições diretas para gestores escolares da rede municipal de ensino.</t>
   </si>
   <si>
     <t>1766</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1766/indicacao_no52-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1766/indicacao_no52-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja adotado medidas necessárias para garantir a oferta de desjejum a todos os alunos da rede municipal de ensino.</t>
   </si>
   <si>
     <t>1767</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1767/indicacao_no52-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1767/indicacao_no52-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo a adoção das medidas necessárias para a contratação de veículos rodoviários adequados para o transporte dos estudantes que se deslocam até Natal para cursar o ensino superior e técnico.</t>
   </si>
   <si>
     <t>1768</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1768/indicacao_54-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1768/indicacao_54-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo a criação de uma farmácia de manipulação municipal.</t>
   </si>
   <si>
     <t>1770</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1770/indicacao_no55-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1770/indicacao_no55-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo a implementação de um “quebra molas” ou “tartarugas,” no cruzamento da Rua Primeiro de Maio com a Rua José Bonifácio, próximo ao reforço escolar Castelinho do Saber e a Escola Estadual Getúlio Vargas.</t>
   </si>
   <si>
     <t>1771</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>Thiago de Araújo Silva (Thiago Cassimiro), Anne Gabriela Moreira de Souza Melo (Gabi Melo)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1771/indicacao_no56-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1771/indicacao_no56-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja construído um Centro Especializado em Terapia ABA, para crianças e adolescentes com o Transtorno do Espectro Autista (TEA) e demais especialidades.</t>
   </si>
   <si>
     <t>1772</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1772/indicacao_no57-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1772/indicacao_no57-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que retorne uma feira livre, assim como a reabertura do Açougue Público, para a Rua Doutor Pedro Velho, popularmente conhecida como “Rua Grande.”</t>
   </si>
   <si>
     <t>1773</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1773/indicacao_58-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1773/indicacao_58-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a complementação do calçamento e também implementação das lâmpadas de LED na Rua Maria Felismina da Conceição, neste município.</t>
   </si>
   <si>
     <t>1774</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1774/indicacao_59-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1774/indicacao_59-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo a esta Casa Legislativa que seja revisto com brevidade, questões referentes a acessibilidade aos gabinetes e na parte superior do prédio da Câmara Municipal de Nova Cruz /RN</t>
   </si>
   <si>
     <t>1779</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1779/indicacao_no_60-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1779/indicacao_no_60-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feita melhorias no transporte que conduz os alunos das comunidades do Maranhão, Trigueiro e Lagoa de Serra da Lapa, neste município.</t>
   </si>
   <si>
     <t>1780</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>Marione de Alburqueque Moreira (Marione Moreira), Roberto Augusto de Morais Segundo (Bimbo)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1780/indicacao_no_61-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1780/indicacao_no_61-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feita uma Unidade de Pronto Atendimento Veterinário [UPA-VET], neste município.</t>
   </si>
   <si>
     <t>1781</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1781/indicacao_62-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1781/indicacao_62-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja instalado um poço na comunidade do Lajedo da Onça, neste município.</t>
   </si>
   <si>
     <t>1782</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1782/indicacao_63-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1782/indicacao_63-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizada a coleta de lixo na comunidade do XIQUE XIQUE e Jatobá ao menos duas vezes  na semana.</t>
   </si>
   <si>
     <t>1783</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>José Jeconias Barbosa (Nia Salú), Giliard Faustino da Silva (Giliard Faustino), Patrícia Maria de Lima Silva (Patrícia Lima)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1783/indicacao_64-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1783/indicacao_64-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja construído um Teatro Municipal na nossa cidade.</t>
   </si>
   <si>
     <t>1784</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1784/indicacao_no65-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1784/indicacao_no65-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja construído uma praça pública com parque infantil e academia popular no bairro do Planalto.</t>
   </si>
   <si>
     <t>1785</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1785/indicacao_no_66-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1785/indicacao_no_66-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo a construção do calçamento e implantação de iluminação de LED na Comunidade do Fernando da Pista, ligando do asfalto até a residência de seu Nozinho Amaro, em área pertencente ao município de Nova Cruz.</t>
   </si>
   <si>
     <t>1786</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1786/indicacao_no_67-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1786/indicacao_no_67-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizada a limpeza, com roço e capinagem, da estrada que liga a RN-269 a comunidade do Serrote dos Bezerra.</t>
   </si>
   <si>
     <t>1787</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>Carlos César F. de Melo (César de Augustinho), Patrícia Maria de Lima Silva (Patrícia Lima)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1787/indicacao_68-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1787/indicacao_68-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a construção de um Centro de Velório e uma capela no Cemitério do nosso Município.</t>
   </si>
   <si>
     <t>1788</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1788/indicacao_no_69-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1788/indicacao_no_69-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja implementado na praça de eventos do nosso município, a noite do karaokê.</t>
   </si>
   <si>
     <t>1789</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1789/indicacao_no_70-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1789/indicacao_no_70-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a capinagem do sitio juriti a lagoa Limpa do Fernandes, neste município.</t>
   </si>
   <si>
     <t>1790</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1790/indicacao_no71-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1790/indicacao_no71-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja constuído dois quebra-molas nas travessas André dias com a Felipe Camarão no Bairro do Salgado.</t>
   </si>
   <si>
     <t>1791</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1791/indicacao_no_72-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1791/indicacao_no_72-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja adotada medidas necessárias para a criação do centro de Referência á saúde da Mulher.</t>
   </si>
   <si>
     <t>1792</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1792/indicacao_no_73-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1792/indicacao_no_73-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja enviado um projeto de lei que amplie a lincença-maternidade das servidoras públicas municipais para 6 [seis] meses.</t>
   </si>
   <si>
     <t>1793</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1793/indicacao_no_74.2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1793/indicacao_no_74.2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o calçamento da Rua Lauro Soares.</t>
   </si>
   <si>
     <t>1794</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1794/indicacao_no_75-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1794/indicacao_no_75-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja efetuado a limpeza da bueira na travessa José Menezes com Antônio Basílio de Melo, vizinho a casa de Vitor Flor.</t>
   </si>
   <si>
     <t>1795</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1795/indicacao_no_76-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1795/indicacao_no_76-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que o carro fumacê volte a passar pela Zona Urbana e Rural deste município.</t>
   </si>
   <si>
     <t>1796</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1796/indicacao_no_77-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1796/indicacao_no_77-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizada a limpeza do calçadão do Portal no bairro do Alto de Santa Luzia.</t>
   </si>
   <si>
     <t>1797</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1797/indicacao_78-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1797/indicacao_78-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja analisado a possibilidade de desmembrar o Posto de Saúde das comunidades de Lagoa Limpa com o XIQUE XIQUE, neste município.</t>
   </si>
   <si>
     <t>1798</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1798/indicacao_79-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1798/indicacao_79-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja construída uma praça com academia na comunidade do Arisco do Serrote, precisamente ao lado da capela da comunidade.</t>
   </si>
   <si>
     <t>1799</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1799/indicacao_no_80.2025..pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1799/indicacao_no_80.2025..pdf</t>
   </si>
   <si>
     <t>Sugerindo que determine ao setor competente que tome providências quanto á limpeza e manutenção do córrego e bueiros nas imediações das ruas Djalma Dutra e Égidio I. Pereira, no bairro CEDRON, Nova Cruz-RN.</t>
   </si>
   <si>
     <t>1800</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1800/indicacao_no_81.2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1800/indicacao_no_81.2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que determine ao setor competente que tome providências quanto á implantação do atendimento noturno no Centro de Fisioterapia do Município de Nova Cruz-RN.</t>
   </si>
   <si>
     <t>1801</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1801/indicacao_no82.2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1801/indicacao_no82.2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que determine ao setor competente que tome providências quanto á implantação de iluminação de LED nos Loteamentos Bosque das Mangueiras 1,2 e 3, localizados no Bairro Santa Luzia, Nova Cruz-RN.</t>
   </si>
   <si>
     <t>1802</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1802/indicacao_no83-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1802/indicacao_no83-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizado o saneamento básico, na rua José Batista da Silva, na entrada do bairro Antônio Peixoto Mariano.</t>
   </si>
   <si>
     <t>1803</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1803/indicacao_no_84.2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1803/indicacao_no_84.2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja construída uma rotatória, nos cruzamentos das ruas Senador Georgino Avelino com  a Rua Cônego Luiz Adolfo, próximo ao Centro de Fisioterapia.</t>
   </si>
   <si>
     <t>1804</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1804/indicacao_no85-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1804/indicacao_no85-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja construída uma lombada na Rua Presidente Getúlio Vargas, nas proximidades do Banco do Brasil.</t>
   </si>
   <si>
     <t>1805</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1805/indicacao_no_86.2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1805/indicacao_no_86.2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que determine ao setor competente que tome providências quanto à implantação de iluminação de LED na comunidade rural do Assentamento José Rodrigues Sobrinho, Nova Cruz – RN.</t>
   </si>
   <si>
     <t>1806</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1806/indicacao_no_87.2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1806/indicacao_no_87.2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que determine ao setor competente que tome providências quanto à implantação de um anexo do Posto de Saúde na comunidade rural da Fortaleza, Nova Cruz – RN.</t>
   </si>
   <si>
     <t>1825</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1825/indicacao_no_88-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1825/indicacao_no_88-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja retomada a construção do calçamento do calçamento da Rua Severino Freire Barbosa, localizada no bairro do Planalto, este município.</t>
   </si>
   <si>
     <t>1826</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1826/indicacao_no_89-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1826/indicacao_no_89-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja retomada a construção do calçamento da Rua Severino Freire Barbosa, localizada no bairro do Planalto, neste município.</t>
   </si>
   <si>
     <t>1828</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1828/indicacao_no_90-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1828/indicacao_no_90-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja  tomada adoções das providências  necessárias para disponibilização de informações sobre as especialidades médicas da Policlínica Municipal, incluindo a quantidade de atendimento disponíveis e o cronograma de funcionamento.</t>
   </si>
   <si>
     <t>1829</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1829/indicacao_no_91-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1829/indicacao_no_91-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja tomada adoções das providência necessárias para a construção de um anexo da Unidade Básica de Saúde (UBS) na comunidade do Catolé, neste município.</t>
   </si>
   <si>
     <t>1830</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1830/indicacao_no_92-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1830/indicacao_no_92-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja estudada a possibilidade de ampliação do Cemitério Público de cidade de Nova Cruz/RN.</t>
   </si>
   <si>
     <t>1831</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1831/indicacao_n_93.2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1831/indicacao_n_93.2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja seja implantada o fornecimento de água encanada para a Comunidade do Bujari, mais precisamente, á população que reside após o Rio Curimataú.</t>
   </si>
   <si>
     <t>1832</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1832/indicacao_no_94.2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1832/indicacao_no_94.2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja disponibilizado uma Van para para os alunos que estudam na cidade , das comunidades do Relâmpago, Lagoa da Mata  e  Lagoa Verde, neste município.</t>
   </si>
   <si>
     <t>1833</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1833/indicacao_no_95-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1833/indicacao_no_95-2025.pdf</t>
   </si>
   <si>
     <t>sugerindo a volta da feira livre para o pátio do mercado público do nosso município</t>
   </si>
   <si>
     <t>1834</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1834/indicacao_no_96-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1834/indicacao_no_96-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito uma reunião para que possamos ver uma maneira de transformar o nosso município em um Polo de Carne Suína na região.</t>
   </si>
   <si>
     <t>1835</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1835/indicacao_no_97-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1835/indicacao_no_97-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja a reabertura da Maternidade do município.</t>
   </si>
   <si>
     <t>1836</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1836/indicacao_no_98-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1836/indicacao_no_98-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feita das salas de aulas da Escola Municipal José Targino na comunidade da Conceição, neste município.</t>
   </si>
   <si>
     <t>1837</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1837/indicacao_no_99-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1837/indicacao_no_99-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o calçamento e a implantação  lâmpadas de  LED, na Rua Luiz Pedro da Costa  no Bairro do Planalto.</t>
   </si>
   <si>
     <t>1838</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1838/indicacao_no_100-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1838/indicacao_no_100-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja construído um Posto de  Saúde na comunidade do Lima, neste município.</t>
   </si>
   <si>
     <t>1839</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1839/indicacao_no_101-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1839/indicacao_no_101-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja construída uma lombada na Rua 6 de Julho, localizado no bairro São Sebastião, neste município.</t>
   </si>
   <si>
     <t>1840</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1840/indicacao_no_102-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1840/indicacao_no_102-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizado o calçamento e iluminação de LED da Rua  Luiz da Costa, localizada no bairro Vista do Sol, neste município.</t>
   </si>
   <si>
     <t>1841</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1841/indicacao_no_103.2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1841/indicacao_no_103.2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja disponibilizado um telefone fixo na recepção do Hospital Monsenhor Pedro Moura e na sala da Assistência Social do mesmo.</t>
   </si>
   <si>
     <t>1842</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1842/indicacao_no_104.2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1842/indicacao_no_104.2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo para que seja construído o calçamento da Rua Professor Manoel Elias, no bairro do Planalto, neste municipio.</t>
   </si>
   <si>
     <t>1843</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1843/indicacao_no_105.2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1843/indicacao_no_105.2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo a construção de uma praça  ao lado da Capela, na Comunidade de Capim-Açu, nesta município.</t>
   </si>
   <si>
     <t>1844</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1844/indicacao_no_106-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1844/indicacao_no_106-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizado o estudo, para instalação de um "quebra molas" na Rua Sargento Pinheiro, próximo ao Sesc Ler, no bairro Frei Damião.</t>
   </si>
   <si>
     <t>1845</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1845/indicacao_no_107-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1845/indicacao_no_107-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizada a manutenção dos playgrounds, "parquinhos" instalados nas praças públicas da cidade.</t>
   </si>
   <si>
     <t>1846</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1846/indicacao_no_108-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1846/indicacao_no_108-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja instalada lixeiras seletivas em frente as escolas municipais.</t>
   </si>
   <si>
     <t>1847</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>Thiago de Araújo Silva (Thiago Cassimiro), Valmir Bernardino de Oliveira Júnior (Juninho)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1847/indicacao_no_109-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1847/indicacao_no_109-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo a criação de uma Farmácia de Manipulação Municipal</t>
   </si>
   <si>
     <t>1856</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1856/indicacao_no_110-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1856/indicacao_no_110-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o serviço de limpeza e manutenção adequada no final da rua José Bonifácio, mais precisamente nas proximidades do cruzamento com a Rua Professora Leonara Rocha até a Rua José Batista da Silva.</t>
   </si>
   <si>
     <t>1857</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1857/indicacao_111-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1857/indicacao_111-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja solicitado através de um Oficio, esclarecimento para a companhia de abastecimento de Água do nosso município [ CAERN], em relação de como está sendo feito o remanejamento da encanação na Rua Senador Georgino Avelino.</t>
   </si>
   <si>
     <t>1858</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1858/indicacao_no_112-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1858/indicacao_no_112-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja apresentado o calendário de Eventos  Anuais do Município.</t>
   </si>
   <si>
     <t>1859</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1859/indicacao_no_113-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1859/indicacao_no_113-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que coloque uma carrada de metralha entre a Fazenda Lapa e a Comunidade de Lagoa do Couro, neste município.</t>
   </si>
   <si>
     <t>1860</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1860/indicacao_no_114-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1860/indicacao_no_114-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que passe a máquina patrol na estrada da comunidade do Gravatá, assim que o período chuvoso passar.</t>
   </si>
   <si>
     <t>1861</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1861/indicacao_no_115-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1861/indicacao_no_115-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que proceda com a limpeza do Cemitério localizado na comunidade de Fortaleza, neste município.</t>
   </si>
   <si>
     <t>1862</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1862/indicacao_no_116-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1862/indicacao_no_116-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja retomada a construção do calçamento que liga da quadra até as casas posteriores e a quadra na Comunidade do Serrote dos Bezerras.</t>
   </si>
   <si>
     <t>1863</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>Maria Elizabete S. de Carvalho Barbosa (Bete Salú), Patrícia Maria de Lima Silva (Patrícia Lima)</t>
   </si>
   <si>
     <t>Sugerindo que assim que possível, seja colocado aterro na via que liga a estrada principal da comunidade de Lagoa de Serra até a Igreja Católica próximo a Escola Municípal George Augusto Carneiro Costa.</t>
   </si>
   <si>
     <t>1864</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1864/indicacao_no_118-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1864/indicacao_no_118-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja enviado a esta casa legislativa o cronograma atualizado com os dias de atendimento médico em cada uma das Unidades Básicas de Saúde do município.</t>
   </si>
   <si>
     <t>1865</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1865/indicacao_no_119-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1865/indicacao_no_119-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja adotada as medidas necessárias para a implantação do núcleo Interno de Regulação [NIR] no Hospital Municipal Monsenhor Pedro Moura.</t>
   </si>
   <si>
     <t>1866</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1866/indicacao_no_120-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1866/indicacao_no_120-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo a adoção das medidas necessárias para a reforma da quadra poliesportiva da Comunidade de Primeira Lagoa.</t>
   </si>
   <si>
     <t>1867</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1867/indicacao_no_121-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1867/indicacao_no_121-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja reformada a quadra de esporte da comunidade de Lagoa Seca, neste município.</t>
   </si>
   <si>
     <t>1868</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1868/indicacao_no_122-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1868/indicacao_no_122-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizado o estudo, para instalação de um Quebra Molas na Rua Sargento Pinheiro, próximo ao Sesc Ler, bairro Frei Damião.</t>
   </si>
   <si>
     <t>1873</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1873/indicacao_no_123-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1873/indicacao_no_123-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja construída uma quadra de esportes na comunidade do trigueiro</t>
   </si>
   <si>
     <t>1874</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1874/indicacao_no_124-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1874/indicacao_no_124-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja aumentado os dias de coleta de lixo do Bairro Planalto.</t>
   </si>
   <si>
     <t>1875</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>Thiago de Araújo Silva (Thiago Cassimiro), Tiago da Costa de Araújo (Tiago Araújo)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1875/indicacao_no_125-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1875/indicacao_no_125-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizada a limpeza do bueiro, bem como a possibilidade de uma obra de infraestrutura, da Rua Oscar Firmino de Medeiros, bairro do Alto das Flores, vizinho a Escola EPOC.</t>
   </si>
   <si>
     <t>1877</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1877/indicacao_no_126-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1877/indicacao_no_126-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja implantadas lâmpadas de LED nas comunidades do Juriti, Cachoeira, Capim Açu, Lima e Bom Pastor.</t>
   </si>
   <si>
     <t>1878</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1878/indicacao_no_127-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1878/indicacao_no_127-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizado os campeonatos municipais anualmente.</t>
   </si>
   <si>
     <t>1879</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1879/indicacao_no_128-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1879/indicacao_no_128-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feita a instalação de lâmpadas de LED na comunidade de Lagoa da Mata e Lajedo do Paiva.</t>
   </si>
   <si>
     <t>1880</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1880/indicacao_no_129-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1880/indicacao_no_129-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feita a capinagem do prédio ao lado do Posto de Saúde Luiz da Costa Prudêncio, no bairro Frei Damião.</t>
   </si>
   <si>
     <t>1881</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>Patrícia Maria de Lima Silva (Patrícia Lima), Maria Elizabete S. de Carvalho Barbosa (Bete Salú)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1881/indicacao_no_130-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1881/indicacao_no_130-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feita a revitalização da Praça da comunidade do Serrote dos Bezerras e que seja colocado o nome de José Gomes Bezerra.</t>
   </si>
   <si>
     <t>1882</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1882/indicacao_no_131-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1882/indicacao_no_131-2025.pdf</t>
   </si>
   <si>
     <t>Sugerido que seja os prédios públicos que se encontram desativados em nosso município possam ser destinados a sediar atividades benéficas a população nova-cruzense</t>
   </si>
   <si>
     <t>1888</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1888/indicacao_132-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1888/indicacao_132-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o serviço de recuperação do calçamento e a finalização da pavimentação asfáltica na José Rua Otaviano de Souza.</t>
   </si>
   <si>
     <t>1889</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1889/indicacao_133-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1889/indicacao_133-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o serviço de pavimentação a paralelepípedo e se possível o recapeamento asfáltico na Rua Lauro Soares, no Bairro do Planalto.</t>
   </si>
   <si>
     <t>1890</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1890/indicacao_134-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1890/indicacao_134-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que proceda com a colocação de metralha entre a antiga escola da Comunidade de três voltas e a subida para a Comunidade de Tabocas e também na subida para o Sítio Forma.</t>
   </si>
   <si>
     <t>1891</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1891/indicacao_135-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1891/indicacao_135-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja reconhecida como Utilidade Pública Municipal a Associação Filhos da Lapa.</t>
   </si>
   <si>
     <t>1892</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1892/indicacao_136.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1892/indicacao_136.pdf</t>
   </si>
   <si>
     <t>Sugerindo que providencie uma geladeira para a Unidade Básica de Saúde Localizado na comunidade de Três Voltas, neste município.</t>
   </si>
   <si>
     <t>1893</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1893/indicacao_137-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1893/indicacao_137-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo a construção do calçamento e iluminação em LED da estrada que liga da Escola até a Igreja Católica da Comunidade do Barbaço.</t>
   </si>
   <si>
     <t>1894</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1894/indicacao_138-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1894/indicacao_138-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja retomado os projetos ligados a educação ambiental nas escolas do municipal de Nova Cruz-RN.</t>
   </si>
   <si>
     <t>1895</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1895/indicacao_139-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1895/indicacao_139-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que sejam adotadas medidas necessárias para informatização dos serviços oferecidos aos servidores públicos municipais e aos Cidadãos.</t>
   </si>
   <si>
     <t>1896</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1896/indicacao_140-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1896/indicacao_140-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja construída duas lombadas em uma rua que foi calçada no Sitio Arisco do Serrote próximo a igreja Nossa Senhora Rainha da Paz</t>
   </si>
   <si>
     <t>1897</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1897/indicacao_141-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1897/indicacao_141-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja estudada a possibilidade de ser feito uma revitalização do antigo prédio do PET em Lagoa Limpa para que se torne um Centro Social.</t>
   </si>
   <si>
     <t>1898</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1898/indicacao_142-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1898/indicacao_142-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja estudada a possibilidade de revitalizar o prédio onde funcionava a antiga TELERNE com o objetivo de ser construído uma copa para que assim, seja ampliada a cozinha da Escola da Comunidade de Lagoa Limpa.</t>
   </si>
   <si>
     <t>1899</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1899/indicacao_143.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1899/indicacao_143.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja retomado o projeto Saúde Itinerante, que atende aos bairros e comunidades deste município.</t>
   </si>
   <si>
     <t>1900</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>Tiago da Costa de Araújo (Tiago Araújo), Thiago de Araújo Silva (Thiago Cassimiro)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1900/indicacao_144-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1900/indicacao_144-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja acelerada as obras de manutenção dos canos, na Rua Senador Georgino Avelino.</t>
   </si>
   <si>
     <t>1901</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1901/indicacao_145-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1901/indicacao_145-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja fornecido kits esportivos para as equipes que participam de campeonatos municipais, como ternos, bolas e equipamentos para a equipe assistencial.</t>
   </si>
   <si>
     <t>1902</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>José Jeconias Barbosa (Nia Salú), Thiago de Araújo Silva (Thiago Cassimiro)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1902/indicacao_146-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1902/indicacao_146-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja construída uma praça com a academia ao lado da igreja na comunidade de Lagoa Verde, neste município.</t>
   </si>
   <si>
     <t>1903</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1903/indicacao_147-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1903/indicacao_147-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja disponibilizado ventiladores para o CCI.</t>
   </si>
   <si>
     <t>1904</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1904/indicacao_148-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1904/indicacao_148-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja construída uma quadra de esporte na comunidade de Lajedo da Onça.</t>
   </si>
   <si>
     <t>1906</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1906/indicacao_149-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1906/indicacao_149-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo a manutenção da estrada e passagem da máquina motoniveladora na comunidade Fortaleza, neste município.</t>
   </si>
   <si>
     <t>1907</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1907/indicacao_150-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1907/indicacao_150-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a complementação do calçamento e a instalação de  lâmpadas de LED na Rua Renato José de Melo no Bairro do Planalto.</t>
   </si>
   <si>
     <t>1908</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1908/indicacao_151-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1908/indicacao_151-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a reforma da quadra do Marcio Marinho.</t>
   </si>
   <si>
     <t>1909</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1909/indicacao_152-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1909/indicacao_152-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a reforma da quadra da comunidade do Juriti.</t>
   </si>
   <si>
     <t>1910</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1910/indicacao_153-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1910/indicacao_153-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a recuperação da pavimentação da Rua Urtigal, mais precisamente no final na Rua Marechal Dutra.</t>
   </si>
   <si>
     <t>1916</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1916/indicacao_154-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1916/indicacao_154-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que  proceda com o desaterramento e a limpeza da lagoa localizada na comunidade de primeira Lagoa neste município.</t>
   </si>
   <si>
     <t>1917</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1917/indicacao_155-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1917/indicacao_155-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que determine ao setor competente que tome providências quanto á implantação de iluminação de LED nas margens da RN-269, entre a comunidade denominada Lapa e a entrada da cidade.</t>
   </si>
   <si>
     <t>1918</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1918/ndicacao_156-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1918/ndicacao_156-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja construído um vestiário no Campo público de futebol, na comunidade de Lagoa de Serra.</t>
   </si>
   <si>
     <t>1919</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1919/indicacao_157-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1919/indicacao_157-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja construído uma praça com academia para exercícios físicos na localidade do Arisco da comunidade de Lagoa de Serra, mais precisamente no espaço público que há em frente á residência de seu Zé Motor.</t>
   </si>
   <si>
     <t>1920</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1920/indicacao__158-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1920/indicacao__158-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja enviada as cópias das escalas de trabalho dos profissionais lotados no Hospital Municipal Monsenhor Pedro Moura, referentes aos últimos três meses.</t>
   </si>
   <si>
     <t>1921</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1921/indicacao_159-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1921/indicacao_159-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja adotada medidas necessárias para a implantação do Núcleo de Segurança do Paciente no Hospital Municipal Monsenhor Pedro Moura.</t>
   </si>
   <si>
     <t>1922</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1922/indicacao_160-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1922/indicacao_160-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizado um mutirão com serviços de limpeza no bairro São Judas Tadeu.</t>
   </si>
   <si>
     <t>1923</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1923/indicacao_161-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1923/indicacao_161-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o calçamento em paralelepípedo na rua Severino Freire Barbosa no Bairro Vista do Sol.</t>
   </si>
   <si>
     <t>1924</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1924/indicacao_162-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1924/indicacao_162-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o calçamento e a implantação de lapadas de LED na Rua José Batista da Silva.</t>
   </si>
   <si>
     <t>1925</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>Anne Gabriela Moreira de Souza Melo (Gabi Melo), Carlos César F. de Melo (César de Augustinho)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1925/indicacao_163-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1925/indicacao_163-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja construído o calçamento e a instalação da iluminação em LED na comunidade do Xique-Xique, neste município.</t>
   </si>
   <si>
     <t>1926</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1926/indicacao__164-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1926/indicacao__164-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que veja com a COSERN  a ligação dos 11 poços tubulares das comunidades de Primeira Lagoa, Lagoa Seca, Pedra Tapada, Lagoa Limpa do Fernando, Juriti, Capim Açú II, Xique-Xique, Capim Açú dos Felipe, Cachoeira do Juriti e Lagoa do Couro, que foram contemplados pela Fundação Nacional de Saúde [ FUNASA] do governo federal.</t>
   </si>
   <si>
     <t>1927</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1927/indicacao_165-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1927/indicacao_165-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizada a manutenção e limpeza da cisterna e do posto de saúde da Comunidade de Primeira Lagoa, deste município,</t>
   </si>
   <si>
     <t>1928</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1928/indicacao_166-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1928/indicacao_166-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizado o Saneamento básico da Rua Deputado Márcio Marinho, localizada no bairro do planalto.</t>
   </si>
   <si>
     <t>1929</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1929/indicacao_167-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1929/indicacao_167-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feita a manutenção e revitalização do centro social da comunidade dos serrotes dos bezerras, neste município.</t>
   </si>
   <si>
     <t>1930</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1930/indicacao_168-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1930/indicacao_168-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito serviço de limpeza e Capinagem na lateral do muro do IFRN.</t>
   </si>
   <si>
     <t>1931</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1931/indicacao_169-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1931/indicacao_169-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o serviço de pavimentação a paralelepípedo na Rua José Alexandre da Silva, mais precisamente a rua que da acesso ao antigo Matadouro do nosso Município.</t>
   </si>
   <si>
     <t>1932</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1932/indicacao_170-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1932/indicacao_170-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o serviço de limpeza na Lagoa, localizada na comunidade de Primeira Lagoa, neste município.</t>
   </si>
   <si>
     <t>1933</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1933/indicacao_171-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1933/indicacao_171-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja fechado o buraco situado no cruzamento da Rua 1º de Maio com a Rua Deputado Djalma Marinho, mais precisamente por trás do Lava Jato de Jair.</t>
   </si>
   <si>
     <t>1934</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1934/indicacao_172-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1934/indicacao_172-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que prestem informações sobre a aplicação da lei nº 1306-2019, que institui no município o programa lições de primeiros socorros na educação básica da rede municipal.</t>
   </si>
   <si>
     <t>1935</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1935/indicacao_173-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1935/indicacao_173-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o calçamento em paralelepípedo das ruas Maria  José Amaral da Silva e José Antônio de Morais.</t>
   </si>
   <si>
     <t>1936</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1936/indicacao_174-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1936/indicacao_174-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja construído uma praça no final da rua Primeiro de Maio, ao lado do novo posto de Gasolina Catolé.</t>
   </si>
   <si>
     <t>1937</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1937/indicacao_175-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1937/indicacao_175-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja incluído a capoeira como componente curricular nas escolas da rede pública municipal de ensino.</t>
   </si>
   <si>
     <t>1938</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1938/indicacao_176-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1938/indicacao_176-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja contratado profissionais especializados em saúde do trabalhador, como psicólogos,  fisioterapeutas, terapeutas ocupacionais e fonoaudiólogos,  para atuarem no acompanhamento contínuo dos servidores da educação da rede municipal.</t>
   </si>
   <si>
     <t>1939</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1939/indicacao_177-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1939/indicacao_177-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que aumente os atendimentos médicos no posto de saúde do bairro Alto de Santa Luzia, assim como o desmembramento dos atendimentos do Alto de Santa Luzia e da comunidade de Lagoa Seca.</t>
   </si>
   <si>
     <t>1940</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1940/indicacao_178-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1940/indicacao_178-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja providenciada a limpeza da Rua Aristófanes Fernandes, localizada por trás do Beach Tênis, precisamente no início da rua, assim como solicitar a cobertura asfáltica.</t>
   </si>
   <si>
     <t>1941</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1941/indicacao_179-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1941/indicacao_179-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja criada a Carteira Municipal de Identificação da Pessoa Autista.</t>
   </si>
   <si>
     <t>1942</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1942/indicacao_180-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1942/indicacao_180-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o calçamento e a implantação de lâmpadas de Led na Rua Ciço Patricio de Medeiros no Bairro Vista do Sol.</t>
   </si>
   <si>
     <t>1943</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1943/indicacao_181-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1943/indicacao_181-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o calçamento e a implantação de lâmpadas de LED na João Guedes da Silva no Bairro Vista do Sol.</t>
   </si>
   <si>
     <t>1944</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1944/indicacao_182-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1944/indicacao_182-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a limpeza e capinagem ao entorno da quadra de esportes da comunidade de Lagoa Limpa.</t>
   </si>
   <si>
     <t>1945</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1945/indicacao_183-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1945/indicacao_183-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito um quebra-molas no calçamento que foi feito na Comunidade da Conceição, próximo a escola e ao posto de saúde.</t>
   </si>
   <si>
     <t>1946</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1946/indicacao_184-2025_2.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1946/indicacao_184-2025_2.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a reforma da Praça da Matriz.</t>
   </si>
   <si>
     <t>1947</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1947/indicacao_185-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1947/indicacao_185-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja colocado umas carradas de piçarro para a terraplanagem nas comunidades de Lagoa Verde, Lagoa da Mata e Relâmpago</t>
   </si>
   <si>
     <t>1948</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1948/indicacao_186-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1948/indicacao_186-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feita uma revitalização na Passagem Molhada da comunidade de Lagoa Verde.</t>
   </si>
   <si>
     <t>1949</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1949/indicacao_187-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1949/indicacao_187-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizada corretamente a coleta de lixo na comunidade do Serrote dos Bezerras.</t>
   </si>
   <si>
     <t>1950</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>Patrícia Maria de Lima Silva (Patrícia Lima), Maria Elizabete S. de Carvalho Barbosa (Bete Salú), Valmir Bernardino de Oliveira Júnior (Juninho)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1950/indicacao_188-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1950/indicacao_188-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja implantado um parque de Arborização no bairro Portal do Agreste mais precisamente na Rua Vera Cruz, neste município.</t>
   </si>
   <si>
     <t>1951</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1951/indicacao_189-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1951/indicacao_189-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja colocado um reservatório de água no Posto de Saúde na comunidade de Lagoa Limpa.</t>
   </si>
   <si>
     <t>1952</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>Patrícia Maria de Lima Silva (Patrícia Lima), Thiago de Araújo Silva (Thiago Cassimiro)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1952/indicacao_190-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1952/indicacao_190-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feita a continuação do recapeamento asfáltico do bairro Santa Luzia.</t>
   </si>
   <si>
     <t>1953</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1953/indicacao_191-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1953/indicacao_191-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizado o calçamento da comunidade de Lagoa Verde, mais precisamente em frente á Capela.</t>
   </si>
   <si>
     <t>1954</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1954/indicacao_192-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1954/indicacao_192-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feita a implantação de iluminação em LED na comunidade do Arisco de Lagoa de Serra da Lapa.</t>
   </si>
   <si>
     <t>1955</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1955/indicacao_193-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1955/indicacao_193-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feita a solicitação para que seja providenciado placas de sinalização que indiquem informações sobre vias, destinos, serviços, turísticas, prédios e entre outras.</t>
   </si>
   <si>
     <t>1956</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1956/indicacao_194-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1956/indicacao_194-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizado o calçamento da comunidade de Lagoa da Mata , mas precisamente em frente  á igreja.</t>
   </si>
   <si>
     <t>1957</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1957/indicacao_195-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1957/indicacao_195-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja providenciado reparos no calçamento da Rua Joaci Martins de Lima, bairro São Judas Tadeu, precisamente próxima a boieira.</t>
   </si>
   <si>
     <t>1958</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1958/indicacao_196-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1958/indicacao_196-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o calçamento da Rua Alvorecer no Bairro Vista do Sol.</t>
   </si>
   <si>
     <t>1959</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1959/indicacao_197-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1959/indicacao_197-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja dado uma explicação aos moradores e  população em geral da falta de água da nossa cidade.</t>
   </si>
   <si>
     <t>1960</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1960/indicacao_198-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1960/indicacao_198-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja construído uma praça pública com  parque infantil e academia da saúde na comunidade de primeira Lagoa, para promover o Lazer e a qualidade de vida dos moradores.</t>
   </si>
   <si>
     <t>1961</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1961/indicacao_199-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1961/indicacao_199-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizado a manutenção do calçamento da Rua São Francisco, na comunidade de Primeira Lagoa, garantindo melhor acessibilidade e segurança para os moradores e usuários da via.</t>
   </si>
   <si>
     <t>1963</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1963/indicacao_200-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1963/indicacao_200-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja construído uma quadra poliesportiva na comunidade do Assentamento José Rodrigues Sobrinho, a fim de proporcionar um espaço adequado para a prática esportiva e lazer da população local.</t>
   </si>
   <si>
     <t>1964</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1964/indicacao_201-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1964/indicacao_201-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a conclusão do calçamento da Rua Professor Manoel Elias, mais precisamente na Rua da Piscina, no bairro do Planalto.</t>
   </si>
   <si>
     <t>1965</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1965/indicacao_202-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1965/indicacao_202-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a recuperação do calçamento e se possível seja feito o recapeamento asfáltico na  Rua São José, no bairro do salgado.</t>
   </si>
   <si>
     <t>1966</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1966/indicacao_203-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1966/indicacao_203-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a conclusão da pavimentação e a implantação das luminárias de LED na Rua Presidente Getúlio Vargas e que se possível estenda-se até o conjunto de Severino.</t>
   </si>
   <si>
     <t>1968</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1968/indicacao_204-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1968/indicacao_204-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feita a pavimentação da estrada que liga as comunidades de Lagoa Seca a Lagoa dos Currais. Nas proximidade do mercadinho de Marcio.</t>
   </si>
   <si>
     <t>1975</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1975/indicacao_205-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1975/indicacao_205-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja instalada iluminação em LED na Rua Juvemar Silveira Borges, nas proximidades da Escola Municipal Pereira Matos, neste município.</t>
   </si>
   <si>
     <t>1976</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1976/indicacao_206-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1976/indicacao_206-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja construído duas lombadas na rua João Menezes, no bairro Frei Damião, uma localizada próxima á praça do material de construção de Narciso, e o outra, próximo á Igreja Assembleia de Deus.</t>
   </si>
   <si>
     <t>1977</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1977/indicacao_207-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1977/indicacao_207-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo a construção do calçamento e implantação de iluminação de LED na estrada que liga a RN 269 até a residência de Erivan taxista na Comunidade de Lagoa Limpa do Fernando.</t>
   </si>
   <si>
     <t>1978</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1978/indicacao_208-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1978/indicacao_208-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja construído uma quadra de esportes e academia de saúde ao ar livre no bairro Cidade do Sol.</t>
   </si>
   <si>
     <t>1979</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1979/indicacao_209-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1979/indicacao_209-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja enviado uma relação de veículos e máquinas pertencentes ao patrimônio do município, contendo as seguintes informações, modelo, ano de fabricação, cor, placa [ quando houver], secretaria responsável, situação atual [ em atividade, em manutenção, fora de uso, etc.] e o local onde o bem fica guardado ou habitualmente estacionado.</t>
   </si>
   <si>
     <t>1980</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1980/indicacao_210-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1980/indicacao_210-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feita uma reforma na Unidade Básica de Saúde localizada no bairro Cidade do Sol.</t>
   </si>
   <si>
     <t>1981</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>Thiago de Araújo Silva (Thiago Cassimiro), Maria Elizabete S. de Carvalho Barbosa (Bete Salú)</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1981/indicacao_no_211-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja realizado o cadastro com os catadores de materiais recicláveis do município, bem como fornecer orientações e insumos básicos necessários, luvas, óculos de segurança, máscaras e calçados adequados.</t>
   </si>
   <si>
     <t>1982</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1982/indicacao_212-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1982/indicacao_212-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja criado uma Biblioteca Municipal, para os estudantes e universitários de nosso município, vislumbrando o apoio e incentivo á educação.</t>
   </si>
   <si>
     <t>1983</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1983/indicacao_213-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1983/indicacao_213-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja implantado o Programa sobre a Política de Prevenção á Violência Contra Educadores Públicos e Privados.</t>
   </si>
   <si>
     <t>1984</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1984/indicacao_214-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1984/indicacao_214-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a limpeza e capinagem na Rua Sebastião Menezes, neste município.</t>
   </si>
   <si>
     <t>1985</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1985/indicacao_215-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1985/indicacao_215-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizado a continuação do calçamento e implementação  da luz de LED da rua Severino Augusto de Morais, localizada no bairro do Planalto até a comunidade do Catolé.</t>
   </si>
   <si>
     <t>1986</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1986/indicacao_216-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1986/indicacao_216-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizado a troca da iluminação antiga por luz de LED na comunidade do Catolé, neste município.</t>
   </si>
   <si>
     <t>1987</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1987/indicacao_217-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1987/indicacao_217-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o levantamento da quantidade de campos municipais que temos em nosso município.</t>
   </si>
   <si>
     <t>1988</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>José Jeconias Barbosa (Nia Salú), Anne Gabriela Moreira de Souza Melo (Gabi Melo), Marione de Alburqueque Moreira (Marione Moreira)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1988/indicacao_218-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1988/indicacao_218-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito e reforçado a Operação Carro Pipa nas comunidades das zonas rurais, neste município.</t>
   </si>
   <si>
     <t>1989</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1989/indicacao_219-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1989/indicacao_219-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja  construído um berçário municipal</t>
   </si>
   <si>
     <t>1990</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1990/indicacao_220-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1990/indicacao_220-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a pavimentação da Rua Alcebides da Rocha no Bairro do Planalto.</t>
   </si>
   <si>
     <t>1991</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1991/indicacao_221-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1991/indicacao_221-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a capinagem do campo do Palmeiras no Bairro Santa Maria Gorete.</t>
   </si>
   <si>
     <t>1992</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1992/indicacao_222-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1992/indicacao_222-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a limpeza do terreno ao lado da Igreja Católica do Bairro Antônio Peixoto Mariano.</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1993/indicacao_223-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1993/indicacao_223-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a construção de uma Câmara Fria, no nosso município.</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1997/indicacao_224-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1997/indicacao_224-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que a vigilância sanitária promova sua atuação por meio do programa VigiaÁgua, nas Escolas municipais, principalmente nas comunidades de Lagoa de Serra e Conceição, neste município.</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1998/indicacao_225-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1998/indicacao_225-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja colocado metralhas nas estradas entre as comunidades do Curralinho e Conceição.</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1999/indicacao_226-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1999/indicacao_226-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja verificado a rede de poste de iluminação e proceda com a manutenção do mesmo na comunidade de Fortaleza, neste município.</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2000/indicacao_227-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2000/indicacao_227-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja construído um parque infantil e academia de saúde ao ar livre nas comunidades da Conceição e do Serrote dos Bezerras.</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2001/indicacao_no_228-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2001/indicacao_no_228-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja enviado a relação de imóveis pertencentes ao município, contendo as seguintes informações, endereço completo, destinação atual [ se em uso administrativo, cedido, alugado, desocupado etc.] e situação física [ conservado, em forma, em ruínas, etc.]</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2002/indicacao_229-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2002/indicacao_229-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja determinado ao setor competente que tome providências quanto á realização do 1º Fórum de Empregabilidade do município de Nova Cruz-RN.</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2003/ibndicacao_230-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2003/ibndicacao_230-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja determinado ao setor competente que tome providências quanto á instalação de placas de identificação de Ruas, Avenidas e Perimetrais, localizadas no perímetro urbano do município de Nova Cruz-RN.</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2004/indicacao_231-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2004/indicacao_231-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja determinado ao setor competente que tome providências quanto á implantação de pavimentação asfáltica na Rua Carlos Alexandre, e conclua a pavimentação asfáltica da Rua Vereador João Pimenta de Melo, ambas no Bairro Frei Damião.</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2005/indicacao_232-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2005/indicacao_232-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a complementação asfáltica da Rua José Batista da Silva, localizada no bairro Antônio Peixoto.</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2006/indicacao_233-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2006/indicacao_233-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo  que seja instalados postes com lâmpadas de Led no final da Rua Alberto Maranhão até a Rua Pantaleão.</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2007/indicacao_234-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2007/indicacao_234-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o calçamento e a implantação de lâmpadas LED na comunidade do Capim Açu.</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2008/indicacao_235-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2008/indicacao_235-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja passado a máquina na estrada da comunidade do Curralinho a Lagoa de Serra, neste município.</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>Roberto Augusto de Morais Segundo (Bimbo), Maria Elizabete S. de Carvalho Barbosa (Bete Salú), Marione de Alburqueque Moreira (Marione Moreira)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2009/indicacao_236-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2009/indicacao_236-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja passado a máquina na estrada da comunidade de Lagoa de Serra a Três Voltas, neste município.</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2010/indicacao_237-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2010/indicacao_237-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o roço na estrada que liga a Comunidade de Lagoa de Serra Lapa até o Arisco.</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2014/indicacao_238-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2014/indicacao_238-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja visto a possibilidade de ser observada as questões de acessibilidade nas calçadas nas principais ruas de Nova Cruz.</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>Maria Elizabete S. de Carvalho Barbosa (Bete Salú), Marione de Alburqueque Moreira (Marione Moreira)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2015/indicacao_239-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2015/indicacao_239-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizado junto a Secretária de Educação projetos de coletas seletivas e educação ambiental nas escolas de Nova Cruz/RN.</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2016/indicacao_240-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2016/indicacao_240-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o roço na estrada que liga a Comunidade de Lagoa de Serra da Lapa até o Arisco, neste município.</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2017/indicacao_241-2025_2.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2017/indicacao_241-2025_2.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja implementado assistentes terapêuticos nas escolas, para garantir a inclusão de crianças com transtorno do Espectro Autista [TEA].</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>Aluísio Soares de Sena (Aluísio Sena), Tiago da Costa de Araújo (Tiago Araújo)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2018/indicacao_242-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2018/indicacao_242-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja fechado os buracos feitos na Rua José Batista da Silva e na Rua Senador Georgino Avelino neste município.</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>Thiago de Araújo Silva (Thiago Cassimiro), Felipe da Costa Vicente (Felipe Vicente)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2019/indicacao_243-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2019/indicacao_243-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja construído um Quebra-Molas, ou Tartarugas, no cruzamento da Rua Primeiro de Maio com a Rua José Bonifácio, próximo ao reforço escolar Castelinho do Saber e a Escola Getúlio Vargas.</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>Anne Gabriela Moreira de Souza Melo (Gabi Melo), Giliard Faustino da Silva (Giliard Faustino), Marione de Alburqueque Moreira (Marione Moreira)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2020/indicacao_244-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2020/indicacao_244-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja implantado um anexo de Posto de Saúde [UBS]; na comunidade conceição onde são atendidos.</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2021/indicacao_245-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2021/indicacao_245-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizado o calçamento das três ruas do bairro São Judas Tadeu.</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2024/indicacao_246-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2024/indicacao_246-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizada a manutenção das lâmpadas nos poste da comunidade de Lagoa de Serra da Lapa, neste município.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2025/indicacao_247-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2025/indicacao_247-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizada uma manutenção na estrutura da atual sede da APAE, Associação de pais e Amigos dos Excepcionais, neste município.</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2026/indicacao_248-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2026/indicacao_248-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizado uma manutenção na academia popular localizada por trás do Ginásio Poliesportivo.</t>
   </si>
   <si>
     <t>2027</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2027/indicacao_249-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2027/indicacao_249-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja passado a máquina Patrol na Rua Severino Freitas Barbosa, localizada no Bairro do Planalto.</t>
   </si>
   <si>
     <t>2028</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2028/indicacao_250-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2028/indicacao_250-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a recuperação da praça, e também implementada a iluminação em LED em todo trecho da Igreja Católica até o Centro Social da comunidade do Juriti.</t>
   </si>
   <si>
     <t>2029</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2029/indicacao_251-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2029/indicacao_251-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja instalada uma lombada eletrônica em frente ao campus do IFRN/Nova Cruz.</t>
   </si>
   <si>
     <t>2030</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2030/indicacao_252-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2030/indicacao_252-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizado o capeamento asfáltico da Rua João Lúcio de Carvalho, no bairro São Sebastião.</t>
   </si>
   <si>
     <t>2031</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>Aluísio Soares de Sena (Aluísio Sena), Roberto Augusto de Morais Segundo (Bimbo)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2031/indicacao_253-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2031/indicacao_253-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a complementação do calçamento e também implantação das lâmpadas de LED na rua Pedro da Costa, no Bairro do Planalto.</t>
   </si>
   <si>
     <t>2032</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2032/indicacao_254-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2032/indicacao_254-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizado a implementação de poste com luz de LED, no corredor da pista do futuro que dá acesso a comunidade do Catolé, neste município.</t>
   </si>
   <si>
     <t>2033</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2033/indicacao_255-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2033/indicacao_255-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a reforma do Cento Social da comunidade do Juriti, neste município.</t>
   </si>
   <si>
     <t>2034</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2034/indicacao_256-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2034/indicacao_256-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja finalizado o calçamento a paralelepípedo, a implantação de luminárias de LED e se possível de pavimentação asfáltica na Rua Severino Augusto de Morais até a RN-269, mais precisamente na estrada lateral do antigo pátio de vaquejada próximo ao antigo Matadouro Público Municipal.</t>
   </si>
   <si>
     <t>2042</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2042/indicacao_257-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2042/indicacao_257-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a limpeza na Rua Maria Felizmina da Conceição, localizada no bairro do Planalto.</t>
   </si>
   <si>
     <t>2043</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2043/indicacao_258-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2043/indicacao_258-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito reservas de espaços adequados para pessoas com deficiência em eventos públicos realizados no município.</t>
   </si>
   <si>
     <t>2044</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2044/indicacao_159-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2044/indicacao_159-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a reforma da quadra e da praça da comunidade do Maranhão, neste município.</t>
   </si>
   <si>
     <t>2045</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2045/indicacao__260-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2045/indicacao__260-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja construído uma creche na comunidade da Conceição e limpeza do entorno do prédio onde atualmente funciona a creche.</t>
   </si>
   <si>
     <t>2046</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2046/indicacao_261-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2046/indicacao_261-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizado um estudo sobre a necessidade de disponibilização de coletores de lixo e instalação no bairro Lica Moreira e na esquina das ruas Djalma Dutra e Misael Sales.</t>
   </si>
   <si>
     <t>2053</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2053/indicacao_262-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2053/indicacao_262-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizado melhorias na estrada que da acesso ao Assentamento José Rodrigues Sobrinho, neste município.</t>
   </si>
   <si>
     <t>2054</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2054/indicacao_263-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2054/indicacao_263-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja implantado sinalizações verticais nas vias públicas do município.</t>
   </si>
   <si>
     <t>2055</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2055/indicacao_264-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2055/indicacao_264-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feita uma limpeza nos entulhos descartados inadequadamente nas proximidades na parada de ônibus, localizada na saída para montanhas.</t>
   </si>
   <si>
     <t>2056</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2056/indicacao_265-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2056/indicacao_265-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feita a limpeza dos acostamentos, tanto do lado esquerdo, quanto do direito, iniciando no trevo a caminho para a cidade de montanhas e finalizando no abatedouro público.</t>
   </si>
   <si>
     <t>2057</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2057/indicacao_266-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2057/indicacao_266-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizada a contratação de coveiros para cemitérios localizados nas comunidades de Fortaleza e dos Bastiões.</t>
   </si>
   <si>
     <t>2058</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2058/indicacao_267-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2058/indicacao_267-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo a viabilidade de mais lixeiras públicas nas principais vias de acesso ao centro da cidade e nos bairros adjacentes de Nova Cruz/RN.</t>
   </si>
   <si>
     <t>2059</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2059/indicacao_268-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2059/indicacao_268-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja dada continuidade na revitalização das faixas de pedestres em nossas avenidas.</t>
   </si>
   <si>
     <t>2060</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2060/indicacao_269-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2060/indicacao_269-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a limpeza e capinagem na Rua José Batista da Silva, neste município.</t>
   </si>
   <si>
     <t>2061</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>Roberto Augusto de Morais Segundo (Bimbo), Marione de Alburqueque Moreira (Marione Moreira)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2061/indicacao_270-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2061/indicacao_270-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja retomada a realização da Feira do Gado.</t>
   </si>
   <si>
     <t>2062</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2062/indicacao_271-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2062/indicacao_271-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja construído uma lombada na Rua Francisco Cordeiro do Vale com a Rua Deputado Márcio Marinho, no bairro do Planalto.</t>
   </si>
   <si>
     <t>2063</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2063/indicacao_272-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2063/indicacao_272-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizado a instalação do restante da cobertura da feira livre.</t>
   </si>
   <si>
     <t>2064</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2064/indicacao_273-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2064/indicacao_273-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja providenciado com urgência a pulverização de inseticida com o carro Fumacê em todo nosso município.</t>
   </si>
   <si>
     <t>2065</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2065/indicacao_274-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2065/indicacao_274-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja adquirido uma parte do terreno para a ampliação do Cemitério da Comunidade de Fortaleza.</t>
   </si>
   <si>
     <t>2066</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2066/indicacao_275-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2066/indicacao_275-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizada a troca da caixa de água do poço artesiano localizado na comunidade do Xique-xique.</t>
   </si>
   <si>
     <t>2067</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2067/indicacao_276-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2067/indicacao_276-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizada a manutenção na cadeira do odontológica da comunidade de Três Voltas.</t>
   </si>
   <si>
     <t>2073</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2073/indicacao_277-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2073/indicacao_277-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja implantada nas comunidades do juriti, Conceição e Xique Xique, o projeto já existente em outras comunidades do município de Nova Cruz que disponibiliza educadores esportivos para o desenvolvimento de atividades físicas.</t>
   </si>
   <si>
     <t>2074</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2074/indicacao_278-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2074/indicacao_278-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja construído uma quadra de esporte no bairro Cidade do Sol.</t>
   </si>
   <si>
     <t>2075</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2075/indicacao_279-2025..pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2075/indicacao_279-2025..pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a limpeza e capinagem em frente a Arena Society no Bairro da Cidade do Sol.</t>
   </si>
   <si>
     <t>2076</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2076/indicacao_280-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2076/indicacao_280-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o calçamento da Rua José Alexandrino da Silva, Localizada no Bairro Cidade do Sol.</t>
   </si>
   <si>
     <t>2077</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2077/indicacao_281-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2077/indicacao_281-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a manutenção da iluminação na Rua Severino Marques Moreira, localizada no Bairro do São Judas Tadeu.</t>
   </si>
   <si>
     <t>2078</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2078/indicacao_283-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2078/indicacao_283-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que passe a Máquina roçadeira na estrada do Sorreto dos Bezerra, neste município.</t>
   </si>
   <si>
     <t>2079</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2079/indicacao_283-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2079/indicacao_283-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a reforma do calçamento na travessa José Bonifácio no Bairro São Sebastião.</t>
   </si>
   <si>
     <t>2080</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2080/indicacao_284-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2080/indicacao_284-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja dado a continuidade ao calçamento das ruas da comunidade de  lagoa limpa.</t>
   </si>
   <si>
     <t>2081</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2081/indicacao_285-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2081/indicacao_285-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo de que seja revitalizado todos os parquinho das praças, em especial o da comunidade de lagoa limpa.</t>
   </si>
   <si>
     <t>2082</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2082/indicacao_286-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2082/indicacao_286-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o calçamento  a paralelepípedo em um pequeno trecho da Rua Cônego Severino Ramalho, mais precisamente no trecho que se inicia na Rua Frei Serafim de Catânea, próximo a linha do trem.</t>
   </si>
   <si>
     <t>2085</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2085/indicacao_287-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2085/indicacao_287-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja ampliado o cemitério da comunidade do juriti, já existe um terreno  doado para essa finalidade, e existe a necessidade, visto que o atual encontra-se lotado.</t>
   </si>
   <si>
     <t>2086</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2086/indicacao_288-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2086/indicacao_288-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja estudada a viabilidade de implantar no nosso município o Programa Sopa Solidária, como forma de uma alimentação complementar e nutritiva para as pessoas em situação de vulnerabilidade.</t>
   </si>
   <si>
     <t>2087</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2087/indicacao_289-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2087/indicacao_289-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizado para os alunos que estão concluindo o Ensino Médio um curso preparatório gratuito para o Enem.</t>
   </si>
   <si>
     <t>2088</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2088/indicacao_290-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2088/indicacao_290-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizado a continuação da implantação da iluminação em LED na comunidade de Lagoa Seca, ligando  da Escola Estadual Maria Aurineide da Silva até a residência de seu Dedé Lima</t>
   </si>
   <si>
     <t>2094</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2094/indicacao-291-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2094/indicacao-291-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizada a limpeza e manutenção dos reservatórios de água das Escolas Municipais e dos Postos de Saúde, bem como verificar se esses reservatórios são suficientes para atender a demanda de uso.</t>
   </si>
   <si>
     <t>2095</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>Sugerindo que seja disponibilizado um plantão psicológico nas Escolas e Creches Municipais.</t>
   </si>
   <si>
     <t>2097</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2097/indicacao-293-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2097/indicacao-293-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o calçamento da Rua Severino Freire Barbosa no Bairro Vista do Sol.</t>
   </si>
   <si>
     <t>2098</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2098/indicacao-294-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2098/indicacao-294-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o calçamento a paralelepípado e a implantação de luminárias de LED na estrada que liga a Rua Pantaleão Justino de Lima com a Rua José Batista da Silva, próximo ao terreno de Genival da Verdura.</t>
   </si>
   <si>
     <t>2107</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2107/indicacao_no_295-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2107/indicacao_no_295-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja instalada uma faixa de pedestres em frente à Escola Municipal Santa Luzia e Creche Municipal Terezinha Batista Fernandes, localizada na Rua Dr. Galdino Lima, 248, bairro de Santa Luzia.</t>
   </si>
   <si>
     <t>2108</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2108/indicacao_no_296-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2108/indicacao_no_296-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o nivelamento do açude que fica nas terras de Geraldo Pegado (in memoriam) que vai para Lagoa do Couro até o rio, neste município.</t>
   </si>
   <si>
     <t>2109</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2109/indicacao_no_297-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2109/indicacao_no_297-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que proceda com a passagem da máquina para nivelar a estrada que leva da comunidade Lagoa do Couro até a comunidade do Gravatá e a comunidade de Lagoa Limpa, neste município.</t>
   </si>
   <si>
     <t>2110</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2110/indicacao_no_298-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2110/indicacao_no_298-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizado manutenção do calçamento da Rua Prof. Josépio de Almeida Duarte, no bairro Cidade do Sol, garantindo melhor acessibilidade e segurança para os moradores e usuários da via.</t>
   </si>
   <si>
     <t>2111</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2111/indicacao_no_299-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2111/indicacao_no_299-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja instalada a iluminação em LED na Rua Pedro Salustiano Barbosa, portal do Agreste, no bairro do Alto de Santa Luzia.</t>
   </si>
   <si>
     <t>2112</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2112/indicacao_no_300-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2112/indicacao_no_300-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que sejam implantadas hortas pedagógicas nas Escolas e Creches Municipais.</t>
   </si>
   <si>
     <t>2113</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2113/indicacao_no_301-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2113/indicacao_no_301-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a complementação asfáltica da Rua José Bonifácio, no Bairro de São Sebastião, neste município.</t>
   </si>
   <si>
     <t>2114</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>Sugerindo que seja passado a máquina na estrada da comunidade de Conceição ao Curralinho, neste município.</t>
   </si>
   <si>
     <t>2115</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2115/indicacao_no_303-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2115/indicacao_no_303-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a limpeza da lagoa, localizada no bairro Alto de Santa Luzia e ao arredor do quiosque.</t>
   </si>
   <si>
     <t>2116</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2116/indicacao_no_304-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2116/indicacao_no_304-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizado uma lombada em frente a antiga creche do Catolé, e outra próxima a casa do senhor seu Zito.</t>
   </si>
   <si>
     <t>2117</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2117/indicacao_no_305-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2117/indicacao_no_305-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a conclusão da implantação das luminárias de LED na comunidade de Lagoa de Serra.</t>
   </si>
   <si>
     <t>2118</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2118/indicacao_no_306-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2118/indicacao_no_306-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a extensão da cobertura no Pátio do Mercado Público Municipal.</t>
   </si>
   <si>
     <t>2119</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2119/indicacao_no_307-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2119/indicacao_no_307-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o serviço de patrolamento e manutenção nas estradas da Comunidade de Lagoa de Serra.</t>
   </si>
   <si>
     <t>2120</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2120/indicacao_no_308-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2120/indicacao_no_308-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo de que seja tomada as devidas providências com relação as estradas que dão acesso a Lagoa da Mata, Relâmpago e Lagoa Verde.</t>
   </si>
   <si>
     <t>2121</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2121/indicacao_no_309-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2121/indicacao_no_309-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo  que seja realizada a cobertura da quadra Ormildo Matos, mas conhecida com quadra de basquete.</t>
   </si>
   <si>
     <t>2126</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2126/indicacao_no_310-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2126/indicacao_no_310-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feita visto a viabilidade de ser estendido o asfalto, na Comunidade  de Lagoa de Serra.</t>
   </si>
   <si>
     <t>2127</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2127/indicacao_311-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2127/indicacao_311-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja finalizado o calçamento da Zacarias Barbosa, neste município.</t>
   </si>
   <si>
     <t>2128</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2128/indicacao_no_312-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2128/indicacao_no_312-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja a análise da viabilidade para a ampliação e modernização da infraestrutura de saneamento básico nas áreas em situação de vulnerabilidade do município.</t>
   </si>
   <si>
     <t>2129</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2129/indicacao_no_313-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2129/indicacao_no_313-2025.pdf</t>
   </si>
   <si>
     <t>solicitando que sejam implantados laboratórios de informática, física e química nas duas maiores Escola Municipais: Escola Municipal Nestor Marinho e Escola Municipal Deputado Márcio Marinho.</t>
   </si>
   <si>
     <t>2130</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2130/indicacao_no_314-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2130/indicacao_no_314-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja retomado os atendimentos no posto de saúde na comunidade do Fernando da Pista, pelo menos uma vez na semana , que encontram-se fechado desde o ano de 2018. Funcionava no prédio onde anteriormente se localizava a antiga Escola Antônio Arruda Câmara, que posteriormente passou a servir como anexo para atendimento de saúde da comunidade.</t>
   </si>
   <si>
     <t>2131</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2131/indicacao_no_315-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2131/indicacao_no_315-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que sejam instaladas grades em volta ao “parquinho de areia” localizado na Praça Severino_x000D_
 Pedro da Costa (em frente a Escola Getúlio Vargas).</t>
   </si>
   <si>
     <t>2159</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2159/indicacao_no_316-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2159/indicacao_no_316-2025.pdf</t>
   </si>
   <si>
     <t>sugerindo que seja feito o calçamento em frente ao Posto de Saúde na Comunidade de Lagoa Limpa do Fernando.</t>
   </si>
   <si>
     <t>2160</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2160/indicacao_no_317-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2160/indicacao_no_317-2025.pdf</t>
   </si>
   <si>
     <t>sugerindo que seja implantado iluminação em LED nas proximidades da Igreja da comunidade do Juriti, neste município.</t>
   </si>
   <si>
     <t>2161</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2161/indicacao_no_318-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2161/indicacao_no_318-2025.pdf</t>
   </si>
   <si>
     <t>sugerindo que sejam realizadas melhorias na acessibilidade do Hospital Municipal Monsenhor Pedro Moura, incluindo a correção de pisos escorregadios, instalação de barras de apoio nos banheiros e outras adequações necessárias.</t>
   </si>
   <si>
     <t>2162</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2162/indicacao_no_319-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2162/indicacao_no_319-2025.pdf</t>
   </si>
   <si>
     <t>sugerindo a adoção de medidas emergenciais para o recolhimento, fiscalização e controle de animais soltos nas ruas e rodovias do município, incluindo a realização de campanhas educativas e a articulação conjunta com a Prefeitura de Logradouro/PB, considerando a ligação direta entre as zonas urbanas dos dois municípios.</t>
   </si>
   <si>
     <t>2163</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2163/indicacao_no_320-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2163/indicacao_no_320-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito um quebra-molas na rua José Capitão Zé da Penha.</t>
   </si>
   <si>
     <t>2164</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2164/indicacao_no_321-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2164/indicacao_no_321-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizada o orçamento das estradas das comunidades de Lagoa Verde, Lagoa da Mata, Relâmpago e Xique-Xique.</t>
   </si>
   <si>
     <t>2165</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2165/indicacao_no_322-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2165/indicacao_no_322-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a complementação asfáltica da rua Lêda Moussinho.</t>
   </si>
   <si>
     <t>2166</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2166/indicacao_no_323-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2166/indicacao_no_323-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a complementação do calçamento da Rua João Zacarias Borbosa.</t>
   </si>
   <si>
     <t>2167</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2167/indicacao_no_324-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2167/indicacao_no_324-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito uma construção de um abrigo público, com destino ao acolhimento, cuidado e tratamento de cães e gatos em situações de abandono e maus tratos.</t>
   </si>
   <si>
     <t>2168</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2168/indicacao_no_325-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2168/indicacao_no_325-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja disponibilizado uma rede de internet gratuita nas praças municipais e no mercado público do município.</t>
   </si>
   <si>
     <t>2169</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2169/indicacao_no_326-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2169/indicacao_no_326-2025.pdf</t>
   </si>
   <si>
     <t>sugerindo que seja feita a realização de manutenção urgente na Rua São João, localizada no bairro do Salgado, entre as ruas 2 de Fevereiro e Severino Marques Moreira.</t>
   </si>
   <si>
     <t>2175</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2175/indicacao_no_327-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2175/indicacao_no_327-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizado a instalação de uma lombada, na Rua 6 de Julho, nas proximidades do antigo Empório da Construção.</t>
   </si>
   <si>
     <t>2176</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2176/indicacao_no_328-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2176/indicacao_no_328-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizada a poda das árvores localizadas na Rua Pedro Mauro Tavares.</t>
   </si>
   <si>
     <t>2177</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2177/indicacao_no_329-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2177/indicacao_no_329-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizado o serviço de capinagem na Avenida Maria Iracema da Cruz.</t>
   </si>
   <si>
     <t>2179</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2179/indicacao_no_330-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2179/indicacao_no_330-2025.pdf</t>
   </si>
   <si>
     <t>sugerindo que seja feito o serviço de limpeza e revitalização do Açude situado no Alto de Santa Luzia.</t>
   </si>
   <si>
     <t>2180</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2180/indicacao_no_331-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2180/indicacao_no_331-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a recuperação do calçamento da Rua Alberto Maranhão.</t>
   </si>
   <si>
     <t>2181</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2181/indicacao_no_332-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2181/indicacao_no_332-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizado um mutirão de limpeza nos bairros Bela Vista e São Judas Tadeu, como: limpeza dos canteiros, pintura dos meios fios e capinagem.</t>
   </si>
   <si>
     <t>2182</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2182/indicacao_no_333-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2182/indicacao_no_333-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a complementação asfáltica da rua Dr. Galdino de Lima do Alto de Santa Luzia.</t>
   </si>
   <si>
     <t>2183</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2183/indicacao_no_334-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2183/indicacao_no_334-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito uma faixa de pedestre na Rua 18 de Maio, por trás da Escola Modelo.</t>
   </si>
   <si>
     <t>2184</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2184/indicacao_no_335-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2184/indicacao_no_335-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que veja a possibilidade de aumentar os dias de atendimentos da Neuropediatra no município.</t>
   </si>
   <si>
     <t>2187</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2187/indicacao_no_336-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2187/indicacao_no_336-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo para que se possível abrir esta rua em frente da CÂMARA MUNICIPAL DE NOVA CRUZ/RN, para que dá acesso à parte lateral dá CÂMARA para mais vagas de estacionamento.</t>
   </si>
   <si>
     <t>2189</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2189/indicacao_no_337-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2189/indicacao_no_337-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja dada continuidade ao calçamento da Rua Maria Iracema, a fim de que a obra seja finalizada.</t>
   </si>
   <si>
     <t>2191</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2191/indicacao_no_338-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2191/indicacao_no_338-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo a aquisição de um ou se possível dois Carros Pipas, para que nesse período de estiagem venham a cumprir a demanda e amenizar a falta de água principalmente na zona rural do nosso município.</t>
   </si>
   <si>
     <t>2192</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2192/indicacao_no_339-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2192/indicacao_no_339-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a implantação de lapadas de LED no corredor da casa de Seu Luiz Juquinha que ficar localizado na comunidade do Capim Açu.</t>
   </si>
   <si>
     <t>2193</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2193/indicacao_no_340-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2193/indicacao_no_340-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito uma lombada na rua Romildo Araújo Câmera.</t>
   </si>
   <si>
     <t>2204</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2204/indicacao_no_341-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2204/indicacao_no_341-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feio um app que reúna os principais serviços do município, promovendo praticidade. (Aplicativo oficial da prefeitura)</t>
   </si>
   <si>
     <t>2205</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2205/indicacao_no_342-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2205/indicacao_no_342-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando que a viabilidade a extensão da rede de abastecimento de agua para a comunidade de Lagoa Limpa do Fernando, garantindo dignidade e qualidade de vida aos familiares. (Poder Executivo / junto com a Caern)</t>
   </si>
   <si>
     <t>2206</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2206/indicacao_no_343-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2206/indicacao_no_343-2025.pdf</t>
   </si>
   <si>
     <t>Solicito ao Ex. Sr. Prefeito Municipal de Nova Cruz/RN a realização de melhorias na estrada vicinal que liga a comunidade de Lagoa Limpa do Fernando (com início próximo à residência da Sra. Maria de Expedito) à comunidade do Lima.</t>
   </si>
   <si>
     <t>2207</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2207/indicacao_no_344-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2207/indicacao_no_344-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feita a aquisição de um rodo nivelador ou, alternativamente, de uma pá niveladora, destinados ao uso na Arena de Beach Tênis: Fábio Serafim do Carmo.</t>
   </si>
   <si>
     <t>2208</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>sugerindo que seja instalada uma placa na Arena de Beach tênis Fábio Serafim do Carmo, contendo a orientação de proibição de entrada na quadra de areia com calçados.</t>
   </si>
   <si>
     <t>2209</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2209/indicacao_no_346-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2209/indicacao_no_346-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando que a sede da Câmara Municipal seja iluminada com a cor amarela durante todo o mês de setembro, em apoio ao Setembro Amarelo, assim como esta sede seja iluminada com as cores das demais campanhas, como: Outubro Rosa, Novembro Azul.</t>
   </si>
   <si>
     <t>2210</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2210/indicacao_no_347-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2210/indicacao_no_347-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando que sejam realizadas Campanhas Educativas periódicas direcionadas à população, sobre o lixo depositado em vias públicas.</t>
   </si>
   <si>
     <t>2211</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2211/indicacao_no_348-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2211/indicacao_no_348-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja instalado um poste para complementar a iluminação local, na Rua Cônego Severino  Ramalho, bairro São Judas Tadeu, próximo à Creche Maria Tavares de Paula.</t>
   </si>
   <si>
     <t>2213</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2213/indicacao_no_349-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2213/indicacao_no_349-2025.pdf</t>
   </si>
   <si>
     <t>sugerindo a construção de uma passagem molhada para dá acesso a Comunidade do Bujari.</t>
   </si>
   <si>
     <t>2214</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2214/indicacao_no_350-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2214/indicacao_no_350-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo a construção de uma passagem molhada para dá acesso a Comunidade do Guandu.</t>
   </si>
   <si>
     <t>2217</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>sugerindo que seja construído uma passarela para pedestres na Rua Assis Chateaubriand, no trecho que faz interseção com a Rua Getúlio Vargas, visando à segurança dos transeuntes e à melhoria do fluxo viário.</t>
   </si>
   <si>
     <t>2218</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2218/indicacao_no_352-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2218/indicacao_no_352-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feita á retomada do projeto de caminhadas na Rua Assis Chateaubriand.</t>
   </si>
   <si>
     <t>2219</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2219/indicacao_no_353-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2219/indicacao_no_353-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que sejam passadas informações do Plano Safra da Agricultura, sobre a situação atual do programa, afim de garantir o acompanhamento e efetividade das medidas para assegurar a produção Agrícola.</t>
   </si>
   <si>
     <t>2220</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2220/indicacao_no_354-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2220/indicacao_no_354-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja construída uma Unidade Básica de Saúde(UBS) do Sitio Catolé</t>
   </si>
   <si>
     <t>2221</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2221/indicacao_no_355-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2221/indicacao_no_355-2025.pdf</t>
   </si>
   <si>
     <t>sugerindo ao Poder Executivo Municipal, por meio das secretarias competentes, a implantação de calçadões destinados à prática de caminhadas nos Portal do Agreste e no Vista das Serras.</t>
   </si>
   <si>
     <t>2222</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2222/indicacao_no_356-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2222/indicacao_no_356-2025.pdf</t>
   </si>
   <si>
     <t>sugerindo ao Poder Executivo Municipal a poda das árvores localizadas na Rua José Martins da Silva, via utilizada para a realização dos exames práticos do DETRAN.</t>
   </si>
   <si>
     <t>2224</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2224/indicacao_no_357-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2224/indicacao_no_357-2025.pdf</t>
   </si>
   <si>
     <t>sugerindo que seja realizado o concerto do poço com dessalinizador, na Comunidade do Juriti.</t>
   </si>
   <si>
     <t>2225</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2225/indicacao_no_358-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2225/indicacao_no_358-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja enviado para a Casa Legislativa, o calendário anual com as programações de torneios esportivos.</t>
   </si>
   <si>
     <t>2226</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2226/indicacao_no_359-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2226/indicacao_no_359-2025.pdf</t>
   </si>
   <si>
     <t>sugerindo que sejam implantadas lâmpadas de Led nas comunidades do Xique- Xique, Jatobá e Lajedo da Onça.</t>
   </si>
   <si>
     <t>2227</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2227/indicacao_no_360-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja passada a máquina (motoniveladora) na estrada da comunidade do Sítio Lagoa verde até o Sítio Carnaúbas.</t>
   </si>
   <si>
     <t>2228</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2228/indicacao_no_361-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja passada a máquina (motoniveladora) na comunidade da rua Severino Augusto de Morais, até a comunidade do Sitio Catolé.</t>
   </si>
   <si>
     <t>2229</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2229/indicacao_no_362-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2229/indicacao_no_362-2025.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja feito o estudo e veja a viabilidade para uma reforma administrativa, visto a defasagem dos vencimentos dos servidores municipais</t>
   </si>
   <si>
     <t>2238</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2238/indicacao_no_363-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2238/indicacao_no_363-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja implantada uma faixa de pedestre no trecho entre o Colégio Nossa Senhora do Carmo e a praça Barão do Rio Branco.</t>
   </si>
   <si>
     <t>2231</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2231/indicacao_no_364-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2231/indicacao_no_364-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feita a implantação de um sistema de câmeras de segurança, em ponto estratégico, no Cemitério Público Municipal.</t>
   </si>
   <si>
     <t>2239</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2239/indicacao_no_365-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2239/indicacao_no_365-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo de que seja implantado um programa para confecção e entrega gratuita de próteses dentárias destinadas às pessoas de baixa renda do município.</t>
   </si>
   <si>
     <t>2240</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2240/indicacao_no366-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2240/indicacao_no366-2025.pdf</t>
   </si>
   <si>
     <t>sugerindo de que proceda com a colocação de metralhas e aterro na comunidade do Arisco, até Três Voltas, visto que parte do serviço já foi executada, mas ainda é necessário realizar a terraplanagem.</t>
   </si>
   <si>
     <t>2241</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2241/indicacao_no_367-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja construída uma lombada na rua Antônio Viana Barbosa, popularmente rua dos correios, próximo à casa de Josa.</t>
   </si>
   <si>
     <t>2242</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2242/indicacao_no_368-2025.pdf</t>
+  </si>
+  <si>
     <t>Solicitando que sejam realizadas Campanhas de vacinação contra a Cinomose.</t>
   </si>
   <si>
     <t>2243</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2243/indicacao_no_369-2025.pdf</t>
+  </si>
+  <si>
     <t>solicitando a viabilização de um Centro de Especialidades para Diabéticos.</t>
   </si>
   <si>
     <t>2244</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2244/indicacao_no_370-2025.pdf</t>
+  </si>
+  <si>
     <t>Solicitando a implantação de um Programa de Formação e Capacitação sobre TEA- Transtorno do Espectro Autista, para todos os profissionais da rede Municipal de Ensino.</t>
   </si>
   <si>
     <t>2245</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2245/indicacao_no_371-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2245/indicacao_no_371-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a complementação asfáltica da Rua José Bonifácio no Bairro de São Sebastião.</t>
   </si>
   <si>
     <t>2246</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2246/indicacao_no_372-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2246/indicacao_no_372-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo de que seja feito o Serviço de Pavimentação Asfáltica no bairro do São Judas, junto com o bairro Vista do Sol.</t>
   </si>
   <si>
     <t>2247</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2247/indicacao_no_373-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2247/indicacao_no_373-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo de que seja implantado um Centro Social nos prédios das escolas desativadas nas comunidades do Jatobá e Lagoa da Mata, neste município.</t>
   </si>
   <si>
     <t>2248</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2248/indicacao_no_374-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2248/indicacao_no_374-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo  de que seja passado a máquina (motoniveladora) na rua Januário Cicco, no bairro Portal do Agreste.</t>
   </si>
   <si>
     <t>2249</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2249/indicacao_no_375-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2249/indicacao_no_375-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feita a aquisição de novos tabuleiros de tênis de mesa, afim de repor os equipamentos já existentes na praça Severino Pedro da Costa e na quadra Dinha de Carmosina.</t>
   </si>
   <si>
     <t>2250</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2250/indicacao_no_376-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2250/indicacao_no_376-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja passado a máquina (motoniveladora) na Rua Carlos Pereira Matos, com o objetivo de reabrir o trecho compreendido entre a frente do antigo galpão de Doutor da bebida até a rotatória que dá acesso ao Município de Logradouro PB.</t>
   </si>
   <si>
     <t>2253</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2253/indicacao_no_377-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja implantada luminárias LED na comunidade rural de Lagoa dos Currais, neste município.</t>
   </si>
   <si>
     <t>2257</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2257/indicacao_no_378-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2257/indicacao_no_378-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo de que as festividades de São João e Natal da Comunidade do Serrote dos Bezerras possam fazer parte das atividades da Secretária, haja visto que se trata de uma festa tradicional na Comunidade, com aproximadamente 50 anos.</t>
   </si>
   <si>
     <t>2258</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2258/indicacao_no_379-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2258/indicacao_no_379-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo de que seja realizada a poda das árvores localizadas na Avenida Maria Iracema da Cruz.</t>
   </si>
   <si>
     <t>2259</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2259/indicacao_no_380-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2259/indicacao_no_380-2025.pdf</t>
   </si>
   <si>
     <t>sugerindo que seja feita a recuperação/Construção de Abrigos de Ônibus na RN-269.</t>
   </si>
   <si>
     <t>2260</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2260/indicacao_no_381-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo de que seja implantada iluminação em LED no Assentamento José Rodrigues Sobrinho até a RN-269.</t>
   </si>
   <si>
     <t>2261</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2261/indicacao_no_382-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2261/indicacao_no_382-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a complementação do calçamento e saneamento básico da Rua José Renato de Melo.</t>
   </si>
   <si>
     <t>2262</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2262/indicacao_no_383-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2262/indicacao_no_383-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo de que seja feito a limpeza no Cemitério Público Municipal da cidade.</t>
   </si>
   <si>
     <t>2263</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2263/indicacao_no_384-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2263/indicacao_no_384-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja construído, mais banheiros públicos na Praça de Eventos Mário Pessoa.</t>
   </si>
   <si>
     <t>2264</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2264/indicacao_no_385-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que de seja feito uma dedetização no prédio onde funcionava a Escola, próximo ao Posto de Saúde da Comunidade de Lagoa do Couro.</t>
   </si>
   <si>
     <t>2265</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2265/indicacao_no_386-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja ampliado o refeitório da Escola da comunidade de Lagoa Limpa no prédio onde funcionava a antiga Telern.</t>
   </si>
   <si>
     <t>2266</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2266/indicacao_no_387-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2266/indicacao_no_387-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja formada uma comissão de vereadores com o objetivo de visitar a Fundação José Augusto e a Procuradoria Geral do Estado, para tratar assuntos relevantes a Casa de Cultura da nossa Cidade.</t>
   </si>
   <si>
     <t>2267</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2267/indicacao_no_388-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja feita uma reavaliação e organização da logística referente às lombadas existentes no trecho já pavimentado, localizado na entrada da cidade, no sentido Nova Cruz a Jacaraú, iniciando nas proximidades da residência do senhor Chico Delfino.</t>
   </si>
   <si>
     <t>2268</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2268/indicacao_no_389-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2268/indicacao_no_389-2025.pdf</t>
   </si>
   <si>
     <t>2269</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2269/indicacao_no_390-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2269/indicacao_no_390-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo a instalação de um Container de Lixo na Rua Severino Augusto de Morais, no bairro Vista do Sol, mais precisamente nas proximidades da quadra de Esporte.</t>
   </si>
   <si>
     <t>2270</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2270/indicacao_no_391-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2270/indicacao_no_391-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja instalado uma Lixeira específica para o local no cruzamento da Rua 1° de Maio, com a Rua Professor Mario Pinote, mais precisamente em frente à casa do saudoso Zacarias Martins.</t>
   </si>
   <si>
     <t>2271</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2271/indicacao_no_392-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2271/indicacao_no_392-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo de que seja instalado uma Lixeira específica no cruzamento da Rua do Fogo, com a Rua Misael Sales, neste município.</t>
   </si>
   <si>
     <t>2272</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2272/indicacao_no_393-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2272/indicacao_no_393-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizado o roço das estradas que ligam o município de Nova Cruz a Santo Antônio e também Nova Cruz a Montanhas.</t>
   </si>
   <si>
     <t>2273</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2273/indicacao_no_394-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja feita a revitalização da rua João Batista da Silva, mais precisamente na entrada do bairro Antônio Peixoto Mariano.</t>
   </si>
   <si>
     <t>2274</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2274/indicacao_no_395-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2274/indicacao_no_395-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja passado a máquina na estrada que liga a RN 269 á Comunidade do Lima.</t>
   </si>
   <si>
     <t>2275</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2275/indicacao_no_396-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja feito um semáforo na rua Assis Chateaubriand, próximo a drogaria Maria Vitória.</t>
   </si>
   <si>
     <t>2276</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2276/indicacao_no_397-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja feito um banheiro com chuveiro na arena multiuso Fabio Serafim.</t>
   </si>
   <si>
     <t>2277</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2277/indicacao_no_398-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja realizado a reforma do Terminal Rodoviário Antônio Alves Flor e adequação da área ao lado do terminal para estacionamento.</t>
   </si>
   <si>
     <t>2278</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2278/indicacao_no_399-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2278/indicacao_no_399-2025.pdf</t>
   </si>
   <si>
     <t>sugerindo que seja feito o calçamento na Rua Cicero Patricio Medeiros.</t>
   </si>
   <si>
     <t>2279</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2279/indicacao_no_400-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2279/indicacao_no_400-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja colocando um ponto de WIFI na feira livre.</t>
   </si>
   <si>
     <t>2280</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2280/indicacao_no_401-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2280/indicacao_no_401-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja promovido limpezas nos barreiros das comunidades deste município.</t>
   </si>
   <si>
     <t>2281</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2281/indicacao_no_402-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2281/indicacao_no_402-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a limpeza no bairro Antônio Peixoto e na comunidade Lagoa dos Currais.</t>
   </si>
   <si>
     <t>2282</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2282/indicacao_no_403-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja feito abertura do canteiro central para retorno nas ruas Iracema da Cruz e Carlos Pereira Matos, localizadas no perímetro urbano do município de Nova Cruz.</t>
   </si>
   <si>
     <t>2283</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2283/indicacao_no_404-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja retomada as obras de pavimentação a paralelepípedos na comunidade rural Lagoa dos Currais, neste município.</t>
   </si>
   <si>
     <t>2286</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2286/indicacao_no_405-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2286/indicacao_no_405-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo de que seja construído uma parada de ônibus em frente à Escola Municipal Nestor Marinho.</t>
   </si>
   <si>
     <t>2287</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2287/indicacao_no_406-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2287/indicacao_no_406-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo a elaboração de um programa municipal para oferecer incentivo fiscal, como a redução ou isenção temporária do ISS e IPTU, para a construção e regularização de moradia.</t>
   </si>
   <si>
     <t>2288</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2288/indicacao_no_407-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja construída uma estrutura com estacionamento na lateral da Câmara Municipal, de forma a atender não apenas os funcionários e vereadores, mas também o público que frequenta este espaço.</t>
   </si>
   <si>
     <t>2289</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2289/indicacao_no_408-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo de que proceda com a realização dos exames de Colinesterase, avaliação clínica e exame de saúde geral, de forma periódica e com periodicidade definida, para todos os Agentes de Combate as Endemias.</t>
   </si>
   <si>
     <t>2290</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2290/indicacao_no_409-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2290/indicacao_no_409-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo de que seja desenvolvidas ações voltadas à conscientização sobre o descarte adequado dos subprodutos (miúdos) de frango proveniente das galeterias do município de Nova Cruz RN.</t>
   </si>
   <si>
     <t>2291</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2291/indicacao_no_410-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo de que seja colocado materiais (METRALHAS) na passagem do rio na estrada do sitio lagoa do couro deste município.</t>
   </si>
   <si>
     <t>2292</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2292/indicacao_no_411-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo  que seja construído uma Academia ao ar livre nos bairros do Planalto e Alto de Santa Luzia, neste município.</t>
   </si>
   <si>
     <t>2293</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2293/indicacao_no_412-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2293/indicacao_no_412-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizado a execução do sistema de encanação de água nas comunidades de Juriti, Capim Açu, Serrote dos Bezerros, Primeira Lagoa e Lagoa Limpa dos Fernandes, com o apoio e colaboração do Governo do Estado.</t>
   </si>
   <si>
     <t>2294</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2294/indicacao_no_413-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja construído o calçamento ao entorno do Posto de Saúde da comunidade de Lagoa Limpa do Fernando, neste município.</t>
   </si>
   <si>
     <t>2295</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2295/indicacao_no_414-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2295/indicacao_no_414-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a limpezas em frete ao mercado público.</t>
   </si>
   <si>
     <t>2296</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2296/indicacao_no_415-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja depositado metralhas, cascalhos ou material especifico, e que seja passado a máquina motoniveladora na estrada da comunidade de Lagoa do Lima.</t>
   </si>
   <si>
     <t>2313</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>Sugerindo de que seja realizada a implantação de rampas de acesso aos brinquedos do parque localizado na Praça de Eventos Mauro da Cunha Pessoa.</t>
   </si>
   <si>
     <t>2314</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>Sugerindo que seja colocado aterro na estrada que liga a RN 269 á escola da Comunidade de Lagoa Limpa do Fernando.</t>
   </si>
   <si>
     <t>2315</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>Sugerindo de que seja realizada a troca das traves e refletores da Quadra de Esporte da Comunidade de Lagoa de Serra.</t>
   </si>
   <si>
     <t>2316</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2316/indicacao_no_419-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo de que seja feito a limpeza e colocado nova tampa no poço da comunidade de Três Voltas, neste município.</t>
   </si>
   <si>
     <t>2317</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2317/indicacao_no_420-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja passado a máquina motoniveladora, nas estradas vicinais, das comunidades Barbaço, Xique- Xique, Jatobá e Lajedo da Onça.</t>
   </si>
   <si>
     <t>2322</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2322/indicacao_no_421-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que após o projeto de lei aprovado pela Câmara Municipal, e sancionado pelo Executivo, que haja a promoção da divulgação do mesmo, bem como seu conteúdo.</t>
   </si>
   <si>
     <t>2323</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2323/indicacao_no_422-2025.pdf</t>
+  </si>
+  <si>
     <t>sugerindo que seja construído uma Unidade Básica de Saúde entre as comunidades de Cachoeira, Juriti e Lima, neste município.</t>
   </si>
   <si>
     <t>2324</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2324/indicacao_no_423-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja feito o calçamento da Rua Severino Feire Barbosa, no Bairro Vista do Sol.</t>
   </si>
   <si>
     <t>2325</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2325/indicacao_no_424-2025.pdf</t>
+  </si>
+  <si>
     <t>solicitamos estudo de viabilidade para aumento dos vencimentos dos conselheiros tutelares. (Encaminhada ao executivo Gabriela e Walmir Júnior).</t>
   </si>
   <si>
     <t>2326</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2326/indicacao_no_425-2025.pdf</t>
+  </si>
+  <si>
     <t>Solicitando que seja realizada a aquisição de um carro elétrico, e seja destinado especificadamente para as viagens de terapias para crianças atípicas.</t>
   </si>
   <si>
     <t>2327</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2327/indicacao_no_426-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo de que seja realizada o serviço de roçagem em torno da quadra de esporte da comunidade de Lagoa Limpa.</t>
   </si>
   <si>
     <t>2328</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2328/indicacao_no_427-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja construído paradas de ônibus em locais estratégicos, visando oferecer melhores condições de conforto e segurança aos usuários do transporte público.</t>
   </si>
   <si>
     <t>2329</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2329/indicacao_no_428-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo a realização de uma Sessão Solene na Câmara Municipal de Nova Cruz, com o objetivo de apresentar os resultados do IFRN - Campus Nova Cruz ao longo desses 15 anos de fundação neste município.</t>
   </si>
   <si>
     <t>2349</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2349/indicacao_no_429-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja realizado um mutirão de retirada de entulhos no Conjunto Vista das Serras.</t>
   </si>
   <si>
     <t>2350</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2350/indicacao_no_430-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja construído dois pórticos nas entradas da cidade, sendo um no acesso que liga ao município de Montanhas e outro no acesso que liga ao município de Passa e Fica.</t>
   </si>
   <si>
     <t>2351</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2351/indicacao_no_431-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja realizada a instalação da iluminação em LED e o asfalto da Rua João Lúcio de Carvalho, situada nas proximidades da Escola Modelo</t>
   </si>
   <si>
     <t>2352</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>Sugerindo que proceda com a colocação do portão da quadra de esportes do bairro Vista do sol, localizada na rua Severino Augusto de Morais.</t>
   </si>
   <si>
     <t>2353</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2353/indicacao_no_433-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja feito o saneamento básico na Rua José Batista da Silva, localizada no bairro Santa Maria Goreth.</t>
   </si>
   <si>
     <t>2354</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>Sugerindo que veja a viabilidade de inclusão de uma lombada na RN 269, no Sítio Lagoa Limpa do Fernando, em frente ao espaço de lazer N e D.</t>
   </si>
   <si>
     <t>2358</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>Sugerindo que seja construído um portal na entrada da Comunidade de Lagoa de Serra da Lapa.</t>
   </si>
   <si>
     <t>2368</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2368/indicacao_no_436-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja dada a continuidade da complementação do calçamento que liga a  Avenida Assis Chateaubriand até a Rua Campo Santo, neste município, especificamente ao lado da Ponte.</t>
   </si>
   <si>
     <t>2369</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2369/indicacao_no_437-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja dada continuidade a complementação do calçamento na Rua Geraldo Peixoto Mariano, localizada no bairro Planalto, neste município.</t>
   </si>
   <si>
     <t>2370</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2370/indicacao_no_438-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que sejam instaladas, em cada bairro e rua deste município, placas com suas respectivas identificações.</t>
   </si>
   <si>
     <t>2371</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2371/indicacao_no_439-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja realizada uma parceria público-privada, nos moldes dos programas “Adote um Canteiro” ou “Adote uma Praça”, com o objetivo de promover a manutenção e a reforma desses espaços públicos em nossa cidade.</t>
   </si>
   <si>
     <t>2372</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2372/indicacao_no_440-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que proceda com a colocação de piçarro na estrada vicinal lateral, após a bueira de Luiz Antônio, na comunidade de Lagoa de Serra da Lapa, neste município.</t>
   </si>
   <si>
     <t>2373</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2373/indicacao_no_441-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que sejam adquiridos uma geladeira e mais cadeiras para a recepção do posto de saúde da Comunidade de Três Voltas.</t>
   </si>
   <si>
     <t>2374</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>Sugerindo que seja reposta a placa de “sentido proibido” cód. R3, no cruzamento das ruas Professor Josepio de Almeida Duarte com a rua Capitão José da Penha, ruas do cruzamento do (CNSC).</t>
   </si>
   <si>
     <t>2375</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a limpeza dos matos e poda das árvores em frente ao Posto de Saúde da Comunidade de Lagoa Limpa do Fernando, neste município.</t>
   </si>
   <si>
     <t>2376</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2376/indicacao_no_444-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja instalada iluminação de LED na Rua Severino Antero Segundo, localizada no Bairro Vista do Sol</t>
   </si>
   <si>
     <t>2377</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2377/indicacao_no_445-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja feito a limpeza dos barreiros das comunidades de Gravata e Lagoa da Mata, neste município.</t>
   </si>
   <si>
     <t>2378</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2378/indicacao_no_446-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja realizado o asfaltamento da Rua Professor Reginaldo de Oliveira, onde está situada a Escola Estadual Rosa Pignataro.</t>
   </si>
   <si>
     <t>2379</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2379/indicacao_no_447-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja realizado o calçamento da Rua João Guedes da Silva.</t>
   </si>
   <si>
     <t>2380</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2380/indicacao_no_448-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja feito o asfalto na Rua João Amaro de Oliveira, localizado no bairro Nova Esperança.</t>
   </si>
   <si>
     <t>2381</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2381/indicacao_no_449-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja realizada a pavimentação asfáltica nas Ruas Dois de Fevereiro e Jorge Felipe da Silva, neste município.</t>
   </si>
   <si>
     <t>2382</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2382/indicacao_no_450-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja realizado a instalação de sistema de vídeo monitoramento nos veículos escolares do município.</t>
   </si>
   <si>
     <t>2383</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2383/indicacao_no_451-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja feito a limpeza da bueira localizada na Rua João Gouveia da Silva, nas proximidades da residência de número 157.</t>
   </si>
   <si>
     <t>2399</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2399/indicacao_no_452-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja feita a Limpeza Geral das Bueiras nas Vias Públicas de Nova Cruz/RN.</t>
   </si>
   <si>
     <t>2401</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2401/indicacao_no_453-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo de que seja passado a máquina motoniveladora na estrada vicinal que liga a pista até comunidade Fortaleza, neste município.</t>
   </si>
   <si>
     <t>2402</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2402/indicacao_no_454-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja instalado um quebra molas, na Rua Quinze de Novembro, precisamente em frente a Secretaria de Educação.</t>
   </si>
   <si>
     <t>2403</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>Sugerindo de que seja avaliada a viabilidade de implantação de lixeiras exclusivas para o descarte de material orgânico, na cor marrom, nas saídas da cidade de Nova Cruz /RN.</t>
   </si>
   <si>
     <t>2404</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2404/indicacao_no_456-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja feito a complementação do calçamento e a implantação de lâmpadas de LED na Rua Luiz Pedro da Costa no Bairro do Planalto.</t>
   </si>
   <si>
     <t>2405</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2405/indicacao_no_457-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja feito a complementação asfáltica da Rua Antônio Basilio de Melo no Bairro do Frei Damião.</t>
   </si>
   <si>
     <t>2406</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2406/indicacao_no_458-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo de que seja implantado um dia de funcional e atividades físicas nas comunidades de Lagoa Seca e Juriti, neste município.</t>
   </si>
   <si>
     <t>2407</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2407/indicacao_no_459-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja feito a reforma no centro social da comunidade de Lagoa Seca.</t>
   </si>
   <si>
     <t>2408</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2408/indicacao_no_460-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo de que seja dado continuidade na instalação dos postes na Comunidade do Trigueiro, mais precisamente no corredor conhecido como Rua das Pedras, que dá acesso a Matança de Valdir.</t>
   </si>
   <si>
     <t>2409</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2409/indicacao_no_461-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja realizado a construção de um cemitério público, na comunidade de Conceição.</t>
   </si>
   <si>
     <t>2410</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2410/indicacao_no_462-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja construído uma Unidade Básica de Saúde (UBS) na comunidade de Lagoa Seca, neste município.</t>
   </si>
   <si>
     <t>2411</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2411/indicacao_no_463-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja construído uma praça ou parque sensorial e também adequação das principais praças da cidade com espaços sensoriais no município de Nova Cruz – RN.</t>
   </si>
   <si>
     <t>2415</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>Sugerindo que seja verificada a viabilidade para a execução de um banheiro na Arena de Beach Tênis Fábio Serafim do Carmo, localizada no quiosque de Toin do Baurú.</t>
   </si>
   <si>
     <t>2416</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2416/indicacao_no_465-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que sejam realizados o saneamento básico e a pavimentação asfáltica na Rua José Batista da Silva, no bairro Santa Maria Goreti.</t>
   </si>
   <si>
     <t>2417</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2417/indicacao_no_466-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo de que seja realizada a recuperação do calçamento da Rua Franco de Oliveira, no Centro deste município</t>
   </si>
   <si>
     <t>2418</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2418/indicacao_no_467-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja realizada a manutenção do saneamento na Rua Seis de Julho, nas proximidades das residências de nº 118 a 186.</t>
   </si>
   <si>
     <t>2419</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2419/indicacao_no_468-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja realizada a limpeza, com serviço de capinagem, na Rua Silvino Ferreira da Silva, no bairro Santa Maria Goretti.</t>
   </si>
   <si>
     <t>2420</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2420/indicacao_no_469-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo a ligação do poço artesiano da comunidade de Lagoa do couro.</t>
   </si>
   <si>
     <t>2421</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2421/indicacao_no_470-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja feito o muro do campo de futebol da comunidade de primeira lagoa.</t>
   </si>
   <si>
     <t>2422</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2422/indicacao_no_471-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja feito a implantação de biodigestores nas escolas da rede municipal de ensino, no município de Nova Cruz/RN.</t>
   </si>
   <si>
     <t>2429</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2429/ind_no_472.2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que  seja realizado a conclusão do calçamento ou se não possível no momento, seja colocado metralhas e passado a máquina na Rua José Alexandrino, no Bairro Cidade do Sol, mais precisamente a Rua do Posto de Saúde que também dá acesso ao Society de Severino.</t>
   </si>
   <si>
     <t>2430</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2430/indicacao_no_473-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que veja e reavalie a situação dos animais soltos nas ruas, e nas rodovias estaduais (RN).</t>
   </si>
   <si>
     <t>2431</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>Sugerindo que seja passada a máquina motoniveladora nas estradas de desvios na Comunidade de Lagoa de Serra.</t>
   </si>
   <si>
     <t>2432</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2432/indicacao_no_475-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja realizada a limpeza no trecho, entre as ruas, Maria das Dores Almino da Silva e a Rua José Martins da Silva, no bairro Portal do Agreste.</t>
   </si>
   <si>
     <t>2433</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2433/indicacao_no_476-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que passe a máquina motoniveladora desde o Sítio Primeira Lagoa até a Comunidade de Capim Açu, neste município.</t>
   </si>
   <si>
     <t>2454</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2454/indicacao_no_477-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja construída uma lombada nas proximidades da Praça do Açude Recreio, no sentido da Ponte João Nogueira.</t>
   </si>
   <si>
     <t>2436</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2436/indicacao_no_478-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja solicitado um oficio a Secretaria de Obras e Serviços Urbanos que seja viabilizado um reparo na Rua João Menezes, nas proximidades da Roda do Caíque, devido à existência de uma vala que necessita de intervenção para garantir melhores condições de segurança e circulação.</t>
   </si>
   <si>
     <t>2437</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2437/indicacao_no_479-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo de que seja removido os postes e canteiros centrais na Rua Prof. Mário Pinoti, entre a Avenida Assis Chateaubriand e a Rua 18 de Abril, com a reorganização das faixas de rolamento e do fluxo de trânsito.</t>
   </si>
   <si>
     <t>2438</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2438/indicacao_no_480-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que proceda com a verificação da presença de cães soltos nas praças da cidade e, se necessário, providencie a instalação de placas nesses locais, alertando sobre a circulação desses animais.</t>
   </si>
   <si>
     <t>2440</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2440/indicacao_no_481-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo de que seja realizada uma inspeção no terreno onde anteriormente funcionava a antiga AABB, tendo em vista que o local encontra-se a céu aberto, atualmente seco, e apresenta riscos à saúde pública</t>
   </si>
   <si>
     <t>2441</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2441/indicacao_no_482-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja feito a completação asfáltica na Rua José Alexandre da Silva no Bairro Nova Esperança.</t>
   </si>
   <si>
     <t>2442</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2442/indicacao_no_483-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo de que seja realizada o calçamento da Rua Mauro Pessoa da Cunha, localizada no bairro Cidade do Sol.</t>
   </si>
   <si>
     <t>2446</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>Sugerindo que seja analisada a possibilidade de transformar a Rua José Otaviano de Souza em via de sentido único, visando melhorar a organização do tráfego e garantir maior segurança para motoristas e pedestres.</t>
   </si>
   <si>
     <t>2447</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>Sugerindo que seja implantada uma rampa de acessibilidade para pessoas com deficiência, interligando a praça de eventos a faixa de pedestres que dá acesso ao Atacarejo Novos Horizontes.</t>
   </si>
   <si>
     <t>2452</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2452/indicacao_no_486-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja feito o calçamento da Rua Francisco Caetano Filho, no Bairro Centro (Rua em frente ao novo prédio do CEO – Centro de Especialidades Odontológicas).</t>
   </si>
   <si>
     <t>2453</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2453/indicacao_no_487-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugerindo que seja instalado um ponto de internet (Wi-Fi) no Parque de Exposições, a fim de atender às necessidades de organização da Feira do Gado.</t>
   </si>
   <si>
     <t>1777</t>
   </si>
   <si>
     <t>MCA</t>
   </si>
   <si>
     <t>Moção de Aplausos</t>
   </si>
   <si>
     <t>Aluísio Soares de Sena (Aluísio Sena), Anne Gabriela Moreira de Souza Melo (Gabi Melo), Carlos César F. de Melo (César de Augustinho), Felipe da Costa Vicente (Felipe Vicente), Giliard Faustino da Silva (Giliard Faustino), José Jeconias Barbosa (Nia Salú), Maria Elizabete S. de Carvalho Barbosa (Bete Salú), Marione de Alburqueque Moreira (Marione Moreira), Patrícia Maria de Lima Silva (Patrícia Lima), Roberto Augusto de Morais Segundo (Bimbo), Thiago de Araújo Silva (Thiago Cassimiro), Tiago da Costa de Araújo (Tiago Araújo), Valmir Bernardino de Oliveira Júnior (Juninho)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1777/mocao_de_aplausos_no01-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1777/mocao_de_aplausos_no01-2025.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa  legislativa a seguinte  MOÇÃO DE APLAUSO E PARABENIZAÇÃO</t>
   </si>
   <si>
     <t>1778</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1778/mocao_de_aplausos_no02-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1778/mocao_de_aplausos_no02-2025.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte moção de aplauso a ser encaminhada ao Empório Da Construção, pelos seus 14 anos de atuação e contribuição ao setor da construção civil e ao comércio local.</t>
   </si>
   <si>
     <t>1807</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1807/mocao_de_aplausos_no_03-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1807/mocao_de_aplausos_no_03-2025.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte moção de aplauso a senhora Wilza da Costa Camelo em homenagem ao dia Internacional da Mulher.</t>
   </si>
   <si>
     <t>1808</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1808/mocao_de_aplausos_no04-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1808/mocao_de_aplausos_no04-2025.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte moção de aplausos a senhora Gilma Cunha Lima Pessoa.</t>
   </si>
   <si>
     <t>1809</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1809/mocao_de_aplausos_no05-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1809/mocao_de_aplausos_no05-2025.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte moção de aplausos a senhora Maria José do Nascimento, pela trajetória profissional e excelente trabalho prestado a Educação do município de Nova Cruz.</t>
   </si>
   <si>
     <t>1810</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1810/mocao_de_aplausos_no_06-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1810/mocao_de_aplausos_no_06-2025.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte moção de aplausos a senhora Dalvanira Gomes da Silva, em homenagem ao dia Internacional da mulher.</t>
   </si>
   <si>
     <t>1811</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1811/mocao_de_aplausos_no_07-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1811/mocao_de_aplausos_no_07-2025.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte moção de aplausos e reconhecimento ao Dia Internacional da Mulher, a ser encaminhada a senhora Joana Afonso da Silva.</t>
   </si>
   <si>
     <t>1812</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1812/mocao_de_aplausos_no_08-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1812/mocao_de_aplausos_no_08-2025.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte moção de aplausos a senhora Marinalva Ferreira dos Santos Arcela pelos serviços prestados a Educação do município de Nova Cruz.</t>
   </si>
   <si>
     <t>1813</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1813/mocao_de_aplausos_no_09-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1813/mocao_de_aplausos_no_09-2025.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte moção de aplausos a senhora Francisca Pereira da Cunha pelos relevantes serviços prestados a Saúde do município de Nova Cruz.</t>
   </si>
   <si>
     <t>1814</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1814/mocao_de_apalusos_no_10-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1814/mocao_de_apalusos_no_10-2025.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte moção de aplausos e reconhecimento ao Dia Internacional da Mulher, a ser encaminhada a senhora Rogéria Lins de Albuquerque pelos serviços prestado a Educação do município de Nova Cruz.</t>
   </si>
   <si>
     <t>1815</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1815/mocao_de_aplausos_no_11-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1815/mocao_de_aplausos_no_11-2025.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte moção de aplausos e reconhecimento ao Dia Internacional da Mulher, a ser encaminhada a senhora Maria de Lourdes Xandú de Lima.</t>
   </si>
   <si>
     <t>1816</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1816/mocao_de_aplausos_no_12-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1816/mocao_de_aplausos_no_12-2025.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte moção de aplausos e reconhecimento ao Dia Internacional da Mulher, a ser encaminhada a senhora e ex Vereadora desta Casa, Maria de Fátima da Costa, pelos relevantes serviços prestado á população Nova-cruzense.</t>
   </si>
   <si>
     <t>1817</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1817/mocao_de_aplausos_no_13-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1817/mocao_de_aplausos_no_13-2025.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte moção de aplausos e reconhecimento ao Dia Internacional da Mulher, a ser encaminhada a senhora Maria de Fatima da Silva .</t>
   </si>
   <si>
     <t>1818</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1818/mocao_de_aplausos_no_14-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1818/mocao_de_aplausos_no_14-2025.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte moção de aplausos e reconhecimento ao Dia Internacional da Mulher, a ser encaminhada a senhora Maria de Fátima Bezerra da Silva Santos.</t>
   </si>
   <si>
     <t>1819</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1819/mocao_de_aplausos_no_15-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1819/mocao_de_aplausos_no_15-2025.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte moção de aplausos e reconhecimento ao Dia Internacional da Mulher, a ser encaminhada a senhora Gildene da Silva Rocha.</t>
   </si>
   <si>
     <t>1850</t>
   </si>
   <si>
     <t>Carlos César F. de Melo (César de Augustinho), Thiago de Araújo Silva (Thiago Cassimiro)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1850/mocao_de_aplausos_no_16-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1850/mocao_de_aplausos_no_16-2025.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Aplausos a ser encaminhada aos familiares do Sr. Ademilson Francisco Amorim -RADIALISTA..</t>
   </si>
   <si>
     <t>1851</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1851/mocao_de_aplausos_no17-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1851/mocao_de_aplausos_no17-2025.pdf</t>
   </si>
   <si>
     <t>Apresento a está Casa Legislativa a seguinte Moção de Aplausos, pelos seus 65 Anos de  crescimento , contribuição e sucesso , a Instituição de Ensino  Escola Modelo.</t>
   </si>
   <si>
     <t>1972</t>
   </si>
   <si>
     <t>Giliard Faustino da Silva (Giliard Faustino), Aluísio Soares de Sena (Aluísio Sena), Anne Gabriela Moreira de Souza Melo (Gabi Melo), Carlos César F. de Melo (César de Augustinho), Felipe da Costa Vicente (Felipe Vicente), José Jeconias Barbosa (Nia Salú), Maria Elizabete S. de Carvalho Barbosa (Bete Salú), Marione de Alburqueque Moreira (Marione Moreira), Patrícia Maria de Lima Silva (Patrícia Lima), Roberto Augusto de Morais Segundo (Bimbo), Thiago de Araújo Silva (Thiago Cassimiro), Tiago da Costa de Araújo (Tiago Araújo), Valmir Bernardino de Oliveira Júnior (Juninho)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1972/mocao_de_aplausos_no_18-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1972/mocao_de_aplausos_no_18-2025.pdf</t>
   </si>
   <si>
     <t>Apresento a esta  casa a seguinte moção de aplausos a ser encaminhada aos Capoeirista de Nova Cruz..</t>
   </si>
   <si>
     <t>1973</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1973/mocao_de_aplausos_19-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1973/mocao_de_aplausos_19-2025.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte Moção de Aplausos, e Parabenização ao senhor José Cláudio Soares.</t>
   </si>
   <si>
     <t>1974</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1974/mocao_de_aplausos_20-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1974/mocao_de_aplausos_20-2025.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa  legislativa a seguinte Moção de Aplausos e Parabenização a ser encaminhada aos psicólogos da policlínica Nossa Senhora de Fátima em nome dos psicólogos Marcelo Bruno Cardoso, Targino e Silas Marcelino da Silva,  pelos serviços clinicamente prestados a todos os pacientes com TEA [ Transtorno do Espectro do Autismo].</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2012/mocao_de_aplausos_no_21-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2012/mocao_de_aplausos_no_21-2025.pdf</t>
   </si>
   <si>
     <t>Apresento  a esta casa legislativa a seguinte Moção de Aplausos e Parabenização, ao Senhor Jorge Corcino de Araújo, pelo o seu desenvolvimento do seu empreendimento no município de Nova Cruz/RN.</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2013/mocao_de_aplausos_no_22-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2013/mocao_de_aplausos_no_22-2025.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte Moção de Aplausos e Parabenização, a ser encaminhada ao Sindicato dos Trabalhadores Rurais e Agricultores e Agricultoras Rurais de Nova Cruz-RN, pelo o aniversario de 64, anos de fundação.</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2023/mocao_de_aplausos_no_23-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2023/mocao_de_aplausos_no_23-2025.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Aplausos a ser encaminha ao Senhor Josenildo Paz - Atleta do nosso município e campeão da prova dos 42 km da maratona de Natal – RN.</t>
   </si>
   <si>
     <t>2049</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2049/mocao_de_aplausos_no_24-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2049/mocao_de_aplausos_no_24-2025.pdf</t>
   </si>
   <si>
     <t>Apresento a esta a esta casa legislativa a seguinte Moção de Aplausos e Parabenização, a ser encaminhada ao senhor Geraldo Gerônimo da Silva, pelos serviços prestados a nossa população como mestre de obra da ponte João Nogueira.</t>
   </si>
   <si>
     <t>2052</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2052/mocao_de_aplausos_no_25-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2052/mocao_de_aplausos_no_25-2025.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte Moção de Aplausos e Parabenização, a ser encaminhada a Loja Maçônica do Agreste em comemoração aos seus quarenta e oito anos de fundação.</t>
   </si>
   <si>
     <t>2137</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2137/mocao_de_aplausos_no_26-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2137/mocao_de_aplausos_no_26-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo uma Moção de Aplausos à Unopar Nova Cruz, em reconhecimento à inauguração de sua nova sede, marco relevante para a educação e o desenvolvimento do município.</t>
   </si>
   <si>
     <t>2149</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2149/mocao_de_plausos_no_27-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2149/mocao_de_plausos_no_27-2025.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte Moção de Aplausos e Parabenização, a ser encaminhada ao Cassio da_x000D_
 Silva Barbosa, mas conhecido como Roxinho, vaqueiro e digital influencie conhecido em todo Brasil.</t>
   </si>
   <si>
     <t>2151</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2151/mocao_de_aplausos_no_28-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2151/mocao_de_aplausos_no_28-2025.pdf</t>
   </si>
   <si>
     <t>Apresento a seguinte Moção de Aplausos e Parabenização, a ser encaminhada à Equipe de Fut 7 Guerreiros, pela brilhante conquista do título de Campeão Estadual, representando com honra e dedicação o esporte de nossa região. Destacamos os dirigentes Raniery, Raniel e Clovão, que com compromisso, liderança e paixão pelo esporte, contribuíram de forma decisiva para essa conquista histórica.</t>
   </si>
   <si>
     <t>2186</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2186/mocao_de_aplausos_no_29-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2186/mocao_de_aplausos_no_29-2025.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Aplausos e Parabenização, a ser encaminhada ao fiscal de Tributos Josias de Oliveira Batista pelos trabalhos prestados ao município e por seu natalício.</t>
   </si>
   <si>
     <t>2195</t>
   </si>
   <si>
     <t>Valmir Bernardino de Oliveira Júnior (Juninho), Patrícia Maria de Lima Silva (Patrícia Lima)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2195/mocao_de_aplausos_no_30-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2195/mocao_de_aplausos_no_30-2025.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa Moção de Aplausos e Parabenização, a ser encaminhada ao Reverendíssimo Pe. Dênison Ricardo por ocasião da celebração de seu primeiro Lustro Sacerdotal.</t>
   </si>
   <si>
     <t>2196</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2196/mocao_de_aplausos_no_31-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2196/mocao_de_aplausos_no_31-2025.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Aplausos e Parabenização, a ser encaminhada ao Bispo Dom João Cardoso, em reconhecimento aos relevantes serviços prestados à comunidade, à fé cristã e à promoção dos valores humanos e sociais.</t>
   </si>
   <si>
     <t>2199</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2199/mocao_de_aplausos_no_32-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2199/mocao_de_aplausos_no_32-2025.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Aplausos e Parabenização, a ser encaminhada ao senhor Diácono Jammes Maxwell Soares de Andrade, pelas relevantes ações prestadas em prol da preservação do meio ambiente em nosso município.</t>
   </si>
   <si>
     <t>2232</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2232/mocao_de_aplausos_no_33-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2232/mocao_de_aplausos_no_33-2025.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Aplausos e Parabéns , a ser encaminhada a senhora Psicóloga Tathiane Guedes, em reconhecimento pelo gesto simbólico de dar o ponta inicial da Corrida do Setembro  Amarelo que representou o compromisso com a valorização da vida. a conscientização sobre a prevenção ao suicídio e o fortalecimento da saúde mental.</t>
   </si>
   <si>
     <t>2233</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2233/34._mocao_de_aplausos-2025.pdf</t>
+  </si>
+  <si>
     <t>a presente Moção de Aplausos e Parabenização, a ser encaminhada a Pascom - Pastoral da Comunicação, hoje com um belíssimo trabalho na cobertura de todas as ações da igreja católica no município de Nova Cruz.</t>
   </si>
   <si>
     <t>2236</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2236/mocao_de_aplausos_no_35-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2236/mocao_de_aplausos_no_35-2025.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Aplausos e Parabenização, a ser encaminhada ao Senhor Paul Cliveland Roberto Virgulino Pereira, em virtude de sua promoção ao posto de Capitão da Polícia Militar da Paraíba.</t>
   </si>
   <si>
     <t>2237</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2237/36._mocao_de_aplausos-2025.pdf</t>
+  </si>
+  <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Aplausos e Parabenização, a ser encaminhada a Senhora Secretária Municipal de Educação MARIA DO SOCORRO MAURÍCIO DE QUEIROZ ÂNGELO pelo belíssimo desfile do dia 7 de setembro.</t>
   </si>
   <si>
     <t>2252</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2252/37._mocao_de_aplausos-2025.pdf</t>
+  </si>
+  <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Aplausos e Parabenização, a ser encaminhada ao Reverendíssimo Pe. Robson Paulo de Oliveira em comemoração aos dez anos de ordenação.</t>
   </si>
   <si>
     <t>2284</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2284/38._mocao_de_aplausos-2025.pdf</t>
+  </si>
+  <si>
     <t>Apresente a esta Casa Legislativa Moção de Aplausos e Parabenização, a ser encaminhada à senhora Sutia Maria Diógenes, Presidente do Conselho Municipal de Saúde de Nova Cruz/RN, em reconhecimento ao seu trabalho exemplar, comprometimento e dedicação frente à presidência deste importante órgão de controle social do conselho.</t>
   </si>
   <si>
     <t>2285</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2285/39._mocao_de_aplausos-2025.pdf</t>
+  </si>
+  <si>
     <t>Apresente a esta Casa Legislativa Moção de Aplausos e Parabenização, a ser encaminhada a senhora Micarla da Costa Gomes, em reconhecimento ao seu relevante trabalho de conscientização sobre a valorização da vida, especialmente nesse Setembro Amarelo, promovendo palestras, atividades em parceria com profissionais da saúde e ações solidárias com arrecadações e doações de alimentos.</t>
   </si>
   <si>
     <t>2304</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2304/40._mocao_de_aplausos-2025.pdf</t>
+  </si>
+  <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Aplausos e Parabenização, aos Agentes Comunitários de Saúde (ACS) do Município, pela passagem do dia 04 de outubro, data em que se comemora o Dia Nacional do Agente Comunitário de Saúde.</t>
   </si>
   <si>
     <t>2305</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2305/41._mocao_de_aplausos-2025.pdf</t>
+  </si>
+  <si>
     <t>Apresente a esta Casa Legislativa a seguinte Moção de Aplausos e Parabenização, a ser encaminhada aos Agentes de Combate às Endemias (ACE) do Município, pela passagem do dia 04 de outubro, data em que se comemora o Dia Nacional dos Agentes de Combate às Endemias.</t>
   </si>
   <si>
     <t>2306</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2306/42._mocao_de_aplausos-2025.pdf</t>
+  </si>
+  <si>
     <t>Apresento a esta Casa Legislativa a seguinte  Moção de Aplausos e Parabenização, a ser encaminhada ao Senhor João Lucas Gomes Neto, que vem desempenhado um belíssimo trabalho na comunidade de Lagoa Seca, neste município.</t>
   </si>
   <si>
     <t>2307</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2307/43._mocao_de_aplausos-2025.pdf</t>
+  </si>
+  <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Aplausos e Parabenização, a ser encaminhada ao Senhor Daniel Araújo de Fonseca, em reconhecimento ao excelente trabalho que vem desempenhado como Secretário da Secretaria Municipal de Juventude, Esporte e Lazer, neste município</t>
   </si>
   <si>
     <t>2427</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2427/44._mocao_de_aplausos-2025.pdf</t>
+  </si>
+  <si>
     <t>Apresento a seguinte Moção de Aplausos e Parabenização, a ser encaminhada à jovem atleta Kaline Elói Duarte, nova-cruzense convocada para compor  a Seleção Brasileira Feminina Sub-20, em reconhecimento ao seu mérito esportivo e a representatividade que traz ao nosso município.</t>
   </si>
   <si>
     <t>2444</t>
   </si>
   <si>
+    <t>Marione de Alburqueque Moreira (Marione Moreira), Patrícia Maria de Lima Silva (Patrícia Lima)</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2444/mocao_de_aplausos_no_45.2025.pdf</t>
+  </si>
+  <si>
     <t>Apresento a seguinte Moção de Aplausos e Parabenização, a ser encaminhada ao Senhor Allan Nilson de Sousa Dantas, professor e atual diretor do Instituto Federal do Rio Grande do Norte (IFRN), Campus Nova Cruz, em reconhecimento à sua dedicação e contribuição à frente da instituição, que celebra seus 15 anos de existência.</t>
   </si>
   <si>
     <t>2445</t>
   </si>
   <si>
+    <t>Anne Gabriela Moreira de Souza Melo (Gabi Melo), Aluísio Soares de Sena (Aluísio Sena), Carlos César F. de Melo (César de Augustinho), Felipe da Costa Vicente (Felipe Vicente), Giliard Faustino da Silva (Giliard Faustino), José Jeconias Barbosa (Nia Salú), Maria Elizabete S. de Carvalho Barbosa (Bete Salú), Marione de Alburqueque Moreira (Marione Moreira), Patrícia Maria de Lima Silva (Patrícia Lima), Roberto Augusto de Morais Segundo (Bimbo), Thiago de Araújo Silva (Thiago Cassimiro), Tiago da Costa de Araújo (Tiago Araújo), Valmir Bernardino de Oliveira Júnior (Juninho)</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2445/mocao_de_aplausos_no46.2025.pdf</t>
+  </si>
+  <si>
     <t>Apresento a esta Casa Legista a seguinte Moção de Aplausos e Parabenização, a ser encaminhada ao Comando da Polícia Civil de Nova Cruz, em reconhecimento pela elucidação do crime envolvendo o vereador do município de Jacaraú, ocorrido durante o exercício de suas funções e mandato.</t>
   </si>
   <si>
     <t>2448</t>
   </si>
   <si>
+    <t>Felipe da Costa Vicente (Felipe Vicente), Aluísio Soares de Sena (Aluísio Sena), Anne Gabriela Moreira de Souza Melo (Gabi Melo), Carlos César F. de Melo (César de Augustinho), Giliard Faustino da Silva (Giliard Faustino), José Jeconias Barbosa (Nia Salú), Maria Elizabete S. de Carvalho Barbosa (Bete Salú), Marione de Alburqueque Moreira (Marione Moreira), Patrícia Maria de Lima Silva (Patrícia Lima), Roberto Augusto de Morais Segundo (Bimbo), Thiago de Araújo Silva (Thiago Cassimiro), Tiago da Costa de Araújo (Tiago Araújo), Valmir Bernardino de Oliveira Júnior (Juninho)</t>
+  </si>
+  <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2448/mocao_de_aplausos_no47.2025.pdf</t>
+  </si>
+  <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Aplausos e Parabenização, a ser encaminhada ao IFRN – Instituto Federal do Rio Grande do Norte, Campus Nova Cruz –, pelo belíssimo trabalho realizado em nosso estado, transmitindo conhecimento, promovendo ensino de qualidade e formando profissionais para o mercado de trabalho.</t>
   </si>
   <si>
     <t>2449</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2449/48._mocao_de_aplausos-2025.pdf</t>
+  </si>
+  <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Aplausos e Parabenização, a ser encaminhada ao Senhor Amarildo Freire de Oliveira Junior, pelos relevantes serviços prestados a população Nova-cruzense.</t>
   </si>
   <si>
     <t>2450</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2450/mocao_de_aplausos_no49.2025.pdf</t>
+  </si>
+  <si>
     <t>Apresento a esta Casa Legislativa seguinte Moção de Aplausos e Parabenização, a ser encaminhada a Borracharia José Felix e Maria – Pelos seus 8 anos de atuação no Município de Nova Cruz RN.</t>
   </si>
   <si>
     <t>2425</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2425/mocao_de_aplausos_no_50-2025.pdf</t>
+  </si>
+  <si>
     <t>Apresento a seguinte Moção de Aplausos e Parabenização,  a ser encaminhada ao Senhor Geralmente Clemente de Paiva, em reconhecimento ao excelente trabalho que vem desenvolvimento na organização e condução dos campeonatos de campo e de quadra.</t>
   </si>
   <si>
     <t>2426</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2426/mocao_de_aplausos_no_51-2025.pdf</t>
+  </si>
+  <si>
     <t>Apresento a seguinte Moção de Aplausos e Parabenização, a ser encaminhada ao Senhor Ramon Duarte Silva, em reconhecimento pela realização do grandioso evento Expo Agreste, que contribuiu significativamente para o desenvolvimento e a valorização do setor agropecuário em nossa região.</t>
   </si>
   <si>
     <t>2455</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2455/mocao_de_aplausos_no52.2025.pdf</t>
+  </si>
+  <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Aplausos e Parabenização, a ser encaminhada à Igreja Almas para Cristo.</t>
   </si>
   <si>
     <t>2456</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2456/mocao_de_aplausos_no_53.2025.pdf</t>
+  </si>
+  <si>
     <t>Apresento a seguinte Moção de Aplausos e Parabenização, a ser encaminhada ao radialista Antônio Alves, em reconhecimento aos relevantes e valorosos serviços prestados ao município, por meio de sua atuação profissional, contribuindo de forma significativa para a informação e a comunicação da população.</t>
   </si>
   <si>
     <t>2457</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2457/mocao_de_aplausos_no_54.2025.pdf</t>
+  </si>
+  <si>
     <t>Apresento a seguinte Moção de Aplausos e Parabenização, a ser encaminhada ao Time de Futsal “Salgado”, em reconhecimento pela expressiva conquista do título de Campeão do Campeonato Municipal de Futsal 2025, realizado em nosso município.</t>
   </si>
   <si>
     <t>2458</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2458/mocao_de_aplausos_no_55.2025.pdf</t>
+  </si>
+  <si>
     <t>Apresento a esta Casa Legislativa a Moção de Aplausos e Parabenização, a ser encaminhada ao Senhor Francisco Barbosa, conhecido carinhosamente como Chico Freire, pelos relevantes serviços prestados à comunidade do Trigueiro, especialmente no fortalecimento do esporte e da cultura, por meio de seu conhecido e tradicional empreendimento – Bar do Chico Freire.</t>
   </si>
   <si>
     <t>1708</t>
   </si>
   <si>
     <t>MCP</t>
   </si>
   <si>
     <t>Moção de Pesar</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1708/mocao_de_pesar_n001-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1708/mocao_de_pesar_n001-2025.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares da Senhor  Severino Alves de Góis (Subtenente Góis).</t>
   </si>
   <si>
     <t>1718</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1718/mocao_de_pesar_no02-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1718/mocao_de_pesar_no02-2025.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares do Senhor Dr. Edgardo Alberto Benavides Carrasco</t>
   </si>
   <si>
     <t>1735</t>
   </si>
   <si>
     <t>Valmir Bernardino de Oliveira Júnior (Juninho), Aluísio Soares de Sena (Aluísio Sena), Anne Gabriela Moreira de Souza Melo (Gabi Melo), Carlos César F. de Melo (César de Augustinho), Felipe da Costa Vicente (Felipe Vicente), Giliard Faustino da Silva (Giliard Faustino), José Jeconias Barbosa (Nia Salú), Maria Elizabete S. de Carvalho Barbosa (Bete Salú), Marione de Alburqueque Moreira (Marione Moreira), Patrícia Maria de Lima Silva (Patrícia Lima), Roberto Augusto de Morais Segundo (Bimbo), Thiago de Araújo Silva (Thiago Cassimiro), Tiago da Costa de Araújo (Tiago Araújo)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1735/mocao_de_pesar_no03-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1735/mocao_de_pesar_no03-2025.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares do Senhor José Pereira Alves.</t>
   </si>
   <si>
     <t>1775</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1775/mocao_de_pesar_no04-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1775/mocao_de_pesar_no04-2025.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares do Senhor Joricene Gomes da Silva.</t>
   </si>
   <si>
     <t>1776</t>
   </si>
   <si>
     <t>Maria Elizabete S. de Carvalho Barbosa (Bete Salú), Aluísio Soares de Sena (Aluísio Sena), Anne Gabriela Moreira de Souza Melo (Gabi Melo), Carlos César F. de Melo (César de Augustinho), Felipe da Costa Vicente (Felipe Vicente), Giliard Faustino da Silva (Giliard Faustino), José Jeconias Barbosa (Nia Salú), Marione de Alburqueque Moreira (Marione Moreira), Patrícia Maria de Lima Silva (Patrícia Lima), Roberto Augusto de Morais Segundo (Bimbo), Thiago de Araújo Silva (Thiago Cassimiro), Tiago da Costa de Araújo (Tiago Araújo), Valmir Bernardino de Oliveira Júnior (Juninho)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1776/mocao_de_pesar_no05-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1776/mocao_de_pesar_no05-2025.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares da criança Kauê Alves da Silva.</t>
   </si>
   <si>
     <t>1848</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1848/mocao_de_pesar_no_06-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1848/mocao_de_pesar_no_06-2025.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares do Sr. Francisco das Chagas Silva (Chagas Silva).</t>
   </si>
   <si>
     <t>1849</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1849/mocao_de_pesar_no_07-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1849/mocao_de_pesar_no_07-2025.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares do Jovem Emerson da Rocha Barbosa.</t>
   </si>
   <si>
     <t>1883</t>
   </si>
   <si>
     <t>Carlos César F. de Melo (César de Augustinho), Aluísio Soares de Sena (Aluísio Sena), Anne Gabriela Moreira de Souza Melo (Gabi Melo), Felipe da Costa Vicente (Felipe Vicente), Giliard Faustino da Silva (Giliard Faustino), José Jeconias Barbosa (Nia Salú), Maria Elizabete S. de Carvalho Barbosa (Bete Salú), Marione de Alburqueque Moreira (Marione Moreira), Patrícia Maria de Lima Silva (Patrícia Lima), Roberto Augusto de Morais Segundo (Bimbo), Thiago de Araújo Silva (Thiago Cassimiro), Tiago da Costa de Araújo (Tiago Araújo), Valmir Bernardino de Oliveira Júnior (Juninho)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1883/mocao_de_pesar_no_08-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1883/mocao_de_pesar_no_08-2025.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte moção  de pesar, a ser encaminhada aos familiares da senhora  Ivanilda Cardoso do Nascimento.</t>
   </si>
   <si>
     <t>1969</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1969/mocao_de_pesar_09-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1969/mocao_de_pesar_09-2025.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte moção de pesar ao Senhor Eronides Cândido de Oliveira.</t>
   </si>
   <si>
     <t>1970</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1970/mocao_de_pesar_10-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1970/mocao_de_pesar_10-2025.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte moção de pesar ao Senhor Francisco de Assis Pinheiro da Silva.</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2022/mocao_de_pesar_11-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2022/mocao_de_pesar_11-2025.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte moção de pesar, pelo o falecimento da senhora Maria Gilma da Silva. a Câmara Municipal de Nova Cruz, manifesta as suas condolências.</t>
   </si>
   <si>
     <t>2040</t>
   </si>
   <si>
     <t>Thiago de Araújo Silva (Thiago Cassimiro), Aluísio Soares de Sena (Aluísio Sena), Anne Gabriela Moreira de Souza Melo (Gabi Melo), Carlos César F. de Melo (César de Augustinho), Felipe da Costa Vicente (Felipe Vicente), Giliard Faustino da Silva (Giliard Faustino), José Jeconias Barbosa (Nia Salú), Maria Elizabete S. de Carvalho Barbosa (Bete Salú), Marione de Alburqueque Moreira (Marione Moreira), Patrícia Maria de Lima Silva (Patrícia Lima), Roberto Augusto de Morais Segundo (Bimbo), Tiago da Costa de Araújo (Tiago Araújo), Valmir Bernardino de Oliveira Júnior (Juninho)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2040/mocao_de_pesar_no_12-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2040/mocao_de_pesar_no_12-2025.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares da criança Maria Alice Pereira Avelino.</t>
   </si>
   <si>
     <t>2050</t>
   </si>
   <si>
     <t>Marione de Alburqueque Moreira (Marione Moreira), Aluísio Soares de Sena (Aluísio Sena), Anne Gabriela Moreira de Souza Melo (Gabi Melo), Carlos César F. de Melo (César de Augustinho), Felipe da Costa Vicente (Felipe Vicente), Giliard Faustino da Silva (Giliard Faustino), José Jeconias Barbosa (Nia Salú), Maria Elizabete S. de Carvalho Barbosa (Bete Salú), Patrícia Maria de Lima Silva (Patrícia Lima), Roberto Augusto de Morais Segundo (Bimbo), Thiago de Araújo Silva (Thiago Cassimiro), Tiago da Costa de Araújo (Tiago Araújo), Valmir Bernardino de Oliveira Júnior (Juninho)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2050/mocao_de_pesar_no_13-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2050/mocao_de_pesar_no_13-2025.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte  Moção de Pesar, a ser encaminhada aos familiares do senhor, Eduardo Wagner da Silva, a Câmara Municipal de Nova Cruz, manifesta as suas condolências.</t>
   </si>
   <si>
     <t>2051</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2051/mocao_de_pesar_no_14-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2051/mocao_de_pesar_no_14-2025.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte Moção de Pesar, pelo falecimento do senhor Severino Alves Camelo, a Câmara municipal de Nova Cruz, manifesta as suas condolências.</t>
   </si>
   <si>
     <t>2070</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2070/mocao_de_pesar_no_15-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2070/mocao_de_pesar_no_15-2025.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte Moção de Pesar, a ser encaminhada a Senhora Marinalva Ferreira dos Santos Arcela, a Câmara Municipal de Nova Cruz, manifesta as suas condolências.</t>
   </si>
   <si>
     <t>2071</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2071/mocao_de_pesar_16-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2071/mocao_de_pesar_16-2025.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte Moção de Pesar , pelo falecimento da Senhora Luzia Barbosa dos Santos , a Câmara Municipal de Nova Cruz, manifesta as suas condolências.</t>
   </si>
   <si>
     <t>2072</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2072/mocao_de_pesar_17-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2072/mocao_de_pesar_17-2025.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte Moção de Pesar, pelo falecimento do Senhor Antônio Izidio da Silva, a Câmara municipal de Nova Cruz, manifesta as suas condolências.</t>
   </si>
   <si>
     <t>2090</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2090/mocao_de_aplausos_no_18-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2090/mocao_de_aplausos_no_18-2025.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte Moção de Pesar, a senhora Josefa Coutinho de Araújo, a Câmara Municipal de Nova Cruz , manifesta as suas condolências. Aqui ficam nossas manifestações de pêsames aos seus familiares.</t>
   </si>
   <si>
     <t>2091</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2091/mocao_de_pesar_no_19-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2091/mocao_de_pesar_no_19-2025.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte Moção de Pesar, pelo falecimento da senhora Maria Coelho de Santana, a Câmara Municipal de Nova Cruz, manifesta as suas condolências.</t>
   </si>
   <si>
     <t>2093</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2093/mocao_de_aplausos_20-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2093/mocao_de_aplausos_20-2025.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte moção de pesar pelo o falecimento da senhora Regina Maria da Conceição, a Câmara Municipal de Nova Cruz, manifesta suas condolências.</t>
   </si>
   <si>
     <t>2096</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2096/mocao_de_aplausos_no_21-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2096/mocao_de_aplausos_no_21-2025.pdf</t>
   </si>
   <si>
     <t>Apresento nos termos do regime interno a seguinte moção de pesar do Senhor José Barbosa de Macêdo Filho, mais conhecido como Zezinho Mariano, a Câmara Municipal de Nova Cruz manifesta suas condolências.</t>
   </si>
   <si>
     <t>2141</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2141/22._mocao_de_pesar-2025.pdf</t>
+  </si>
+  <si>
     <t>Apresento nos termos do regime interno a seguinte moção de pesar da Senhora Dalvanira Crisanto da Silva, a Câmara Municipal de Nova Cruz manifesta suas condolências.</t>
   </si>
   <si>
     <t>2142</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2142/mocao_de_pesar_no_23-2025.pdf</t>
+  </si>
+  <si>
     <t>Apresento nos termos do regime interno a seguinte moção de pesar do Jovem Tiago de Lima Barbosa , mais conhecido como Tiago Salu, a Câmara Municipal de Nova Cruz manifesta suas condolências.</t>
   </si>
   <si>
     <t>2143</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2143/mocao_de_pesar_no_24-2025.pdf</t>
+  </si>
+  <si>
     <t>Apresento a esta casa legislativa a seguinte moção de pesar pelo o falecimento do senhor Ormildo Lourenço de Oliveira, a Câmara Municipal de Nova Cruz, manifesta suas condolências.</t>
   </si>
   <si>
     <t>2215</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2215/mocao_de_pesar_no_25-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2215/mocao_de_pesar_no_25-2025.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte  Moção de Pesar, pelo falecimento do Senhor Geová Barreto Feliz.</t>
   </si>
   <si>
     <t>2235</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2235/mocao_de_pesar_no_26-2025.pdf</t>
+  </si>
+  <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Pesar pelo falecimento do senhor Severino do Ramos, a Câmara Municipal de Nova Cruz, manifesta as suas condolências.</t>
   </si>
   <si>
     <t>2297</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa Moção de Pesar, pelo falecimento do Senhor Francisco de Assis de Freitas, a Câmara Municipal de Nova Cruz, manifesta as suas condolências.</t>
   </si>
   <si>
     <t>2298</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2298/mocao_de_pesar_no_28-2025.pdf</t>
+  </si>
+  <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Pesar, pelo falecimento do Senhor Arnold Silva, a Câmara Municipal de Nova Cruz, manifesta as suas condolências.</t>
   </si>
   <si>
     <t>2299</t>
   </si>
   <si>
     <t>Apresento a a esta Casa Legista a seguinte Moção de Pesar, pelo falecimento da Senhora Maria de Fátima Nascimento de Freitas, a Câmara Municipal de Nova Cruz, manifesta as suas condolências.</t>
   </si>
   <si>
     <t>2300</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2300/mocao_de_pesar_no_30-2025.pdf</t>
+  </si>
+  <si>
     <t>Apresento a esta Casa Legislativa a seguinte  Moção de Pesar, pelo falecimento da Senhora Maria José da Silva, a Câmara Municipal de Nova Cruz, manifesta as suas condolências.</t>
   </si>
   <si>
     <t>2301</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte  Moção de Pesar, pelo falecimento da senhora Maria do Rosário Soares da Costa, a Câmara Municipal de Nova Cruz, manifesta as suas condolências.</t>
   </si>
   <si>
     <t>2302</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2302/mocao_de_pesar_no_32-2025.pdf</t>
+  </si>
+  <si>
     <t>Apresento a esta Casa Legislativa a seguinte  Moção de Pesar, pelo falecimento do Senhor José Vicente da Silva, a Câmara Municipal de Nova Cruz, manifesta as suas condolências.</t>
   </si>
   <si>
     <t>2303</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2303/mocao_de_pesar_no_33-2025.pdf</t>
+  </si>
+  <si>
     <t>Apresento a esta Casa Legislativa a seguinte  Moção de Pesar, pelo falecimento da Senhora Marinalva Estevam do Nascimento a Câmara Municipal de Nova Cruz, manifesta as suas condolências.</t>
   </si>
   <si>
     <t>2330</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa Moção de Pesar, pelo falecimento do Senhor David José de Melo, a Câmara Municipal de Nova Cruz, manifesta as suas condolências.</t>
   </si>
   <si>
     <t>2331</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2331/mocao_de_pesar_no_35-2025.pdf</t>
+  </si>
+  <si>
     <t>Apresento a esta Casa Legislativa Moção de Pesar, pelo falecimento da senhora Marlene Soares da Cruz a Câmara Municipal de Nova Cruz, manifesta as suas condolências.</t>
   </si>
   <si>
     <t>2332</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Pesar, pelo falecimento do senhor Luiz Dias da Paixão a Câmara Municipal de Nova Cruz, manifesta as suas condolências</t>
   </si>
   <si>
     <t>2333</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Pesar, pelo falecimento da senhora Gecelma Alves Cabral a Câmara Municipal de Nova Cruz, manifesta as suas condolências</t>
   </si>
   <si>
     <t>2335</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte  Moção de Pesar, pelo falecimento da Senhor José Alexandrino Neto, a Câmara Municipal de Nova Cruz, manifesta as suas condolências.</t>
   </si>
   <si>
     <t>2336</t>
   </si>
   <si>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2336/mocao_de_pesar_no_39-2025.pdf</t>
+  </si>
+  <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Pesar, pelo falecimento da Senhora Joana Maria da Silva, a Câmara Municipal de Nova Cruz, manifesta as suas condolências.</t>
+  </si>
+  <si>
+    <t>2459</t>
+  </si>
+  <si>
+    <t>Apresente a esta Casa Legislativa a seguinte Moção de Pesar, pelo falecimento do Senhor Eugênio Gomes Pereira, a Câmara Municipal de Nova Cruz, manifesta as suas condolências</t>
+  </si>
+  <si>
+    <t>2463</t>
+  </si>
+  <si>
+    <t>Apresente a esta Casa Legislativa a seguinte Moção de Pesar, pelo falecimento da Senhora Maria Eunice Alves, a Câmara Municipal de Nova Cruz, manifesta as suas condolências.</t>
+  </si>
+  <si>
+    <t>2476</t>
+  </si>
+  <si>
+    <t>Apresento a esta Casa Legislativa nos termos do Regimento Interno a seguinte Moção de Pesar, pelo falecimento da Senhora Rita Cordeiro da Silva, a Câmara Municipal de Nova Cruz, manifesta as suas condolências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -7507,67 +7879,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1709/pll_no_01_-_2025_arquivado.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1710/projeto_de_lei_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1820/projeto_de_lei_no_03-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1821/projeto_de_lei_legislativo_no_04_-_2025_despacho.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1852/pll_no_05.2025_-__despacho.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1853/projeto_de_lei_no_06-2025..pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1913/projeto_de_lei_no_07_-_2025_despacho.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1905/projeto_de_lei_no_08_-_2025_despacho.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1914/projeto_de_lei_do_legislativo_no_10.2025_-_despacho.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1971/projeto_de_lei_do_legislativo_no_11.2025_-_despacho.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1994/projeto_de_lei_ordinaria_-__legislativo_-pl_12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2089/projeto_de_lei_no_15_-_2025_despacho.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2099/pll_no_16_-_2025_despacho.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2101/pl.17.2025_-_retirado_de_pauta.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2178/pll.21_-_2025_despacho.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2212/pll_no_23.2025_despacho.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1711/projeto_de_lei_no_01-_2025_despacho.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1996/projeto_de_lei_no_03_-_2025_despacho.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2100/projeto_de_lei_no_04_-_2025_despacho.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2092/projeto_de_lei_executivo_no_05_-_2025.ppa_2026-2029_despacho.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2174/ple_no_06_-_2025_despacho.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1884/requqrimento_01-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1885/requerimento_02-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1911/requerimento_03-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1912/requerimento_04-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2011/requerimento_05-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2039/requerimento_no_06-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2068/requerimento_07-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2069/requerimento_08-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1706/indicacao_01-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1707/indicacao_02-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1719/indicacao_03-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1720/indicacao_04-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1721/indicacao_05-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1722/indicacao_06-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1723/indicacao_07-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1724/indicacao_08-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1725/indicacao_09-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1726/indicacao_10-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1727/indicacao_11-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1728/indicacao_12-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1729/indicacao_13-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1730/indicacao_14-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1731/indicacao_15-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1732/indicacao_16-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1733/indicacao_17-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1734/indicacao_18-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1712/indicacao_19-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1713/indicacao_20-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1714/indicacao_21-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1715/indicacao_22-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1716/indicacao_23-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1717/indicacao_24-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1736/indicacao_25-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1737/indicacao_26-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1739/indicacao_27-2025..pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1738/indicacao_28-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1740/indicacao_29-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1741/indicacao_30-2025..pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1742/indicacao_31-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1743/indicacao_32-2025..pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1744/indicacao_33-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1749/indicacao_34-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1745/indicacao_35-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1750/indicacao_36-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1887/indicacao_37-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1748/indicacao_38-2025..pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1751/indicacao_39-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1752/indicacao_40-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1753/indicacao_41-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1754/indicacao_42-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1755/indicacao_43-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1756/indicacao_44-2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1757/indicacao_45-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1758/indicacao_46-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1760/indicacao_47-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1761/indicacao_48-2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1762/indicacao_no_49-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1763/indicacao_no50-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1765/indicacao_no_51-2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1766/indicacao_no52-2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1767/indicacao_no52-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1768/indicacao_54-2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1770/indicacao_no55-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1771/indicacao_no56-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1772/indicacao_no57-2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1773/indicacao_58-2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1774/indicacao_59-2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1779/indicacao_no_60-2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1780/indicacao_no_61-2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1781/indicacao_62-2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1782/indicacao_63-2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1783/indicacao_64-2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1784/indicacao_no65-2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1785/indicacao_no_66-2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1786/indicacao_no_67-2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1787/indicacao_68-2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1788/indicacao_no_69-2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1789/indicacao_no_70-2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1790/indicacao_no71-2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1791/indicacao_no_72-2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1792/indicacao_no_73-2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1793/indicacao_no_74.2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1794/indicacao_no_75-2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1795/indicacao_no_76-2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1796/indicacao_no_77-2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1797/indicacao_78-2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1798/indicacao_79-2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1799/indicacao_no_80.2025..pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1800/indicacao_no_81.2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1801/indicacao_no82.2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1802/indicacao_no83-2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1803/indicacao_no_84.2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1804/indicacao_no85-2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1805/indicacao_no_86.2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1806/indicacao_no_87.2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1825/indicacao_no_88-2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1826/indicacao_no_89-2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1828/indicacao_no_90-2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1829/indicacao_no_91-2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1830/indicacao_no_92-2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1831/indicacao_n_93.2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1832/indicacao_no_94.2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1833/indicacao_no_95-2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1834/indicacao_no_96-2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1835/indicacao_no_97-2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1836/indicacao_no_98-2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1837/indicacao_no_99-2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1838/indicacao_no_100-2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1839/indicacao_no_101-2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1840/indicacao_no_102-2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1841/indicacao_no_103.2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1842/indicacao_no_104.2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1843/indicacao_no_105.2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1844/indicacao_no_106-2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1845/indicacao_no_107-2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1846/indicacao_no_108-2025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1847/indicacao_no_109-2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1856/indicacao_no_110-2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1857/indicacao_111-2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1858/indicacao_no_112-2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1859/indicacao_no_113-2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1860/indicacao_no_114-2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1861/indicacao_no_115-2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1862/indicacao_no_116-2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1864/indicacao_no_118-2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1865/indicacao_no_119-2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1866/indicacao_no_120-2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1867/indicacao_no_121-2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1868/indicacao_no_122-2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1873/indicacao_no_123-2025.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1874/indicacao_no_124-2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1875/indicacao_no_125-2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1877/indicacao_no_126-2025.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1878/indicacao_no_127-2025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1879/indicacao_no_128-2025.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1880/indicacao_no_129-2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1881/indicacao_no_130-2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1882/indicacao_no_131-2025.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1888/indicacao_132-2025.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1889/indicacao_133-2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1890/indicacao_134-2025.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1891/indicacao_135-2025.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1892/indicacao_136.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1893/indicacao_137-2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1894/indicacao_138-2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1895/indicacao_139-2025.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1896/indicacao_140-2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1897/indicacao_141-2025.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1898/indicacao_142-2025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1899/indicacao_143.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1900/indicacao_144-2025.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1901/indicacao_145-2025.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1902/indicacao_146-2025.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1903/indicacao_147-2025.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1904/indicacao_148-2025.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1906/indicacao_149-2025.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1907/indicacao_150-2025.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1908/indicacao_151-2025.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1909/indicacao_152-2025.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1910/indicacao_153-2025.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1916/indicacao_154-2025.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1917/indicacao_155-2025.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1918/ndicacao_156-2025.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1919/indicacao_157-2025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1920/indicacao__158-2025.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1921/indicacao_159-2025.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1922/indicacao_160-2025.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1923/indicacao_161-2025.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1924/indicacao_162-2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1925/indicacao_163-2025.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1926/indicacao__164-2025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1927/indicacao_165-2025.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1928/indicacao_166-2025.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1929/indicacao_167-2025.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1930/indicacao_168-2025.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1931/indicacao_169-2025.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1932/indicacao_170-2025.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1933/indicacao_171-2025.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1934/indicacao_172-2025.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1935/indicacao_173-2025.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1936/indicacao_174-2025.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1937/indicacao_175-2025.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1938/indicacao_176-2025.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1939/indicacao_177-2025.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1940/indicacao_178-2025.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1941/indicacao_179-2025.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1942/indicacao_180-2025.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1943/indicacao_181-2025.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1944/indicacao_182-2025.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1945/indicacao_183-2025.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1946/indicacao_184-2025_2.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1947/indicacao_185-2025.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1948/indicacao_186-2025.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1949/indicacao_187-2025.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1950/indicacao_188-2025.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1951/indicacao_189-2025.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1952/indicacao_190-2025.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1953/indicacao_191-2025.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1954/indicacao_192-2025.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1955/indicacao_193-2025.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1956/indicacao_194-2025.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1957/indicacao_195-2025.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1958/indicacao_196-2025.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1959/indicacao_197-2025.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1960/indicacao_198-2025.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1961/indicacao_199-2025.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1963/indicacao_200-2025.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1964/indicacao_201-2025.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1965/indicacao_202-2025.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1966/indicacao_203-2025.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1968/indicacao_204-2025.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1975/indicacao_205-2025.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1976/indicacao_206-2025.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1977/indicacao_207-2025.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1978/indicacao_208-2025.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1979/indicacao_209-2025.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1980/indicacao_210-2025.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1982/indicacao_212-2025.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1983/indicacao_213-2025.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1984/indicacao_214-2025.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1985/indicacao_215-2025.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1986/indicacao_216-2025.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1987/indicacao_217-2025.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1988/indicacao_218-2025.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1989/indicacao_219-2025.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1990/indicacao_220-2025.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1991/indicacao_221-2025.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1992/indicacao_222-2025.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1993/indicacao_223-2025.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1997/indicacao_224-2025.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1998/indicacao_225-2025.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1999/indicacao_226-2025.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2000/indicacao_227-2025.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2001/indicacao_no_228-2025.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2002/indicacao_229-2025.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2003/ibndicacao_230-2025.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2004/indicacao_231-2025.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2005/indicacao_232-2025.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2006/indicacao_233-2025.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2007/indicacao_234-2025.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2008/indicacao_235-2025.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2009/indicacao_236-2025.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2010/indicacao_237-2025.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2014/indicacao_238-2025.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2015/indicacao_239-2025.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2016/indicacao_240-2025.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2017/indicacao_241-2025_2.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2018/indicacao_242-2025.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2019/indicacao_243-2025.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2020/indicacao_244-2025.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2021/indicacao_245-2025.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2024/indicacao_246-2025.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2025/indicacao_247-2025.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2026/indicacao_248-2025.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2027/indicacao_249-2025.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2028/indicacao_250-2025.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2029/indicacao_251-2025.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2030/indicacao_252-2025.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2031/indicacao_253-2025.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2032/indicacao_254-2025.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2033/indicacao_255-2025.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2034/indicacao_256-2025.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2042/indicacao_257-2025.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2043/indicacao_258-2025.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2044/indicacao_159-2025.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2045/indicacao__260-2025.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2046/indicacao_261-2025.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2053/indicacao_262-2025.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2054/indicacao_263-2025.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2055/indicacao_264-2025.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2056/indicacao_265-2025.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2057/indicacao_266-2025.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2058/indicacao_267-2025.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2059/indicacao_268-2025.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2060/indicacao_269-2025.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2061/indicacao_270-2025.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2062/indicacao_271-2025.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2063/indicacao_272-2025.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2064/indicacao_273-2025.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2065/indicacao_274-2025.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2066/indicacao_275-2025.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2067/indicacao_276-2025.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2073/indicacao_277-2025.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2074/indicacao_278-2025.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2075/indicacao_279-2025..pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2076/indicacao_280-2025.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2077/indicacao_281-2025.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2078/indicacao_283-2025.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2079/indicacao_283-2025.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2080/indicacao_284-2025.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2081/indicacao_285-2025.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2082/indicacao_286-2025.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2085/indicacao_287-2025.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2086/indicacao_288-2025.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2087/indicacao_289-2025.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2088/indicacao_290-2025.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2094/indicacao-291-2025.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2097/indicacao-293-2025.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2098/indicacao-294-2025.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2107/indicacao_no_295-2025.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2108/indicacao_no_296-2025.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2109/indicacao_no_297-2025.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2110/indicacao_no_298-2025.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2111/indicacao_no_299-2025.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2112/indicacao_no_300-2025.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2113/indicacao_no_301-2025.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2115/indicacao_no_303-2025.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2116/indicacao_no_304-2025.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2117/indicacao_no_305-2025.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2118/indicacao_no_306-2025.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2119/indicacao_no_307-2025.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2120/indicacao_no_308-2025.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2121/indicacao_no_309-2025.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2126/indicacao_no_310-2025.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2127/indicacao_311-2025.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2128/indicacao_no_312-2025.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2129/indicacao_no_313-2025.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2130/indicacao_no_314-2025.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2131/indicacao_no_315-2025.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2159/indicacao_no_316-2025.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2160/indicacao_no_317-2025.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2161/indicacao_no_318-2025.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2162/indicacao_no_319-2025.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2163/indicacao_no_320-2025.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2164/indicacao_no_321-2025.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2165/indicacao_no_322-2025.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2166/indicacao_no_323-2025.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2167/indicacao_no_324-2025.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2168/indicacao_no_325-2025.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2169/indicacao_no_326-2025.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2175/indicacao_no_327-2025.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2176/indicacao_no_328-2025.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2177/indicacao_no_329-2025.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2179/indicacao_no_330-2025.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2180/indicacao_no_331-2025.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2181/indicacao_no_332-2025.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2182/indicacao_no_333-2025.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2183/indicacao_no_334-2025.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2184/indicacao_no_335-2025.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2187/indicacao_no_336-2025.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2189/indicacao_no_337-2025.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2191/indicacao_no_338-2025.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2192/indicacao_no_339-2025.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2193/indicacao_no_340-2025.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2204/indicacao_no_341-2025.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2205/indicacao_no_342-2025.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2206/indicacao_no_343-2025.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2207/indicacao_no_344-2025.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2209/indicacao_no_346-2025.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2210/indicacao_no_347-2025.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2211/indicacao_no_348-2025.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2213/indicacao_no_349-2025.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2214/indicacao_no_350-2025.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2218/indicacao_no_352-2025.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2219/indicacao_no_353-2025.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2220/indicacao_no_354-2025.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2221/indicacao_no_355-2025.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2222/indicacao_no_356-2025.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2224/indicacao_no_357-2025.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2225/indicacao_no_358-2025.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2226/indicacao_no_359-2025.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2229/indicacao_no_362-2025.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2238/indicacao_no_363-2025.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2231/indicacao_no_364-2025.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2239/indicacao_no_365-2025.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2240/indicacao_no366-2025.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2245/indicacao_no_371-2025.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2246/indicacao_no_372-2025.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2247/indicacao_no_373-2025.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2248/indicacao_no_374-2025.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2249/indicacao_no_375-2025.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2250/indicacao_no_376-2025.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2257/indicacao_no_378-2025.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2258/indicacao_no_379-2025.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2259/indicacao_no_380-2025.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2261/indicacao_no_382-2025.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2262/indicacao_no_383-2025.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2263/indicacao_no_384-2025.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2266/indicacao_no_387-2025.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2268/indicacao_no_389-2025.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2269/indicacao_no_390-2025.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2270/indicacao_no_391-2025.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2271/indicacao_no_392-2025.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2272/indicacao_no_393-2025.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2274/indicacao_no_395-2025.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2278/indicacao_no_399-2025.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2279/indicacao_no_400-2025.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2280/indicacao_no_401-2025.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2281/indicacao_no_402-2025.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2286/indicacao_no_405-2025.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2287/indicacao_no_406-2025.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2290/indicacao_no_409-2025.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2293/indicacao_no_412-2025.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2295/indicacao_no_414-2025.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1777/mocao_de_aplausos_no01-2025.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1778/mocao_de_aplausos_no02-2025.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1807/mocao_de_aplausos_no_03-2025.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1808/mocao_de_aplausos_no04-2025.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1809/mocao_de_aplausos_no05-2025.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1810/mocao_de_aplausos_no_06-2025.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1811/mocao_de_aplausos_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1812/mocao_de_aplausos_no_08-2025.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1813/mocao_de_aplausos_no_09-2025.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1814/mocao_de_apalusos_no_10-2025.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1815/mocao_de_aplausos_no_11-2025.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1816/mocao_de_aplausos_no_12-2025.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1817/mocao_de_aplausos_no_13-2025.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1818/mocao_de_aplausos_no_14-2025.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1819/mocao_de_aplausos_no_15-2025.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1850/mocao_de_aplausos_no_16-2025.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1851/mocao_de_aplausos_no17-2025.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1972/mocao_de_aplausos_no_18-2025.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1973/mocao_de_aplausos_19-2025.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1974/mocao_de_aplausos_20-2025.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2012/mocao_de_aplausos_no_21-2025.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2013/mocao_de_aplausos_no_22-2025.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2023/mocao_de_aplausos_no_23-2025.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2049/mocao_de_aplausos_no_24-2025.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2052/mocao_de_aplausos_no_25-2025.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2137/mocao_de_aplausos_no_26-2025.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2149/mocao_de_plausos_no_27-2025.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2151/mocao_de_aplausos_no_28-2025.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2186/mocao_de_aplausos_no_29-2025.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2195/mocao_de_aplausos_no_30-2025.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2196/mocao_de_aplausos_no_31-2025.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2199/mocao_de_aplausos_no_32-2025.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2232/mocao_de_aplausos_no_33-2025.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2236/mocao_de_aplausos_no_35-2025.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1708/mocao_de_pesar_n001-2025.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1718/mocao_de_pesar_no02-2025.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1735/mocao_de_pesar_no03-2025.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1775/mocao_de_pesar_no04-2025.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1776/mocao_de_pesar_no05-2025.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1848/mocao_de_pesar_no_06-2025.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1849/mocao_de_pesar_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1883/mocao_de_pesar_no_08-2025.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1969/mocao_de_pesar_09-2025.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1970/mocao_de_pesar_10-2025.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2022/mocao_de_pesar_11-2025.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2040/mocao_de_pesar_no_12-2025.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2050/mocao_de_pesar_no_13-2025.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2051/mocao_de_pesar_no_14-2025.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2070/mocao_de_pesar_no_15-2025.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2071/mocao_de_pesar_16-2025.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2072/mocao_de_pesar_17-2025.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2090/mocao_de_aplausos_no_18-2025.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2091/mocao_de_pesar_no_19-2025.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2093/mocao_de_aplausos_20-2025.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2096/mocao_de_aplausos_no_21-2025.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2215/mocao_de_pesar_no_25-2025.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1709/pll_no_01_-_2025_arquivado.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1710/projeto_de_lei_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1820/projeto_de_lei_no_03-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1821/projeto_de_lei_legislativo_no_04_-_2025_despacho.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1852/pll_no_05.2025_-__despacho.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1853/projeto_de_lei_no_06-2025..pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1913/projeto_de_lei_no_07_-_2025_despacho.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1905/projeto_de_lei_no_08_-_2025_despacho.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1914/projeto_de_lei_do_legislativo_no_10.2025_-_despacho.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1971/projeto_de_lei_do_legislativo_no_11.2025_-_despacho.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1994/projeto_de_lei_ordinaria_-__legislativo_-pl_12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2089/projeto_de_lei_no_15_-_2025_despacho.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2099/pll_no_16_-_2025_despacho.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2101/pl.17.2025_-_retirado_de_pauta.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2178/pll.21_-_2025_despacho.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2212/pll_no_23.2025_despacho.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1711/projeto_de_lei_no_01-_2025_despacho.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1996/projeto_de_lei_no_03_-_2025_despacho.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2100/projeto_de_lei_no_04_-_2025_despacho.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2092/projeto_de_lei_executivo_no_05_-_2025.ppa_2026-2029_despacho.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2174/ple_no_06_-_2025_despacho.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1884/requqrimento_01-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1885/requerimento_02-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1911/requerimento_03-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1912/requerimento_04-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2011/requerimento_05-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2039/requerimento_no_06-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2068/requerimento_07-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2069/requerimento_08-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2223/requerimento.09.2025__-_giliard.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1706/indicacao_01-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1707/indicacao_02-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1719/indicacao_03-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1720/indicacao_04-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1721/indicacao_05-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1722/indicacao_06-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1723/indicacao_07-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1724/indicacao_08-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1725/indicacao_09-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1726/indicacao_10-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1727/indicacao_11-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1728/indicacao_12-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1729/indicacao_13-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1730/indicacao_14-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1731/indicacao_15-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1732/indicacao_16-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1733/indicacao_17-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1734/indicacao_18-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1712/indicacao_19-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1713/indicacao_20-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1714/indicacao_21-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1715/indicacao_22-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1716/indicacao_23-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1717/indicacao_24-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1736/indicacao_25-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1737/indicacao_26-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1739/indicacao_27-2025..pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1738/indicacao_28-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1740/indicacao_29-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1741/indicacao_30-2025..pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1742/indicacao_31-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1743/indicacao_32-2025..pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1744/indicacao_33-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1749/indicacao_34-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1745/indicacao_35-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1750/indicacao_36-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1887/indicacao_37-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1748/indicacao_38-2025..pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1751/indicacao_39-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1752/indicacao_40-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1753/indicacao_41-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1754/indicacao_42-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1755/indicacao_43-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1756/indicacao_44-2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1757/indicacao_45-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1758/indicacao_46-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1760/indicacao_47-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1761/indicacao_48-2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1762/indicacao_no_49-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1763/indicacao_no50-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1765/indicacao_no_51-2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1766/indicacao_no52-2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1767/indicacao_no52-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1768/indicacao_54-2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1770/indicacao_no55-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1771/indicacao_no56-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1772/indicacao_no57-2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1773/indicacao_58-2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1774/indicacao_59-2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1779/indicacao_no_60-2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1780/indicacao_no_61-2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1781/indicacao_62-2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1782/indicacao_63-2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1783/indicacao_64-2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1784/indicacao_no65-2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1785/indicacao_no_66-2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1786/indicacao_no_67-2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1787/indicacao_68-2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1788/indicacao_no_69-2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1789/indicacao_no_70-2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1790/indicacao_no71-2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1791/indicacao_no_72-2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1792/indicacao_no_73-2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1793/indicacao_no_74.2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1794/indicacao_no_75-2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1795/indicacao_no_76-2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1796/indicacao_no_77-2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1797/indicacao_78-2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1798/indicacao_79-2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1799/indicacao_no_80.2025..pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1800/indicacao_no_81.2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1801/indicacao_no82.2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1802/indicacao_no83-2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1803/indicacao_no_84.2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1804/indicacao_no85-2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1805/indicacao_no_86.2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1806/indicacao_no_87.2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1825/indicacao_no_88-2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1826/indicacao_no_89-2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1828/indicacao_no_90-2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1829/indicacao_no_91-2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1830/indicacao_no_92-2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1831/indicacao_n_93.2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1832/indicacao_no_94.2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1833/indicacao_no_95-2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1834/indicacao_no_96-2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1835/indicacao_no_97-2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1836/indicacao_no_98-2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1837/indicacao_no_99-2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1838/indicacao_no_100-2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1839/indicacao_no_101-2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1840/indicacao_no_102-2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1841/indicacao_no_103.2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1842/indicacao_no_104.2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1843/indicacao_no_105.2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1844/indicacao_no_106-2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1845/indicacao_no_107-2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1846/indicacao_no_108-2025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1847/indicacao_no_109-2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1856/indicacao_no_110-2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1857/indicacao_111-2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1858/indicacao_no_112-2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1859/indicacao_no_113-2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1860/indicacao_no_114-2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1861/indicacao_no_115-2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1862/indicacao_no_116-2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1864/indicacao_no_118-2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1865/indicacao_no_119-2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1866/indicacao_no_120-2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1867/indicacao_no_121-2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1868/indicacao_no_122-2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1873/indicacao_no_123-2025.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1874/indicacao_no_124-2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1875/indicacao_no_125-2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1877/indicacao_no_126-2025.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1878/indicacao_no_127-2025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1879/indicacao_no_128-2025.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1880/indicacao_no_129-2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1881/indicacao_no_130-2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1882/indicacao_no_131-2025.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1888/indicacao_132-2025.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1889/indicacao_133-2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1890/indicacao_134-2025.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1891/indicacao_135-2025.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1892/indicacao_136.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1893/indicacao_137-2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1894/indicacao_138-2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1895/indicacao_139-2025.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1896/indicacao_140-2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1897/indicacao_141-2025.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1898/indicacao_142-2025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1899/indicacao_143.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1900/indicacao_144-2025.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1901/indicacao_145-2025.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1902/indicacao_146-2025.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1903/indicacao_147-2025.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1904/indicacao_148-2025.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1906/indicacao_149-2025.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1907/indicacao_150-2025.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1908/indicacao_151-2025.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1909/indicacao_152-2025.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1910/indicacao_153-2025.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1916/indicacao_154-2025.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1917/indicacao_155-2025.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1918/ndicacao_156-2025.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1919/indicacao_157-2025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1920/indicacao__158-2025.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1921/indicacao_159-2025.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1922/indicacao_160-2025.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1923/indicacao_161-2025.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1924/indicacao_162-2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1925/indicacao_163-2025.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1926/indicacao__164-2025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1927/indicacao_165-2025.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1928/indicacao_166-2025.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1929/indicacao_167-2025.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1930/indicacao_168-2025.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1931/indicacao_169-2025.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1932/indicacao_170-2025.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1933/indicacao_171-2025.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1934/indicacao_172-2025.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1935/indicacao_173-2025.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1936/indicacao_174-2025.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1937/indicacao_175-2025.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1938/indicacao_176-2025.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1939/indicacao_177-2025.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1940/indicacao_178-2025.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1941/indicacao_179-2025.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1942/indicacao_180-2025.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1943/indicacao_181-2025.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1944/indicacao_182-2025.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1945/indicacao_183-2025.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1946/indicacao_184-2025_2.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1947/indicacao_185-2025.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1948/indicacao_186-2025.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1949/indicacao_187-2025.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1950/indicacao_188-2025.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1951/indicacao_189-2025.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1952/indicacao_190-2025.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1953/indicacao_191-2025.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1954/indicacao_192-2025.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1955/indicacao_193-2025.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1956/indicacao_194-2025.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1957/indicacao_195-2025.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1958/indicacao_196-2025.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1959/indicacao_197-2025.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1960/indicacao_198-2025.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1961/indicacao_199-2025.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1963/indicacao_200-2025.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1964/indicacao_201-2025.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1965/indicacao_202-2025.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1966/indicacao_203-2025.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1968/indicacao_204-2025.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1975/indicacao_205-2025.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1976/indicacao_206-2025.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1977/indicacao_207-2025.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1978/indicacao_208-2025.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1979/indicacao_209-2025.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1980/indicacao_210-2025.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1981/indicacao_no_211-2025.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1982/indicacao_212-2025.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1983/indicacao_213-2025.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1984/indicacao_214-2025.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1985/indicacao_215-2025.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1986/indicacao_216-2025.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1987/indicacao_217-2025.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1988/indicacao_218-2025.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1989/indicacao_219-2025.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1990/indicacao_220-2025.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1991/indicacao_221-2025.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1992/indicacao_222-2025.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1993/indicacao_223-2025.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1997/indicacao_224-2025.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1998/indicacao_225-2025.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1999/indicacao_226-2025.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2000/indicacao_227-2025.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2001/indicacao_no_228-2025.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2002/indicacao_229-2025.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2003/ibndicacao_230-2025.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2004/indicacao_231-2025.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2005/indicacao_232-2025.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2006/indicacao_233-2025.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2007/indicacao_234-2025.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2008/indicacao_235-2025.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2009/indicacao_236-2025.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2010/indicacao_237-2025.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2014/indicacao_238-2025.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2015/indicacao_239-2025.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2016/indicacao_240-2025.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2017/indicacao_241-2025_2.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2018/indicacao_242-2025.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2019/indicacao_243-2025.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2020/indicacao_244-2025.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2021/indicacao_245-2025.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2024/indicacao_246-2025.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2025/indicacao_247-2025.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2026/indicacao_248-2025.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2027/indicacao_249-2025.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2028/indicacao_250-2025.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2029/indicacao_251-2025.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2030/indicacao_252-2025.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2031/indicacao_253-2025.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2032/indicacao_254-2025.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2033/indicacao_255-2025.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2034/indicacao_256-2025.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2042/indicacao_257-2025.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2043/indicacao_258-2025.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2044/indicacao_159-2025.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2045/indicacao__260-2025.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2046/indicacao_261-2025.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2053/indicacao_262-2025.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2054/indicacao_263-2025.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2055/indicacao_264-2025.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2056/indicacao_265-2025.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2057/indicacao_266-2025.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2058/indicacao_267-2025.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2059/indicacao_268-2025.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2060/indicacao_269-2025.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2061/indicacao_270-2025.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2062/indicacao_271-2025.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2063/indicacao_272-2025.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2064/indicacao_273-2025.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2065/indicacao_274-2025.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2066/indicacao_275-2025.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2067/indicacao_276-2025.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2073/indicacao_277-2025.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2074/indicacao_278-2025.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2075/indicacao_279-2025..pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2076/indicacao_280-2025.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2077/indicacao_281-2025.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2078/indicacao_283-2025.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2079/indicacao_283-2025.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2080/indicacao_284-2025.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2081/indicacao_285-2025.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2082/indicacao_286-2025.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2085/indicacao_287-2025.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2086/indicacao_288-2025.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2087/indicacao_289-2025.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2088/indicacao_290-2025.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2094/indicacao-291-2025.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2097/indicacao-293-2025.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2098/indicacao-294-2025.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2107/indicacao_no_295-2025.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2108/indicacao_no_296-2025.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2109/indicacao_no_297-2025.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2110/indicacao_no_298-2025.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2111/indicacao_no_299-2025.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2112/indicacao_no_300-2025.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2113/indicacao_no_301-2025.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2115/indicacao_no_303-2025.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2116/indicacao_no_304-2025.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2117/indicacao_no_305-2025.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2118/indicacao_no_306-2025.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2119/indicacao_no_307-2025.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2120/indicacao_no_308-2025.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2121/indicacao_no_309-2025.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2126/indicacao_no_310-2025.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2127/indicacao_311-2025.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2128/indicacao_no_312-2025.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2129/indicacao_no_313-2025.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2130/indicacao_no_314-2025.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2131/indicacao_no_315-2025.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2159/indicacao_no_316-2025.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2160/indicacao_no_317-2025.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2161/indicacao_no_318-2025.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2162/indicacao_no_319-2025.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2163/indicacao_no_320-2025.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2164/indicacao_no_321-2025.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2165/indicacao_no_322-2025.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2166/indicacao_no_323-2025.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2167/indicacao_no_324-2025.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2168/indicacao_no_325-2025.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2169/indicacao_no_326-2025.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2175/indicacao_no_327-2025.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2176/indicacao_no_328-2025.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2177/indicacao_no_329-2025.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2179/indicacao_no_330-2025.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2180/indicacao_no_331-2025.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2181/indicacao_no_332-2025.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2182/indicacao_no_333-2025.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2183/indicacao_no_334-2025.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2184/indicacao_no_335-2025.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2187/indicacao_no_336-2025.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2189/indicacao_no_337-2025.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2191/indicacao_no_338-2025.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2192/indicacao_no_339-2025.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2193/indicacao_no_340-2025.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2204/indicacao_no_341-2025.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2205/indicacao_no_342-2025.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2206/indicacao_no_343-2025.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2207/indicacao_no_344-2025.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2209/indicacao_no_346-2025.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2210/indicacao_no_347-2025.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2211/indicacao_no_348-2025.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2213/indicacao_no_349-2025.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2214/indicacao_no_350-2025.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2218/indicacao_no_352-2025.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2219/indicacao_no_353-2025.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2220/indicacao_no_354-2025.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2221/indicacao_no_355-2025.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2222/indicacao_no_356-2025.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2224/indicacao_no_357-2025.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2225/indicacao_no_358-2025.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2226/indicacao_no_359-2025.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2227/indicacao_no_360-2025.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2228/indicacao_no_361-2025.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2229/indicacao_no_362-2025.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2238/indicacao_no_363-2025.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2231/indicacao_no_364-2025.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2239/indicacao_no_365-2025.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2240/indicacao_no366-2025.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2241/indicacao_no_367-2025.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2242/indicacao_no_368-2025.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2243/indicacao_no_369-2025.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2244/indicacao_no_370-2025.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2245/indicacao_no_371-2025.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2246/indicacao_no_372-2025.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2247/indicacao_no_373-2025.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2248/indicacao_no_374-2025.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2249/indicacao_no_375-2025.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2250/indicacao_no_376-2025.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2253/indicacao_no_377-2025.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2257/indicacao_no_378-2025.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2258/indicacao_no_379-2025.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2259/indicacao_no_380-2025.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2260/indicacao_no_381-2025.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2261/indicacao_no_382-2025.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2262/indicacao_no_383-2025.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2263/indicacao_no_384-2025.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2264/indicacao_no_385-2025.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2265/indicacao_no_386-2025.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2266/indicacao_no_387-2025.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2267/indicacao_no_388-2025.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2268/indicacao_no_389-2025.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2269/indicacao_no_390-2025.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2270/indicacao_no_391-2025.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2271/indicacao_no_392-2025.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2272/indicacao_no_393-2025.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2273/indicacao_no_394-2025.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2274/indicacao_no_395-2025.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2275/indicacao_no_396-2025.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2276/indicacao_no_397-2025.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2277/indicacao_no_398-2025.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2278/indicacao_no_399-2025.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2279/indicacao_no_400-2025.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2280/indicacao_no_401-2025.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2281/indicacao_no_402-2025.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2282/indicacao_no_403-2025.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2283/indicacao_no_404-2025.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2286/indicacao_no_405-2025.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2287/indicacao_no_406-2025.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2288/indicacao_no_407-2025.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2289/indicacao_no_408-2025.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2290/indicacao_no_409-2025.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2291/indicacao_no_410-2025.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2292/indicacao_no_411-2025.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2293/indicacao_no_412-2025.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2294/indicacao_no_413-2025.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2295/indicacao_no_414-2025.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2296/indicacao_no_415-2025.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2316/indicacao_no_419-2025.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2317/indicacao_no_420-2025.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2322/indicacao_no_421-2025.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2323/indicacao_no_422-2025.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2324/indicacao_no_423-2025.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2325/indicacao_no_424-2025.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2326/indicacao_no_425-2025.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2327/indicacao_no_426-2025.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2328/indicacao_no_427-2025.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2329/indicacao_no_428-2025.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2349/indicacao_no_429-2025.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2350/indicacao_no_430-2025.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2351/indicacao_no_431-2025.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2353/indicacao_no_433-2025.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2368/indicacao_no_436-2025.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2369/indicacao_no_437-2025.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2370/indicacao_no_438-2025.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2371/indicacao_no_439-2025.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2372/indicacao_no_440-2025.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2373/indicacao_no_441-2025.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2376/indicacao_no_444-2025.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2377/indicacao_no_445-2025.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2378/indicacao_no_446-2025.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2379/indicacao_no_447-2025.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2380/indicacao_no_448-2025.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2381/indicacao_no_449-2025.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2382/indicacao_no_450-2025.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2383/indicacao_no_451-2025.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2399/indicacao_no_452-2025.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2401/indicacao_no_453-2025.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2402/indicacao_no_454-2025.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2404/indicacao_no_456-2025.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2405/indicacao_no_457-2025.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2406/indicacao_no_458-2025.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2407/indicacao_no_459-2025.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2408/indicacao_no_460-2025.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2409/indicacao_no_461-2025.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2410/indicacao_no_462-2025.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2411/indicacao_no_463-2025.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2416/indicacao_no_465-2025.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2417/indicacao_no_466-2025.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2418/indicacao_no_467-2025.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2419/indicacao_no_468-2025.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2420/indicacao_no_469-2025.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2421/indicacao_no_470-2025.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2422/indicacao_no_471-2025.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2429/ind_no_472.2025.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2430/indicacao_no_473-2025.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2432/indicacao_no_475-2025.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2433/indicacao_no_476-2025.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2454/indicacao_no_477-2025.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2436/indicacao_no_478-2025.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2437/indicacao_no_479-2025.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2438/indicacao_no_480-2025.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2440/indicacao_no_481-2025.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2441/indicacao_no_482-2025.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2442/indicacao_no_483-2025.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2452/indicacao_no_486-2025.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2453/indicacao_no_487-2025.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1777/mocao_de_aplausos_no01-2025.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1778/mocao_de_aplausos_no02-2025.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1807/mocao_de_aplausos_no_03-2025.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1808/mocao_de_aplausos_no04-2025.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1809/mocao_de_aplausos_no05-2025.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1810/mocao_de_aplausos_no_06-2025.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1811/mocao_de_aplausos_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1812/mocao_de_aplausos_no_08-2025.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1813/mocao_de_aplausos_no_09-2025.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1814/mocao_de_apalusos_no_10-2025.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1815/mocao_de_aplausos_no_11-2025.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1816/mocao_de_aplausos_no_12-2025.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1817/mocao_de_aplausos_no_13-2025.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1818/mocao_de_aplausos_no_14-2025.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1819/mocao_de_aplausos_no_15-2025.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1850/mocao_de_aplausos_no_16-2025.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1851/mocao_de_aplausos_no17-2025.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1972/mocao_de_aplausos_no_18-2025.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1973/mocao_de_aplausos_19-2025.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1974/mocao_de_aplausos_20-2025.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2012/mocao_de_aplausos_no_21-2025.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2013/mocao_de_aplausos_no_22-2025.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2023/mocao_de_aplausos_no_23-2025.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2049/mocao_de_aplausos_no_24-2025.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2052/mocao_de_aplausos_no_25-2025.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2137/mocao_de_aplausos_no_26-2025.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2149/mocao_de_plausos_no_27-2025.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2151/mocao_de_aplausos_no_28-2025.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2186/mocao_de_aplausos_no_29-2025.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2195/mocao_de_aplausos_no_30-2025.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2196/mocao_de_aplausos_no_31-2025.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2199/mocao_de_aplausos_no_32-2025.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2232/mocao_de_aplausos_no_33-2025.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2233/34._mocao_de_aplausos-2025.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2236/mocao_de_aplausos_no_35-2025.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2237/36._mocao_de_aplausos-2025.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2252/37._mocao_de_aplausos-2025.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2284/38._mocao_de_aplausos-2025.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2285/39._mocao_de_aplausos-2025.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2304/40._mocao_de_aplausos-2025.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2305/41._mocao_de_aplausos-2025.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2306/42._mocao_de_aplausos-2025.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2307/43._mocao_de_aplausos-2025.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2427/44._mocao_de_aplausos-2025.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2444/mocao_de_aplausos_no_45.2025.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2445/mocao_de_aplausos_no46.2025.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2448/mocao_de_aplausos_no47.2025.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2449/48._mocao_de_aplausos-2025.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2450/mocao_de_aplausos_no49.2025.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2425/mocao_de_aplausos_no_50-2025.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2426/mocao_de_aplausos_no_51-2025.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2455/mocao_de_aplausos_no52.2025.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2456/mocao_de_aplausos_no_53.2025.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2457/mocao_de_aplausos_no_54.2025.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2458/mocao_de_aplausos_no_55.2025.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1708/mocao_de_pesar_n001-2025.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1718/mocao_de_pesar_no02-2025.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1735/mocao_de_pesar_no03-2025.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1775/mocao_de_pesar_no04-2025.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1776/mocao_de_pesar_no05-2025.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1848/mocao_de_pesar_no_06-2025.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1849/mocao_de_pesar_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1883/mocao_de_pesar_no_08-2025.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1969/mocao_de_pesar_09-2025.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/1970/mocao_de_pesar_10-2025.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2022/mocao_de_pesar_11-2025.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2040/mocao_de_pesar_no_12-2025.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2050/mocao_de_pesar_no_13-2025.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2051/mocao_de_pesar_no_14-2025.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2070/mocao_de_pesar_no_15-2025.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2071/mocao_de_pesar_16-2025.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2072/mocao_de_pesar_17-2025.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2090/mocao_de_aplausos_no_18-2025.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2091/mocao_de_pesar_no_19-2025.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2093/mocao_de_aplausos_20-2025.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2096/mocao_de_aplausos_no_21-2025.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2141/22._mocao_de_pesar-2025.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2142/mocao_de_pesar_no_23-2025.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2143/mocao_de_pesar_no_24-2025.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2215/mocao_de_pesar_no_25-2025.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2235/mocao_de_pesar_no_26-2025.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2298/mocao_de_pesar_no_28-2025.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2300/mocao_de_pesar_no_30-2025.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2302/mocao_de_pesar_no_32-2025.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2303/mocao_de_pesar_no_33-2025.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2331/mocao_de_pesar_no_35-2025.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2025/2336/mocao_de_pesar_no_39-2025.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H673"/>
+  <dimension ref="A1:H676"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="41" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="134.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="134" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -9783,15290 +10155,15368 @@
       </c>
       <c r="H86" t="s">
         <v>274</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>275</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
         <v>49</v>
       </c>
       <c r="D87" t="s">
         <v>250</v>
       </c>
       <c r="E87" t="s">
         <v>251</v>
       </c>
       <c r="F87" t="s">
         <v>13</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>50</v>
+        <v>276</v>
       </c>
       <c r="H87" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
         <v>53</v>
       </c>
       <c r="D88" t="s">
         <v>250</v>
       </c>
       <c r="E88" t="s">
         <v>251</v>
       </c>
       <c r="F88" t="s">
         <v>13</v>
       </c>
       <c r="G88" s="1" t="s">
         <v>50</v>
       </c>
       <c r="H88" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
         <v>57</v>
       </c>
       <c r="D89" t="s">
         <v>250</v>
       </c>
       <c r="E89" t="s">
         <v>251</v>
       </c>
       <c r="F89" t="s">
         <v>13</v>
       </c>
       <c r="G89" s="1" t="s">
         <v>50</v>
       </c>
       <c r="H89" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
         <v>62</v>
       </c>
       <c r="D90" t="s">
         <v>250</v>
       </c>
       <c r="E90" t="s">
         <v>251</v>
       </c>
       <c r="F90" t="s">
         <v>13</v>
       </c>
       <c r="G90" s="1" t="s">
         <v>50</v>
       </c>
       <c r="H90" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
         <v>66</v>
       </c>
       <c r="D91" t="s">
         <v>250</v>
       </c>
       <c r="E91" t="s">
         <v>251</v>
       </c>
       <c r="F91" t="s">
         <v>18</v>
       </c>
       <c r="G91" s="1" t="s">
         <v>50</v>
       </c>
       <c r="H91" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
         <v>69</v>
       </c>
       <c r="D92" t="s">
         <v>250</v>
       </c>
       <c r="E92" t="s">
         <v>251</v>
       </c>
       <c r="F92" t="s">
         <v>13</v>
       </c>
       <c r="G92" s="1" t="s">
         <v>50</v>
       </c>
       <c r="H92" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
         <v>10</v>
       </c>
       <c r="D93" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E93" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F93" t="s">
         <v>87</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="H93" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
         <v>17</v>
       </c>
       <c r="D94" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E94" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F94" t="s">
         <v>87</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="H94" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
         <v>22</v>
       </c>
       <c r="D95" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E95" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F95" t="s">
         <v>190</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="H95" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
         <v>27</v>
       </c>
       <c r="D96" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E96" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F96" t="s">
         <v>190</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="H96" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
         <v>31</v>
       </c>
       <c r="D97" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E97" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F97" t="s">
         <v>13</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="H97" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
         <v>35</v>
       </c>
       <c r="D98" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E98" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F98" t="s">
         <v>13</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="H98" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
         <v>40</v>
       </c>
       <c r="D99" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E99" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F99" t="s">
         <v>58</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="H99" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
         <v>44</v>
       </c>
       <c r="D100" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E100" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F100" t="s">
         <v>97</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="H100" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
         <v>49</v>
       </c>
       <c r="D101" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E101" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F101" t="s">
         <v>97</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="H101" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
         <v>53</v>
       </c>
       <c r="D102" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E102" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F102" t="s">
         <v>102</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="H102" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
         <v>57</v>
       </c>
       <c r="D103" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E103" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F103" t="s">
         <v>102</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="H103" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
         <v>62</v>
       </c>
       <c r="D104" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E104" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F104" t="s">
         <v>78</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="H104" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
         <v>66</v>
       </c>
       <c r="D105" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E105" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F105" t="s">
         <v>78</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="H105" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
         <v>69</v>
       </c>
       <c r="D106" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E106" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F106" t="s">
         <v>78</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="H106" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
         <v>72</v>
       </c>
       <c r="D107" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E107" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F107" t="s">
         <v>36</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="H107" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
         <v>77</v>
       </c>
       <c r="D108" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E108" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F108" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="H108" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
         <v>82</v>
       </c>
       <c r="D109" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E109" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F109" t="s">
         <v>73</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="H109" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
         <v>86</v>
       </c>
       <c r="D110" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E110" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F110" t="s">
         <v>73</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="H110" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
         <v>90</v>
       </c>
       <c r="D111" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E111" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F111" t="s">
         <v>13</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="H111" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
         <v>93</v>
       </c>
       <c r="D112" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E112" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F112" t="s">
         <v>13</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="H112" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
         <v>96</v>
       </c>
       <c r="D113" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E113" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F113" t="s">
         <v>36</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H113" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
         <v>101</v>
       </c>
       <c r="D114" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E114" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F114" t="s">
         <v>97</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="H114" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
         <v>105</v>
       </c>
       <c r="D115" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E115" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F115" t="s">
         <v>97</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="H115" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
         <v>110</v>
       </c>
       <c r="D116" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E116" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F116" t="s">
         <v>97</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="H116" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
         <v>113</v>
       </c>
       <c r="D117" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E117" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F117" t="s">
         <v>87</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="H117" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
         <v>116</v>
       </c>
       <c r="D118" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E118" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F118" t="s">
         <v>87</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="H118" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
         <v>119</v>
       </c>
       <c r="D119" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E119" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F119" t="s">
         <v>23</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="H119" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
         <v>122</v>
       </c>
       <c r="D120" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E120" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F120" t="s">
         <v>23</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="H120" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
         <v>125</v>
       </c>
       <c r="D121" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E121" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F121" t="s">
         <v>73</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="H121" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
         <v>128</v>
       </c>
       <c r="D122" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E122" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F122" t="s">
         <v>73</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="H122" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
         <v>131</v>
       </c>
       <c r="D123" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E123" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F123" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="H123" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
         <v>134</v>
       </c>
       <c r="D124" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E124" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F124" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="H124" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
         <v>137</v>
       </c>
       <c r="D125" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E125" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F125" t="s">
         <v>106</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="H125" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
         <v>140</v>
       </c>
       <c r="D126" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E126" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F126" t="s">
         <v>106</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="H126" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="D127" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E127" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F127" t="s">
         <v>106</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="H127" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
         <v>143</v>
       </c>
       <c r="D128" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E128" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F128" t="s">
         <v>106</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="H128" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="D129" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E129" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F129" t="s">
         <v>106</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="H129" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D130" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E130" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F130" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="H130" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="D131" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E131" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F131" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="H131" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="D132" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E132" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F132" t="s">
         <v>36</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="H132" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="D133" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E133" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F133" t="s">
         <v>87</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="H133" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="D134" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E134" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F134" t="s">
         <v>87</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="H134" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="D135" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E135" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F135" t="s">
         <v>87</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="H135" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="D136" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E136" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F136" t="s">
         <v>78</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="H136" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="D137" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E137" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F137" t="s">
         <v>78</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="H137" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="D138" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E138" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F138" t="s">
         <v>78</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="H138" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="D139" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E139" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F139" t="s">
         <v>102</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="H139" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="D140" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E140" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F140" t="s">
         <v>102</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="H140" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="D141" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E141" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F141" t="s">
         <v>13</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="H141" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="D142" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E142" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F142" t="s">
         <v>13</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="H142" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="D143" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E143" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F143" t="s">
         <v>13</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="H143" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="D144" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E144" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F144" t="s">
         <v>13</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="H144" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="D145" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E145" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F145" t="s">
         <v>13</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="H145" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="D146" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E146" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F146" t="s">
         <v>87</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="H146" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="D147" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E147" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F147" t="s">
         <v>87</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="H147" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="D148" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E148" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F148" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="H148" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="D149" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E149" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F149" t="s">
         <v>87</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="H149" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="D150" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E150" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F150" t="s">
         <v>190</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="H150" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="D151" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E151" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F151" t="s">
         <v>106</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="H151" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="D152" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E152" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F152" t="s">
         <v>36</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="H152" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="D153" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E153" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F153" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="H153" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="D154" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E154" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F154" t="s">
         <v>73</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="H154" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="D155" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E155" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F155" t="s">
         <v>73</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="H155" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="D156" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E156" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F156" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="H156" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="D157" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E157" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F157" t="s">
         <v>23</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="H157" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="D158" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E158" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F158" t="s">
         <v>106</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="H158" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="D159" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E159" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F159" t="s">
         <v>106</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="H159" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="D160" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E160" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F160" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="H160" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="D161" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E161" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F161" t="s">
         <v>97</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="H161" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="D162" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E162" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F162" t="s">
         <v>58</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="H162" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="D163" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E163" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F163" t="s">
         <v>58</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="H163" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="D164" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E164" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F164" t="s">
         <v>13</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="H164" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="D165" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E165" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F165" t="s">
         <v>13</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="H165" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="D166" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E166" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F166" t="s">
         <v>190</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="H166" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="D167" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E167" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F167" t="s">
         <v>219</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="H167" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="D168" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E168" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F168" t="s">
         <v>219</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="H168" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="D169" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E169" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F169" t="s">
         <v>87</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="H169" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="D170" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E170" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F170" t="s">
         <v>78</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="H170" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="D171" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E171" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F171" t="s">
         <v>78</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="H171" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="D172" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E172" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F172" t="s">
         <v>18</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="H172" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="D173" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E173" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F173" t="s">
         <v>18</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="H173" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="D174" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E174" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F174" t="s">
         <v>18</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="H174" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="D175" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E175" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F175" t="s">
         <v>102</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="H175" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="D176" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E176" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F176" t="s">
         <v>102</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="H176" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="D177" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E177" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F177" t="s">
         <v>102</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="H177" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="D178" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E178" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F178" t="s">
         <v>18</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="H178" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="D179" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E179" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F179" t="s">
         <v>18</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="H179" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="D180" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E180" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F180" t="s">
         <v>106</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="H180" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D181" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E181" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F181" t="s">
         <v>106</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="H181" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="D182" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E182" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F182" t="s">
         <v>13</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="H182" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="D183" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E183" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F183" t="s">
         <v>13</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="H183" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="D184" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E184" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F184" t="s">
         <v>73</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="H184" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="D185" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E185" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F185" t="s">
         <v>73</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="H185" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="D186" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E186" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F186" t="s">
         <v>73</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="H186" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="D187" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E187" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F187" t="s">
         <v>97</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="H187" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="D188" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E188" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F188" t="s">
         <v>97</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="H188" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="D189" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E189" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F189" t="s">
         <v>23</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="H189" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="D190" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E190" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F190" t="s">
         <v>23</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="H190" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="D191" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E191" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F191" t="s">
         <v>190</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="H191" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="D192" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E192" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F192" t="s">
         <v>190</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="H192" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="D193" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E193" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F193" t="s">
         <v>219</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="H193" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="D194" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E194" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F194" t="s">
         <v>219</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="H194" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="D195" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E195" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F195" t="s">
         <v>78</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="H195" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="D196" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E196" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F196" t="s">
         <v>78</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="H196" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="D197" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E197" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F197" t="s">
         <v>102</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="H197" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="D198" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E198" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F198" t="s">
         <v>87</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="H198" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="D199" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E199" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F199" t="s">
         <v>87</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="H199" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="D200" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E200" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F200" t="s">
         <v>87</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="H200" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="D201" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E201" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F201" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="H201" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="D202" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E202" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F202" t="s">
         <v>97</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="H202" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="D203" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E203" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F203" t="s">
         <v>102</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="H203" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="D204" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E204" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F204" t="s">
         <v>58</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="H204" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="D205" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E205" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F205" t="s">
         <v>36</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="H205" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="D206" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E206" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F206" t="s">
         <v>36</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="H206" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="D207" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E207" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F207" t="s">
         <v>36</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="H207" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="D208" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E208" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F208" t="s">
         <v>106</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="H208" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="D209" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E209" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F209" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="G209" s="1" t="s">
         <v>50</v>
       </c>
       <c r="H209" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="D210" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E210" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F210" t="s">
         <v>13</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="H210" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="D211" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E211" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F211" t="s">
         <v>13</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="H211" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="D212" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E212" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F212" t="s">
         <v>13</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="H212" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="D213" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E213" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F213" t="s">
         <v>219</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="H213" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="D214" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E214" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F214" t="s">
         <v>87</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="H214" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="D215" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E215" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F215" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="H215" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="D216" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E216" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F216" t="s">
         <v>87</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="H216" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="D217" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E217" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F217" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="H217" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="D218" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E218" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F218" t="s">
         <v>190</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="H218" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="D219" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E219" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F219" t="s">
         <v>219</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="H219" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="D220" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E220" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F220" t="s">
         <v>73</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="H220" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="D221" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E221" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F221" t="s">
         <v>73</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="H221" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="D222" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E222" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F222" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="H222" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="D223" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E223" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F223" t="s">
         <v>23</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="H223" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="D224" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E224" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F224" t="s">
         <v>97</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="H224" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="D225" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E225" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F225" t="s">
         <v>97</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="H225" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="D226" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E226" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F226" t="s">
         <v>36</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="H226" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="D227" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E227" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F227" t="s">
         <v>36</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="H227" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="D228" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E228" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F228" t="s">
         <v>36</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="H228" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="D229" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E229" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F229" t="s">
         <v>106</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="H229" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="D230" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E230" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F230" t="s">
         <v>106</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="H230" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="D231" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E231" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F231" t="s">
         <v>13</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="H231" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="D232" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E232" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F232" t="s">
         <v>78</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="H232" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="D233" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E233" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F233" t="s">
         <v>78</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="H233" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="D234" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E234" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F234" t="s">
         <v>78</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="H234" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="D235" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E235" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F235" t="s">
         <v>87</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="H235" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="D236" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E236" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F236" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="H236" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="D237" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E237" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F237" t="s">
         <v>23</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="H237" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="D238" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E238" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F238" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="H238" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="D239" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E239" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F239" t="s">
         <v>73</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="H239" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="D240" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E240" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F240" t="s">
         <v>73</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="H240" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="D241" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E241" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F241" t="s">
         <v>18</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="H241" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="D242" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E242" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F242" t="s">
         <v>190</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="H242" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="D243" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E243" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F243" t="s">
         <v>190</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="H243" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="D244" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E244" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F244" t="s">
         <v>58</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="H244" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="D245" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E245" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F245" t="s">
         <v>58</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="H245" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="D246" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E246" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F246" t="s">
         <v>36</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="H246" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="D247" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E247" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F247" t="s">
         <v>18</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="H247" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="D248" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E248" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F248" t="s">
         <v>106</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="H248" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="D249" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E249" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F249" t="s">
         <v>106</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="H249" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="D250" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E250" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F250" t="s">
         <v>13</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="H250" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="D251" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E251" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F251" t="s">
         <v>13</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="H251" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="D252" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E252" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F252" t="s">
         <v>73</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="H252" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="D253" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E253" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F253" t="s">
         <v>190</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="H253" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="D254" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E254" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F254" t="s">
         <v>190</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="H254" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="D255" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E255" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F255" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="H255" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="D256" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E256" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F256" t="s">
         <v>23</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="H256" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="D257" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E257" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F257" t="s">
         <v>219</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="H257" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="D258" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E258" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F258" t="s">
         <v>219</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="H258" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="D259" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E259" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F259" t="s">
         <v>219</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="H259" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="D260" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E260" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F260" t="s">
         <v>97</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="H260" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="D261" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E261" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F261" t="s">
         <v>58</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="H261" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="D262" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E262" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F262" t="s">
         <v>97</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="H262" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="D263" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E263" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F263" t="s">
         <v>58</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="H263" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="D264" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E264" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F264" t="s">
         <v>13</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="H264" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="D265" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E265" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F265" t="s">
         <v>102</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="H265" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="D266" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E266" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F266" t="s">
         <v>102</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="H266" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="D267" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E267" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F267" t="s">
         <v>13</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="H267" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="D268" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E268" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F268" t="s">
         <v>13</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="H268" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="D269" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E269" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F269" t="s">
         <v>87</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="H269" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="D270" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E270" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F270" t="s">
         <v>87</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="H270" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="D271" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E271" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F271" t="s">
         <v>87</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="H271" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="D272" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E272" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F272" t="s">
         <v>190</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="H272" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="D273" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E273" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F273" t="s">
         <v>190</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="H273" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="D274" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E274" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F274" t="s">
         <v>23</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="H274" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="D275" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E275" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F275" t="s">
         <v>23</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="H275" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="D276" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E276" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F276" t="s">
         <v>58</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="H276" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="D277" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E277" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F277" t="s">
         <v>73</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="H277" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="D278" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E278" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F278" t="s">
         <v>73</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="H278" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="D279" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E279" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F279" t="s">
         <v>73</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="H279" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="D280" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E280" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F280" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="H280" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="D281" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E281" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F281" t="s">
         <v>78</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="H281" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="D282" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E282" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F282" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="H282" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="D283" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E283" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F283" t="s">
         <v>73</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="H283" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="D284" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E284" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F284" t="s">
         <v>106</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="H284" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="D285" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E285" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F285" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="H285" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="D286" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E286" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F286" t="s">
         <v>73</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="H286" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="D287" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E287" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F287" t="s">
         <v>87</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="H287" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="D288" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E288" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F288" t="s">
         <v>58</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="H288" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="D289" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E289" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F289" t="s">
         <v>58</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
       <c r="H289" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="D290" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E290" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F290" t="s">
         <v>13</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="H290" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="D291" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E291" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F291" t="s">
         <v>13</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="H291" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="D292" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E292" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F292" t="s">
         <v>13</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="H292" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="D293" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E293" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F293" t="s">
         <v>97</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="H293" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="D294" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E294" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F294" t="s">
         <v>97</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="H294" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="D295" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E295" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F295" t="s">
         <v>97</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
       <c r="H295" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
       <c r="D296" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E296" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F296" t="s">
         <v>23</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
       <c r="H296" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="D297" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E297" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F297" t="s">
         <v>102</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="H297" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="D298" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E298" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F298" t="s">
         <v>102</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
       <c r="H298" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="D299" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E299" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F299" t="s">
         <v>106</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="H299" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
       <c r="D300" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E300" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F300" t="s">
         <v>13</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="H300" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="D301" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E301" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F301" t="s">
         <v>13</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="H301" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="D302" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E302" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F302" t="s">
         <v>13</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="H302" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="D303" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E303" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F303" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>50</v>
+        <v>1114</v>
       </c>
       <c r="H303" t="s">
-        <v>1113</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>1114</v>
+        <v>1116</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>1115</v>
+        <v>1117</v>
       </c>
       <c r="D304" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E304" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F304" t="s">
         <v>87</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>1116</v>
+        <v>1118</v>
       </c>
       <c r="H304" t="s">
-        <v>1117</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
       <c r="D305" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E305" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F305" t="s">
         <v>87</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>1120</v>
+        <v>1122</v>
       </c>
       <c r="H305" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="D306" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E306" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F306" t="s">
         <v>190</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>1124</v>
+        <v>1126</v>
       </c>
       <c r="H306" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>1126</v>
+        <v>1128</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>1127</v>
+        <v>1129</v>
       </c>
       <c r="D307" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E307" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F307" t="s">
         <v>219</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>1128</v>
+        <v>1130</v>
       </c>
       <c r="H307" t="s">
-        <v>1129</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>1130</v>
+        <v>1132</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>1131</v>
+        <v>1133</v>
       </c>
       <c r="D308" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E308" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F308" t="s">
         <v>219</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>1132</v>
+        <v>1134</v>
       </c>
       <c r="H308" t="s">
-        <v>1133</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>1134</v>
+        <v>1136</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
       <c r="D309" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E309" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F309" t="s">
         <v>73</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
       <c r="H309" t="s">
-        <v>1137</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>1138</v>
+        <v>1140</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>1139</v>
+        <v>1141</v>
       </c>
       <c r="D310" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E310" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F310" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>1141</v>
+        <v>1143</v>
       </c>
       <c r="H310" t="s">
-        <v>1142</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>1143</v>
+        <v>1145</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
       <c r="D311" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E311" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F311" t="s">
         <v>23</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="H311" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>1147</v>
+        <v>1149</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
       <c r="D312" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E312" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F312" t="s">
         <v>23</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="H312" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>1151</v>
+        <v>1153</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>1152</v>
+        <v>1154</v>
       </c>
       <c r="D313" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E313" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F313" t="s">
         <v>58</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="H313" t="s">
-        <v>1154</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>1155</v>
+        <v>1157</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="D314" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E314" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F314" t="s">
         <v>58</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>1157</v>
+        <v>1159</v>
       </c>
       <c r="H314" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>1159</v>
+        <v>1161</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
       <c r="D315" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E315" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F315" t="s">
         <v>97</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
       <c r="H315" t="s">
-        <v>1162</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>1163</v>
+        <v>1165</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>1164</v>
+        <v>1166</v>
       </c>
       <c r="D316" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E316" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F316" t="s">
         <v>36</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>1165</v>
+        <v>1167</v>
       </c>
       <c r="H316" t="s">
-        <v>1166</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>1167</v>
+        <v>1169</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>1168</v>
+        <v>1170</v>
       </c>
       <c r="D317" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E317" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F317" t="s">
         <v>36</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>1169</v>
+        <v>1171</v>
       </c>
       <c r="H317" t="s">
-        <v>1170</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>1171</v>
+        <v>1173</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>1172</v>
+        <v>1174</v>
       </c>
       <c r="D318" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E318" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F318" t="s">
         <v>36</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>1173</v>
+        <v>1175</v>
       </c>
       <c r="H318" t="s">
-        <v>1174</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>1175</v>
+        <v>1177</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>1176</v>
+        <v>1178</v>
       </c>
       <c r="D319" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E319" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F319" t="s">
         <v>13</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>1177</v>
+        <v>1179</v>
       </c>
       <c r="H319" t="s">
-        <v>1178</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>1179</v>
+        <v>1181</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>1180</v>
+        <v>1182</v>
       </c>
       <c r="D320" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E320" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F320" t="s">
         <v>13</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>1181</v>
+        <v>1183</v>
       </c>
       <c r="H320" t="s">
-        <v>1182</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
       <c r="D321" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E321" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F321" t="s">
         <v>18</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>1185</v>
+        <v>1187</v>
       </c>
       <c r="H321" t="s">
-        <v>1186</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>1187</v>
+        <v>1189</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>1188</v>
+        <v>1190</v>
       </c>
       <c r="D322" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E322" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F322" t="s">
         <v>18</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>1189</v>
+        <v>1191</v>
       </c>
       <c r="H322" t="s">
-        <v>1190</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>1191</v>
+        <v>1193</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
       <c r="D323" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E323" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F323" t="s">
         <v>18</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>1193</v>
+        <v>1195</v>
       </c>
       <c r="H323" t="s">
-        <v>1194</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>1195</v>
+        <v>1197</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>1196</v>
+        <v>1198</v>
       </c>
       <c r="D324" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E324" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F324" t="s">
         <v>190</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>1197</v>
+        <v>1199</v>
       </c>
       <c r="H324" t="s">
-        <v>1198</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>1199</v>
+        <v>1201</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>1200</v>
+        <v>1202</v>
       </c>
       <c r="D325" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E325" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F325" t="s">
         <v>190</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>1201</v>
+        <v>1203</v>
       </c>
       <c r="H325" t="s">
-        <v>1202</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>1203</v>
+        <v>1205</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>1204</v>
+        <v>1206</v>
       </c>
       <c r="D326" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E326" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F326" t="s">
         <v>190</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>1205</v>
+        <v>1207</v>
       </c>
       <c r="H326" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>1207</v>
+        <v>1209</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>1208</v>
+        <v>1210</v>
       </c>
       <c r="D327" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E327" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F327" t="s">
         <v>219</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>1209</v>
+        <v>1211</v>
       </c>
       <c r="H327" t="s">
-        <v>1210</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>1211</v>
+        <v>1213</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>1212</v>
+        <v>1214</v>
       </c>
       <c r="D328" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E328" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F328" t="s">
-        <v>1213</v>
+        <v>1215</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>1214</v>
+        <v>1216</v>
       </c>
       <c r="H328" t="s">
-        <v>1215</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>1216</v>
+        <v>1218</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>1217</v>
+        <v>1219</v>
       </c>
       <c r="D329" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E329" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F329" t="s">
         <v>106</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>1218</v>
+        <v>1220</v>
       </c>
       <c r="H329" t="s">
-        <v>1219</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>1220</v>
+        <v>1222</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>1221</v>
+        <v>1223</v>
       </c>
       <c r="D330" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E330" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F330" t="s">
         <v>106</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>1222</v>
+        <v>1224</v>
       </c>
       <c r="H330" t="s">
-        <v>1223</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>1224</v>
+        <v>1226</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>1225</v>
+        <v>1227</v>
       </c>
       <c r="D331" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E331" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F331" t="s">
-        <v>1226</v>
+        <v>1228</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>1227</v>
+        <v>1229</v>
       </c>
       <c r="H331" t="s">
-        <v>1228</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>1229</v>
+        <v>1231</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>1230</v>
+        <v>1232</v>
       </c>
       <c r="D332" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E332" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F332" t="s">
         <v>106</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>1231</v>
+        <v>1233</v>
       </c>
       <c r="H332" t="s">
-        <v>1232</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>1233</v>
+        <v>1235</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>1234</v>
+        <v>1236</v>
       </c>
       <c r="D333" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E333" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F333" t="s">
         <v>87</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>1235</v>
+        <v>1237</v>
       </c>
       <c r="H333" t="s">
-        <v>1236</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>1237</v>
+        <v>1239</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>1238</v>
+        <v>1240</v>
       </c>
       <c r="D334" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E334" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F334" t="s">
-        <v>1239</v>
+        <v>1241</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>1240</v>
+        <v>1242</v>
       </c>
       <c r="H334" t="s">
-        <v>1241</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>1242</v>
+        <v>1244</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>1243</v>
+        <v>1245</v>
       </c>
       <c r="D335" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E335" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F335" t="s">
-        <v>1244</v>
+        <v>1246</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>1245</v>
+        <v>1247</v>
       </c>
       <c r="H335" t="s">
-        <v>1246</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>1247</v>
+        <v>1249</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>1248</v>
+        <v>1250</v>
       </c>
       <c r="D336" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E336" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F336" t="s">
-        <v>1249</v>
+        <v>1251</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>1250</v>
+        <v>1252</v>
       </c>
       <c r="H336" t="s">
-        <v>1251</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>1253</v>
+        <v>1255</v>
       </c>
       <c r="D337" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E337" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F337" t="s">
         <v>73</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="H337" t="s">
-        <v>1255</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>1257</v>
+        <v>1259</v>
       </c>
       <c r="D338" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E338" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F338" t="s">
         <v>36</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>1258</v>
+        <v>1260</v>
       </c>
       <c r="H338" t="s">
-        <v>1259</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
         <v>9</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>1260</v>
+        <v>1262</v>
       </c>
       <c r="D339" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E339" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F339" t="s">
         <v>36</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>1261</v>
+        <v>1263</v>
       </c>
       <c r="H339" t="s">
-        <v>1262</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>1263</v>
+        <v>1265</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>1264</v>
+        <v>1266</v>
       </c>
       <c r="D340" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E340" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F340" t="s">
         <v>36</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>1265</v>
+        <v>1267</v>
       </c>
       <c r="H340" t="s">
-        <v>1266</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>1267</v>
+        <v>1269</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>1268</v>
+        <v>1270</v>
       </c>
       <c r="D341" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E341" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F341" t="s">
         <v>78</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>1269</v>
+        <v>1271</v>
       </c>
       <c r="H341" t="s">
-        <v>1270</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>1271</v>
+        <v>1273</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>1272</v>
+        <v>1274</v>
       </c>
       <c r="D342" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E342" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F342" t="s">
         <v>78</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>1273</v>
+        <v>1275</v>
       </c>
       <c r="H342" t="s">
-        <v>1274</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>1275</v>
+        <v>1277</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>1276</v>
+        <v>1278</v>
       </c>
       <c r="D343" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E343" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F343" t="s">
         <v>87</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>1277</v>
+        <v>1279</v>
       </c>
       <c r="H343" t="s">
-        <v>1278</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>1279</v>
+        <v>1281</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>1280</v>
+        <v>1282</v>
       </c>
       <c r="D344" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E344" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F344" t="s">
         <v>87</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>1281</v>
+        <v>1283</v>
       </c>
       <c r="H344" t="s">
-        <v>1282</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>1283</v>
+        <v>1285</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>1284</v>
+        <v>1286</v>
       </c>
       <c r="D345" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E345" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F345" t="s">
-        <v>1285</v>
+        <v>1287</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>1286</v>
+        <v>1288</v>
       </c>
       <c r="H345" t="s">
-        <v>1287</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>1288</v>
+        <v>1290</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="D346" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E346" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F346" t="s">
         <v>219</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>1290</v>
+        <v>1292</v>
       </c>
       <c r="H346" t="s">
-        <v>1291</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>1292</v>
+        <v>1294</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>1293</v>
+        <v>1295</v>
       </c>
       <c r="D347" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E347" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F347" t="s">
         <v>58</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>1294</v>
+        <v>1296</v>
       </c>
       <c r="H347" t="s">
-        <v>1295</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>1296</v>
+        <v>1298</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>1297</v>
+        <v>1299</v>
       </c>
       <c r="D348" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E348" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F348" t="s">
         <v>97</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>1298</v>
+        <v>1300</v>
       </c>
       <c r="H348" t="s">
-        <v>1299</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>1300</v>
+        <v>1302</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>1301</v>
+        <v>1303</v>
       </c>
       <c r="D349" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E349" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F349" t="s">
         <v>58</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>1302</v>
+        <v>1304</v>
       </c>
       <c r="H349" t="s">
-        <v>1303</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>1304</v>
+        <v>1306</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>1305</v>
+        <v>1307</v>
       </c>
       <c r="D350" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E350" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F350" t="s">
         <v>23</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>1306</v>
+        <v>1308</v>
       </c>
       <c r="H350" t="s">
-        <v>1307</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>1308</v>
+        <v>1310</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
-        <v>1309</v>
+        <v>1311</v>
       </c>
       <c r="D351" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E351" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F351" t="s">
         <v>13</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>1310</v>
+        <v>1312</v>
       </c>
       <c r="H351" t="s">
-        <v>1311</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>1312</v>
+        <v>1314</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>1313</v>
+        <v>1315</v>
       </c>
       <c r="D352" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E352" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F352" t="s">
         <v>13</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>1314</v>
+        <v>1316</v>
       </c>
       <c r="H352" t="s">
-        <v>1315</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>1316</v>
+        <v>1318</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="D353" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E353" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F353" t="s">
         <v>13</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>1318</v>
+        <v>1320</v>
       </c>
       <c r="H353" t="s">
-        <v>1319</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>1320</v>
+        <v>1322</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
-        <v>1321</v>
+        <v>1323</v>
       </c>
       <c r="D354" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E354" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F354" t="s">
         <v>13</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>1322</v>
+        <v>1324</v>
       </c>
       <c r="H354" t="s">
-        <v>1323</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>1324</v>
+        <v>1326</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
-        <v>1325</v>
+        <v>1327</v>
       </c>
       <c r="D355" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E355" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F355" t="s">
         <v>13</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>1326</v>
+        <v>1328</v>
       </c>
       <c r="H355" t="s">
-        <v>1327</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>1328</v>
+        <v>1330</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
-        <v>1329</v>
+        <v>1331</v>
       </c>
       <c r="D356" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E356" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F356" t="s">
         <v>36</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>1330</v>
+        <v>1332</v>
       </c>
       <c r="H356" t="s">
-        <v>1331</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>1332</v>
+        <v>1334</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
-        <v>1333</v>
+        <v>1335</v>
       </c>
       <c r="D357" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E357" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F357" t="s">
         <v>36</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>1334</v>
+        <v>1336</v>
       </c>
       <c r="H357" t="s">
-        <v>1335</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>1336</v>
+        <v>1338</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
-        <v>1337</v>
+        <v>1339</v>
       </c>
       <c r="D358" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E358" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F358" t="s">
         <v>36</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>1338</v>
+        <v>1340</v>
       </c>
       <c r="H358" t="s">
-        <v>1339</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>1340</v>
+        <v>1342</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
-        <v>1341</v>
+        <v>1343</v>
       </c>
       <c r="D359" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E359" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F359" t="s">
         <v>106</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>1342</v>
+        <v>1344</v>
       </c>
       <c r="H359" t="s">
-        <v>1343</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>1344</v>
+        <v>1346</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
-        <v>1345</v>
+        <v>1347</v>
       </c>
       <c r="D360" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E360" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F360" t="s">
         <v>87</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>1346</v>
+        <v>1348</v>
       </c>
       <c r="H360" t="s">
-        <v>1347</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>1348</v>
+        <v>1350</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
       <c r="D361" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E361" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F361" t="s">
         <v>190</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>1350</v>
+        <v>1352</v>
       </c>
       <c r="H361" t="s">
-        <v>1351</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>1352</v>
+        <v>1354</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
-        <v>1353</v>
+        <v>1355</v>
       </c>
       <c r="D362" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E362" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F362" t="s">
-        <v>1354</v>
+        <v>1356</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="H362" t="s">
-        <v>1356</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>1357</v>
+        <v>1359</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="D363" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E363" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F363" t="s">
         <v>219</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>1359</v>
+        <v>1361</v>
       </c>
       <c r="H363" t="s">
-        <v>1360</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>1361</v>
+        <v>1363</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
-        <v>1362</v>
+        <v>1364</v>
       </c>
       <c r="D364" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E364" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F364" t="s">
         <v>58</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>1363</v>
+        <v>1365</v>
       </c>
       <c r="H364" t="s">
-        <v>1364</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>1365</v>
+        <v>1367</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
-        <v>1366</v>
+        <v>1368</v>
       </c>
       <c r="D365" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E365" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F365" t="s">
         <v>97</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>1367</v>
+        <v>1369</v>
       </c>
       <c r="H365" t="s">
-        <v>1368</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>1369</v>
+        <v>1371</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
-        <v>1370</v>
+        <v>1372</v>
       </c>
       <c r="D366" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E366" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F366" t="s">
         <v>97</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>1371</v>
+        <v>1373</v>
       </c>
       <c r="H366" t="s">
-        <v>1372</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>1373</v>
+        <v>1375</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
-        <v>1374</v>
+        <v>1376</v>
       </c>
       <c r="D367" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E367" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F367" t="s">
         <v>36</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>1375</v>
+        <v>1377</v>
       </c>
       <c r="H367" t="s">
-        <v>1376</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>1377</v>
+        <v>1379</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
-        <v>1378</v>
+        <v>1380</v>
       </c>
       <c r="D368" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E368" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F368" t="s">
         <v>36</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>1379</v>
+        <v>1381</v>
       </c>
       <c r="H368" t="s">
-        <v>1380</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>1381</v>
+        <v>1383</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
-        <v>1382</v>
+        <v>1384</v>
       </c>
       <c r="D369" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E369" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F369" t="s">
         <v>23</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>1383</v>
+        <v>1385</v>
       </c>
       <c r="H369" t="s">
-        <v>1384</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>1385</v>
+        <v>1387</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
-        <v>1386</v>
+        <v>1388</v>
       </c>
       <c r="D370" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E370" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F370" t="s">
         <v>23</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>1387</v>
+        <v>1389</v>
       </c>
       <c r="H370" t="s">
-        <v>1388</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>1389</v>
+        <v>1391</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
-        <v>1390</v>
+        <v>1392</v>
       </c>
       <c r="D371" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E371" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F371" t="s">
         <v>190</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>1391</v>
+        <v>1393</v>
       </c>
       <c r="H371" t="s">
-        <v>1392</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>1393</v>
+        <v>1395</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
-        <v>1394</v>
+        <v>1396</v>
       </c>
       <c r="D372" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E372" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F372" t="s">
         <v>190</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>1395</v>
+        <v>1397</v>
       </c>
       <c r="H372" t="s">
-        <v>1396</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>1397</v>
+        <v>1399</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
-        <v>1398</v>
+        <v>1400</v>
       </c>
       <c r="D373" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E373" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F373" t="s">
         <v>58</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>1399</v>
+        <v>1401</v>
       </c>
       <c r="H373" t="s">
-        <v>1400</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>1401</v>
+        <v>1403</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
-        <v>1402</v>
+        <v>1404</v>
       </c>
       <c r="D374" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E374" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F374" t="s">
         <v>58</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>1403</v>
+        <v>1405</v>
       </c>
       <c r="H374" t="s">
-        <v>1404</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>1405</v>
+        <v>1407</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
-        <v>1406</v>
+        <v>1408</v>
       </c>
       <c r="D375" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E375" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F375" t="s">
         <v>58</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>1407</v>
+        <v>1409</v>
       </c>
       <c r="H375" t="s">
-        <v>1408</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>1409</v>
+        <v>1411</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
-        <v>1410</v>
+        <v>1412</v>
       </c>
       <c r="D376" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E376" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F376" t="s">
         <v>78</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>1411</v>
+        <v>1413</v>
       </c>
       <c r="H376" t="s">
-        <v>1412</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>1413</v>
+        <v>1415</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
-        <v>1414</v>
+        <v>1416</v>
       </c>
       <c r="D377" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E377" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F377" t="s">
         <v>78</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>1415</v>
+        <v>1417</v>
       </c>
       <c r="H377" t="s">
-        <v>1416</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>1417</v>
+        <v>1419</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
-        <v>1418</v>
+        <v>1420</v>
       </c>
       <c r="D378" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E378" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F378" t="s">
         <v>97</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>1419</v>
+        <v>1421</v>
       </c>
       <c r="H378" t="s">
-        <v>1420</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>1421</v>
+        <v>1423</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
-        <v>1422</v>
+        <v>1424</v>
       </c>
       <c r="D379" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E379" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F379" t="s">
         <v>23</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>1423</v>
+        <v>1425</v>
       </c>
       <c r="H379" t="s">
-        <v>1424</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>1425</v>
+        <v>1427</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
-        <v>1426</v>
+        <v>1428</v>
       </c>
       <c r="D380" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E380" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F380" t="s">
         <v>23</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>1427</v>
+        <v>1429</v>
       </c>
       <c r="H380" t="s">
-        <v>1428</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>1429</v>
+        <v>1431</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
-        <v>1430</v>
+        <v>1432</v>
       </c>
       <c r="D381" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E381" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F381" t="s">
         <v>23</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>1431</v>
+        <v>1433</v>
       </c>
       <c r="H381" t="s">
-        <v>1432</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>1433</v>
+        <v>1435</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
-        <v>1434</v>
+        <v>1436</v>
       </c>
       <c r="D382" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E382" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F382" t="s">
         <v>106</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>1435</v>
+        <v>1437</v>
       </c>
       <c r="H382" t="s">
-        <v>1436</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>1437</v>
+        <v>1439</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
-        <v>1438</v>
+        <v>1440</v>
       </c>
       <c r="D383" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E383" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F383" t="s">
         <v>87</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>1439</v>
+        <v>1441</v>
       </c>
       <c r="H383" t="s">
-        <v>1440</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>1441</v>
+        <v>1443</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
-        <v>1442</v>
+        <v>1444</v>
       </c>
       <c r="D384" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E384" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F384" t="s">
         <v>87</v>
       </c>
       <c r="G384" s="1" t="s">
         <v>50</v>
       </c>
       <c r="H384" t="s">
-        <v>1443</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>1444</v>
+        <v>1446</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
-        <v>1445</v>
+        <v>1447</v>
       </c>
       <c r="D385" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E385" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F385" t="s">
         <v>190</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>1446</v>
+        <v>1448</v>
       </c>
       <c r="H385" t="s">
-        <v>1447</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>1448</v>
+        <v>1450</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
-        <v>1449</v>
+        <v>1451</v>
       </c>
       <c r="D386" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E386" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F386" t="s">
         <v>97</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>1450</v>
+        <v>1452</v>
       </c>
       <c r="H386" t="s">
-        <v>1451</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>1452</v>
+        <v>1454</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
-        <v>1453</v>
+        <v>1455</v>
       </c>
       <c r="D387" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E387" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F387" t="s">
         <v>87</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>1454</v>
+        <v>1456</v>
       </c>
       <c r="H387" t="s">
-        <v>1455</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>1456</v>
+        <v>1458</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
-        <v>1457</v>
+        <v>1459</v>
       </c>
       <c r="D388" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E388" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F388" t="s">
         <v>36</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>1458</v>
+        <v>1460</v>
       </c>
       <c r="H388" t="s">
-        <v>1459</v>
+        <v>1461</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>1460</v>
+        <v>1462</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
-        <v>1461</v>
+        <v>1463</v>
       </c>
       <c r="D389" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E389" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F389" t="s">
         <v>36</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>1462</v>
+        <v>1464</v>
       </c>
       <c r="H389" t="s">
-        <v>1463</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>1464</v>
+        <v>1466</v>
       </c>
       <c r="B390" t="s">
         <v>9</v>
       </c>
       <c r="C390" t="s">
-        <v>1465</v>
+        <v>1467</v>
       </c>
       <c r="D390" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E390" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F390" t="s">
         <v>13</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>1466</v>
+        <v>1468</v>
       </c>
       <c r="H390" t="s">
-        <v>1467</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>1468</v>
+        <v>1470</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
-        <v>1469</v>
+        <v>1471</v>
       </c>
       <c r="D391" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E391" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F391" t="s">
         <v>87</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>1470</v>
+        <v>1472</v>
       </c>
       <c r="H391" t="s">
-        <v>1471</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>1472</v>
+        <v>1474</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
-        <v>1473</v>
+        <v>1475</v>
       </c>
       <c r="D392" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E392" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F392" t="s">
         <v>87</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>1474</v>
+        <v>1476</v>
       </c>
       <c r="H392" t="s">
-        <v>1475</v>
+        <v>1477</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
-        <v>1476</v>
+        <v>1478</v>
       </c>
       <c r="B393" t="s">
         <v>9</v>
       </c>
       <c r="C393" t="s">
-        <v>1477</v>
+        <v>1479</v>
       </c>
       <c r="D393" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E393" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F393" t="s">
         <v>190</v>
       </c>
       <c r="G393" s="1" t="s">
-        <v>1478</v>
+        <v>1480</v>
       </c>
       <c r="H393" t="s">
-        <v>1479</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
-        <v>1480</v>
+        <v>1482</v>
       </c>
       <c r="B394" t="s">
         <v>9</v>
       </c>
       <c r="C394" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="D394" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E394" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F394" t="s">
         <v>219</v>
       </c>
       <c r="G394" s="1" t="s">
         <v>50</v>
       </c>
       <c r="H394" t="s">
-        <v>1482</v>
+        <v>1484</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
-        <v>1483</v>
+        <v>1485</v>
       </c>
       <c r="B395" t="s">
         <v>9</v>
       </c>
       <c r="C395" t="s">
-        <v>1484</v>
+        <v>1486</v>
       </c>
       <c r="D395" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E395" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F395" t="s">
         <v>58</v>
       </c>
       <c r="G395" s="1" t="s">
-        <v>1485</v>
+        <v>1487</v>
       </c>
       <c r="H395" t="s">
-        <v>1486</v>
+        <v>1488</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
-        <v>1487</v>
+        <v>1489</v>
       </c>
       <c r="B396" t="s">
         <v>9</v>
       </c>
       <c r="C396" t="s">
-        <v>1488</v>
+        <v>1490</v>
       </c>
       <c r="D396" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E396" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F396" t="s">
         <v>219</v>
       </c>
       <c r="G396" s="1" t="s">
-        <v>1489</v>
+        <v>1491</v>
       </c>
       <c r="H396" t="s">
-        <v>1490</v>
+        <v>1492</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
-        <v>1491</v>
+        <v>1493</v>
       </c>
       <c r="B397" t="s">
         <v>9</v>
       </c>
       <c r="C397" t="s">
-        <v>1492</v>
+        <v>1494</v>
       </c>
       <c r="D397" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E397" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F397" t="s">
         <v>97</v>
       </c>
       <c r="G397" s="1" t="s">
-        <v>1493</v>
+        <v>1495</v>
       </c>
       <c r="H397" t="s">
-        <v>1494</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
-        <v>1495</v>
+        <v>1497</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
-        <v>1496</v>
+        <v>1498</v>
       </c>
       <c r="D398" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E398" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F398" t="s">
         <v>97</v>
       </c>
       <c r="G398" s="1" t="s">
-        <v>1497</v>
+        <v>1499</v>
       </c>
       <c r="H398" t="s">
-        <v>1498</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
-        <v>1499</v>
+        <v>1501</v>
       </c>
       <c r="B399" t="s">
         <v>9</v>
       </c>
       <c r="C399" t="s">
-        <v>1500</v>
+        <v>1502</v>
       </c>
       <c r="D399" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E399" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F399" t="s">
         <v>97</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>1501</v>
+        <v>1503</v>
       </c>
       <c r="H399" t="s">
-        <v>1502</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
-        <v>1503</v>
+        <v>1505</v>
       </c>
       <c r="B400" t="s">
         <v>9</v>
       </c>
       <c r="C400" t="s">
-        <v>1504</v>
+        <v>1506</v>
       </c>
       <c r="D400" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E400" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F400" t="s">
         <v>73</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>1505</v>
+        <v>1507</v>
       </c>
       <c r="H400" t="s">
-        <v>1506</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>1507</v>
+        <v>1509</v>
       </c>
       <c r="B401" t="s">
         <v>9</v>
       </c>
       <c r="C401" t="s">
-        <v>1508</v>
+        <v>1510</v>
       </c>
       <c r="D401" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E401" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F401" t="s">
         <v>73</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>1509</v>
+        <v>1511</v>
       </c>
       <c r="H401" t="s">
-        <v>1510</v>
+        <v>1512</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
-        <v>1511</v>
+        <v>1513</v>
       </c>
       <c r="B402" t="s">
         <v>9</v>
       </c>
       <c r="C402" t="s">
-        <v>1512</v>
+        <v>1514</v>
       </c>
       <c r="D402" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E402" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F402" t="s">
         <v>106</v>
       </c>
       <c r="G402" s="1" t="s">
-        <v>1513</v>
+        <v>1515</v>
       </c>
       <c r="H402" t="s">
-        <v>1514</v>
+        <v>1516</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
-        <v>1515</v>
+        <v>1517</v>
       </c>
       <c r="B403" t="s">
         <v>9</v>
       </c>
       <c r="C403" t="s">
-        <v>1516</v>
+        <v>1518</v>
       </c>
       <c r="D403" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E403" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F403" t="s">
         <v>102</v>
       </c>
       <c r="G403" s="1" t="s">
-        <v>1517</v>
+        <v>1519</v>
       </c>
       <c r="H403" t="s">
-        <v>1518</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
-        <v>1519</v>
+        <v>1521</v>
       </c>
       <c r="B404" t="s">
         <v>9</v>
       </c>
       <c r="C404" t="s">
-        <v>1520</v>
+        <v>1522</v>
       </c>
       <c r="D404" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E404" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F404" t="s">
         <v>106</v>
       </c>
       <c r="G404" s="1" t="s">
-        <v>1521</v>
+        <v>1523</v>
       </c>
       <c r="H404" t="s">
-        <v>1522</v>
+        <v>1524</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
-        <v>1523</v>
+        <v>1525</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
-        <v>1524</v>
+        <v>1526</v>
       </c>
       <c r="D405" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E405" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F405" t="s">
         <v>87</v>
       </c>
       <c r="G405" s="1" t="s">
-        <v>1525</v>
+        <v>1527</v>
       </c>
       <c r="H405" t="s">
-        <v>1526</v>
+        <v>1528</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
-        <v>1527</v>
+        <v>1529</v>
       </c>
       <c r="B406" t="s">
         <v>9</v>
       </c>
       <c r="C406" t="s">
-        <v>1528</v>
+        <v>1530</v>
       </c>
       <c r="D406" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E406" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F406" t="s">
         <v>219</v>
       </c>
       <c r="G406" s="1" t="s">
-        <v>1529</v>
+        <v>1531</v>
       </c>
       <c r="H406" t="s">
-        <v>1530</v>
+        <v>1532</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
-        <v>1531</v>
+        <v>1533</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
-        <v>1532</v>
+        <v>1534</v>
       </c>
       <c r="D407" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E407" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F407" t="s">
         <v>87</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>1533</v>
+        <v>1535</v>
       </c>
       <c r="H407" t="s">
-        <v>1534</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
-        <v>1535</v>
+        <v>1537</v>
       </c>
       <c r="B408" t="s">
         <v>9</v>
       </c>
       <c r="C408" t="s">
-        <v>1536</v>
+        <v>1538</v>
       </c>
       <c r="D408" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E408" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F408" t="s">
         <v>78</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>1537</v>
+        <v>1539</v>
       </c>
       <c r="H408" t="s">
-        <v>1538</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
-        <v>1539</v>
+        <v>1541</v>
       </c>
       <c r="B409" t="s">
         <v>9</v>
       </c>
       <c r="C409" t="s">
-        <v>1540</v>
+        <v>1542</v>
       </c>
       <c r="D409" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E409" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F409" t="s">
         <v>78</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>1541</v>
+        <v>1543</v>
       </c>
       <c r="H409" t="s">
-        <v>1542</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
-        <v>1543</v>
+        <v>1545</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="C410" t="s">
-        <v>1544</v>
+        <v>1546</v>
       </c>
       <c r="D410" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E410" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F410" t="s">
         <v>13</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>1545</v>
+        <v>1547</v>
       </c>
       <c r="H410" t="s">
-        <v>1546</v>
+        <v>1548</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>1547</v>
+        <v>1549</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
-        <v>1548</v>
+        <v>1550</v>
       </c>
       <c r="D411" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E411" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F411" t="s">
         <v>13</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>1549</v>
+        <v>1551</v>
       </c>
       <c r="H411" t="s">
-        <v>1550</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>1551</v>
+        <v>1553</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
-        <v>1552</v>
+        <v>1554</v>
       </c>
       <c r="D412" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E412" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F412" t="s">
         <v>102</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>1553</v>
+        <v>1555</v>
       </c>
       <c r="H412" t="s">
-        <v>1554</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
-        <v>1555</v>
+        <v>1557</v>
       </c>
       <c r="B413" t="s">
         <v>9</v>
       </c>
       <c r="C413" t="s">
-        <v>1556</v>
+        <v>1558</v>
       </c>
       <c r="D413" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E413" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F413" t="s">
         <v>73</v>
       </c>
       <c r="G413" s="1" t="s">
-        <v>1557</v>
+        <v>1559</v>
       </c>
       <c r="H413" t="s">
-        <v>1558</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
-        <v>1559</v>
+        <v>1561</v>
       </c>
       <c r="B414" t="s">
         <v>9</v>
       </c>
       <c r="C414" t="s">
-        <v>1560</v>
+        <v>1562</v>
       </c>
       <c r="D414" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E414" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F414" t="s">
         <v>190</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>1561</v>
+        <v>1563</v>
       </c>
       <c r="H414" t="s">
-        <v>1562</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
-        <v>1563</v>
+        <v>1565</v>
       </c>
       <c r="B415" t="s">
         <v>9</v>
       </c>
       <c r="C415" t="s">
-        <v>1564</v>
+        <v>1566</v>
       </c>
       <c r="D415" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E415" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F415" t="s">
         <v>190</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>1565</v>
+        <v>1567</v>
       </c>
       <c r="H415" t="s">
-        <v>1566</v>
+        <v>1568</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
-        <v>1567</v>
+        <v>1569</v>
       </c>
       <c r="B416" t="s">
         <v>9</v>
       </c>
       <c r="C416" t="s">
-        <v>1568</v>
+        <v>1570</v>
       </c>
       <c r="D416" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E416" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F416" t="s">
         <v>23</v>
       </c>
       <c r="G416" s="1" t="s">
-        <v>1569</v>
+        <v>1571</v>
       </c>
       <c r="H416" t="s">
-        <v>1570</v>
+        <v>1572</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>1571</v>
+        <v>1573</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
-        <v>1572</v>
+        <v>1574</v>
       </c>
       <c r="D417" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E417" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F417" t="s">
         <v>23</v>
       </c>
       <c r="G417" s="1" t="s">
-        <v>1573</v>
+        <v>1575</v>
       </c>
       <c r="H417" t="s">
-        <v>1574</v>
+        <v>1576</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
-        <v>1575</v>
+        <v>1577</v>
       </c>
       <c r="B418" t="s">
         <v>9</v>
       </c>
       <c r="C418" t="s">
-        <v>1576</v>
+        <v>1578</v>
       </c>
       <c r="D418" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E418" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F418" t="s">
         <v>219</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>1577</v>
+        <v>1579</v>
       </c>
       <c r="H418" t="s">
-        <v>1578</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
-        <v>1579</v>
+        <v>1581</v>
       </c>
       <c r="B419" t="s">
         <v>9</v>
       </c>
       <c r="C419" t="s">
-        <v>1580</v>
+        <v>1582</v>
       </c>
       <c r="D419" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E419" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F419" t="s">
         <v>36</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>1581</v>
+        <v>1583</v>
       </c>
       <c r="H419" t="s">
-        <v>1582</v>
+        <v>1584</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
-        <v>1583</v>
+        <v>1585</v>
       </c>
       <c r="B420" t="s">
         <v>9</v>
       </c>
       <c r="C420" t="s">
-        <v>1584</v>
+        <v>1586</v>
       </c>
       <c r="D420" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E420" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F420" t="s">
         <v>106</v>
       </c>
       <c r="G420" s="1" t="s">
-        <v>1585</v>
+        <v>1587</v>
       </c>
       <c r="H420" t="s">
-        <v>1586</v>
+        <v>1588</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
-        <v>1587</v>
+        <v>1589</v>
       </c>
       <c r="B421" t="s">
         <v>9</v>
       </c>
       <c r="C421" t="s">
-        <v>1588</v>
+        <v>1590</v>
       </c>
       <c r="D421" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E421" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F421" t="s">
         <v>106</v>
       </c>
       <c r="G421" s="1" t="s">
-        <v>1589</v>
+        <v>1591</v>
       </c>
       <c r="H421" t="s">
-        <v>1590</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
-        <v>1591</v>
+        <v>1593</v>
       </c>
       <c r="B422" t="s">
         <v>9</v>
       </c>
       <c r="C422" t="s">
-        <v>1592</v>
+        <v>1594</v>
       </c>
       <c r="D422" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E422" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F422" t="s">
         <v>97</v>
       </c>
       <c r="G422" s="1" t="s">
-        <v>1593</v>
+        <v>1595</v>
       </c>
       <c r="H422" t="s">
-        <v>1594</v>
+        <v>1596</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
-        <v>1595</v>
+        <v>1597</v>
       </c>
       <c r="B423" t="s">
         <v>9</v>
       </c>
       <c r="C423" t="s">
-        <v>1596</v>
+        <v>1598</v>
       </c>
       <c r="D423" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E423" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F423" t="s">
         <v>190</v>
       </c>
       <c r="G423" s="1" t="s">
-        <v>1597</v>
+        <v>1599</v>
       </c>
       <c r="H423" t="s">
-        <v>1598</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
-        <v>1599</v>
+        <v>1601</v>
       </c>
       <c r="B424" t="s">
         <v>9</v>
       </c>
       <c r="C424" t="s">
-        <v>1600</v>
+        <v>1602</v>
       </c>
       <c r="D424" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E424" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F424" t="s">
         <v>73</v>
       </c>
       <c r="G424" s="1" t="s">
-        <v>1601</v>
+        <v>1603</v>
       </c>
       <c r="H424" t="s">
-        <v>1602</v>
+        <v>1604</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
-        <v>1603</v>
+        <v>1605</v>
       </c>
       <c r="B425" t="s">
         <v>9</v>
       </c>
       <c r="C425" t="s">
-        <v>1604</v>
+        <v>1606</v>
       </c>
       <c r="D425" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E425" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F425" t="s">
         <v>58</v>
       </c>
       <c r="G425" s="1" t="s">
-        <v>1605</v>
+        <v>1607</v>
       </c>
       <c r="H425" t="s">
-        <v>1606</v>
+        <v>1608</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
-        <v>1607</v>
+        <v>1609</v>
       </c>
       <c r="B426" t="s">
         <v>9</v>
       </c>
       <c r="C426" t="s">
-        <v>1608</v>
+        <v>1610</v>
       </c>
       <c r="D426" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E426" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F426" t="s">
         <v>23</v>
       </c>
       <c r="G426" s="1" t="s">
-        <v>1609</v>
+        <v>1611</v>
       </c>
       <c r="H426" t="s">
-        <v>1610</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
-        <v>1611</v>
+        <v>1613</v>
       </c>
       <c r="B427" t="s">
         <v>9</v>
       </c>
       <c r="C427" t="s">
-        <v>1612</v>
+        <v>1614</v>
       </c>
       <c r="D427" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E427" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F427" t="s">
         <v>23</v>
       </c>
       <c r="G427" s="1" t="s">
-        <v>1613</v>
+        <v>1615</v>
       </c>
       <c r="H427" t="s">
-        <v>1614</v>
+        <v>1616</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
-        <v>1615</v>
+        <v>1617</v>
       </c>
       <c r="B428" t="s">
         <v>9</v>
       </c>
       <c r="C428" t="s">
-        <v>1616</v>
+        <v>1618</v>
       </c>
       <c r="D428" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E428" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F428" t="s">
         <v>78</v>
       </c>
       <c r="G428" s="1" t="s">
-        <v>1617</v>
+        <v>1619</v>
       </c>
       <c r="H428" t="s">
-        <v>1618</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
-        <v>1619</v>
+        <v>1621</v>
       </c>
       <c r="B429" t="s">
         <v>9</v>
       </c>
       <c r="C429" t="s">
-        <v>1620</v>
+        <v>1622</v>
       </c>
       <c r="D429" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E429" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F429" t="s">
         <v>219</v>
       </c>
       <c r="G429" s="1" t="s">
-        <v>1621</v>
+        <v>1623</v>
       </c>
       <c r="H429" t="s">
-        <v>1622</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
-        <v>1623</v>
+        <v>1625</v>
       </c>
       <c r="B430" t="s">
         <v>9</v>
       </c>
       <c r="C430" t="s">
-        <v>1624</v>
+        <v>1626</v>
       </c>
       <c r="D430" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E430" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F430" t="s">
         <v>97</v>
       </c>
       <c r="G430" s="1" t="s">
-        <v>1625</v>
+        <v>1627</v>
       </c>
       <c r="H430" t="s">
-        <v>1626</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
-        <v>1627</v>
+        <v>1629</v>
       </c>
       <c r="B431" t="s">
         <v>9</v>
       </c>
       <c r="C431" t="s">
-        <v>1628</v>
+        <v>1630</v>
       </c>
       <c r="D431" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E431" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F431" t="s">
         <v>190</v>
       </c>
       <c r="G431" s="1" t="s">
-        <v>1629</v>
+        <v>1631</v>
       </c>
       <c r="H431" t="s">
-        <v>1630</v>
+        <v>1632</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
-        <v>1631</v>
+        <v>1633</v>
       </c>
       <c r="B432" t="s">
         <v>9</v>
       </c>
       <c r="C432" t="s">
-        <v>1632</v>
+        <v>1634</v>
       </c>
       <c r="D432" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E432" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F432" t="s">
         <v>58</v>
       </c>
       <c r="G432" s="1" t="s">
-        <v>1633</v>
+        <v>1635</v>
       </c>
       <c r="H432" t="s">
-        <v>1634</v>
+        <v>1636</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
-        <v>1635</v>
+        <v>1637</v>
       </c>
       <c r="B433" t="s">
         <v>9</v>
       </c>
       <c r="C433" t="s">
-        <v>1636</v>
+        <v>1638</v>
       </c>
       <c r="D433" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E433" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F433" t="s">
         <v>23</v>
       </c>
       <c r="G433" s="1" t="s">
-        <v>1637</v>
+        <v>1639</v>
       </c>
       <c r="H433" t="s">
-        <v>1638</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
-        <v>1639</v>
+        <v>1641</v>
       </c>
       <c r="B434" t="s">
         <v>9</v>
       </c>
       <c r="C434" t="s">
-        <v>1640</v>
+        <v>1642</v>
       </c>
       <c r="D434" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E434" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F434" t="s">
         <v>23</v>
       </c>
       <c r="G434" s="1" t="s">
-        <v>1641</v>
+        <v>1643</v>
       </c>
       <c r="H434" t="s">
-        <v>1642</v>
+        <v>1644</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
-        <v>1643</v>
+        <v>1645</v>
       </c>
       <c r="B435" t="s">
         <v>9</v>
       </c>
       <c r="C435" t="s">
-        <v>1644</v>
+        <v>1646</v>
       </c>
       <c r="D435" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E435" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F435" t="s">
         <v>13</v>
       </c>
       <c r="G435" s="1" t="s">
-        <v>1645</v>
+        <v>1647</v>
       </c>
       <c r="H435" t="s">
-        <v>1646</v>
+        <v>1648</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
-        <v>1647</v>
+        <v>1649</v>
       </c>
       <c r="B436" t="s">
         <v>9</v>
       </c>
       <c r="C436" t="s">
-        <v>1648</v>
+        <v>1650</v>
       </c>
       <c r="D436" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E436" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F436" t="s">
         <v>106</v>
       </c>
       <c r="G436" s="1" t="s">
-        <v>1649</v>
+        <v>1651</v>
       </c>
       <c r="H436" t="s">
-        <v>1650</v>
+        <v>1652</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
-        <v>1651</v>
+        <v>1653</v>
       </c>
       <c r="B437" t="s">
         <v>9</v>
       </c>
       <c r="C437" t="s">
-        <v>1652</v>
+        <v>1654</v>
       </c>
       <c r="D437" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E437" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F437" t="s">
         <v>36</v>
       </c>
       <c r="G437" s="1" t="s">
         <v>50</v>
       </c>
       <c r="H437" t="s">
-        <v>1653</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
-        <v>1654</v>
+        <v>1656</v>
       </c>
       <c r="B438" t="s">
         <v>9</v>
       </c>
       <c r="C438" t="s">
-        <v>1655</v>
+        <v>1657</v>
       </c>
       <c r="D438" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E438" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F438" t="s">
         <v>87</v>
       </c>
       <c r="G438" s="1" t="s">
-        <v>1656</v>
+        <v>1658</v>
       </c>
       <c r="H438" t="s">
-        <v>1657</v>
+        <v>1659</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
-        <v>1658</v>
+        <v>1660</v>
       </c>
       <c r="B439" t="s">
         <v>9</v>
       </c>
       <c r="C439" t="s">
-        <v>1659</v>
+        <v>1661</v>
       </c>
       <c r="D439" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E439" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F439" t="s">
         <v>87</v>
       </c>
       <c r="G439" s="1" t="s">
-        <v>1660</v>
+        <v>1662</v>
       </c>
       <c r="H439" t="s">
-        <v>1661</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
-        <v>1662</v>
+        <v>1664</v>
       </c>
       <c r="B440" t="s">
         <v>9</v>
       </c>
       <c r="C440" t="s">
-        <v>1663</v>
+        <v>1665</v>
       </c>
       <c r="D440" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E440" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F440" t="s">
         <v>87</v>
       </c>
       <c r="G440" s="1" t="s">
-        <v>1664</v>
+        <v>1666</v>
       </c>
       <c r="H440" t="s">
-        <v>1665</v>
+        <v>1667</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
-        <v>1666</v>
+        <v>1668</v>
       </c>
       <c r="B441" t="s">
         <v>9</v>
       </c>
       <c r="C441" t="s">
-        <v>1667</v>
+        <v>1669</v>
       </c>
       <c r="D441" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E441" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F441" t="s">
         <v>97</v>
       </c>
       <c r="G441" s="1" t="s">
-        <v>1668</v>
+        <v>1670</v>
       </c>
       <c r="H441" t="s">
-        <v>1669</v>
+        <v>1671</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
-        <v>1670</v>
+        <v>1672</v>
       </c>
       <c r="B442" t="s">
         <v>9</v>
       </c>
       <c r="C442" t="s">
-        <v>1671</v>
+        <v>1673</v>
       </c>
       <c r="D442" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E442" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F442" t="s">
         <v>97</v>
       </c>
       <c r="G442" s="1" t="s">
-        <v>1672</v>
+        <v>1674</v>
       </c>
       <c r="H442" t="s">
-        <v>1673</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
-        <v>1674</v>
+        <v>1676</v>
       </c>
       <c r="B443" t="s">
         <v>9</v>
       </c>
       <c r="C443" t="s">
-        <v>1675</v>
+        <v>1677</v>
       </c>
       <c r="D443" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E443" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F443" t="s">
         <v>97</v>
       </c>
       <c r="G443" s="1" t="s">
         <v>50</v>
       </c>
       <c r="H443" t="s">
-        <v>1676</v>
+        <v>1678</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
-        <v>1677</v>
+        <v>1679</v>
       </c>
       <c r="B444" t="s">
         <v>9</v>
       </c>
       <c r="C444" t="s">
-        <v>1678</v>
+        <v>1680</v>
       </c>
       <c r="D444" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E444" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F444" t="s">
         <v>36</v>
       </c>
       <c r="G444" s="1" t="s">
-        <v>1679</v>
+        <v>1681</v>
       </c>
       <c r="H444" t="s">
-        <v>1680</v>
+        <v>1682</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
-        <v>1681</v>
+        <v>1683</v>
       </c>
       <c r="B445" t="s">
         <v>9</v>
       </c>
       <c r="C445" t="s">
-        <v>1682</v>
+        <v>1684</v>
       </c>
       <c r="D445" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E445" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F445" t="s">
         <v>36</v>
       </c>
       <c r="G445" s="1" t="s">
-        <v>1683</v>
+        <v>1685</v>
       </c>
       <c r="H445" t="s">
-        <v>1684</v>
+        <v>1686</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
-        <v>1685</v>
+        <v>1687</v>
       </c>
       <c r="B446" t="s">
         <v>9</v>
       </c>
       <c r="C446" t="s">
-        <v>1686</v>
+        <v>1688</v>
       </c>
       <c r="D446" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E446" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F446" t="s">
         <v>190</v>
       </c>
       <c r="G446" s="1" t="s">
-        <v>1687</v>
+        <v>1689</v>
       </c>
       <c r="H446" t="s">
-        <v>1688</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
-        <v>1689</v>
+        <v>1691</v>
       </c>
       <c r="B447" t="s">
         <v>9</v>
       </c>
       <c r="C447" t="s">
-        <v>1690</v>
+        <v>1692</v>
       </c>
       <c r="D447" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E447" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F447" t="s">
         <v>13</v>
       </c>
       <c r="G447" s="1" t="s">
-        <v>1691</v>
+        <v>1693</v>
       </c>
       <c r="H447" t="s">
-        <v>1692</v>
+        <v>1694</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
-        <v>1693</v>
+        <v>1695</v>
       </c>
       <c r="B448" t="s">
         <v>9</v>
       </c>
       <c r="C448" t="s">
-        <v>1694</v>
+        <v>1696</v>
       </c>
       <c r="D448" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E448" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F448" t="s">
         <v>13</v>
       </c>
       <c r="G448" s="1" t="s">
-        <v>1695</v>
+        <v>1697</v>
       </c>
       <c r="H448" t="s">
-        <v>1696</v>
+        <v>1698</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
-        <v>1697</v>
+        <v>1699</v>
       </c>
       <c r="B449" t="s">
         <v>9</v>
       </c>
       <c r="C449" t="s">
-        <v>1698</v>
+        <v>1700</v>
       </c>
       <c r="D449" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E449" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F449" t="s">
         <v>73</v>
       </c>
       <c r="G449" s="1" t="s">
-        <v>1699</v>
+        <v>1701</v>
       </c>
       <c r="H449" t="s">
-        <v>1700</v>
+        <v>1702</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
-        <v>1701</v>
+        <v>1703</v>
       </c>
       <c r="B450" t="s">
         <v>9</v>
       </c>
       <c r="C450" t="s">
-        <v>1702</v>
+        <v>1704</v>
       </c>
       <c r="D450" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E450" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F450" t="s">
         <v>73</v>
       </c>
       <c r="G450" s="1" t="s">
-        <v>1703</v>
+        <v>1705</v>
       </c>
       <c r="H450" t="s">
-        <v>1704</v>
+        <v>1706</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
-        <v>1705</v>
+        <v>1707</v>
       </c>
       <c r="B451" t="s">
         <v>9</v>
       </c>
       <c r="C451" t="s">
-        <v>1706</v>
+        <v>1708</v>
       </c>
       <c r="D451" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E451" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F451" t="s">
         <v>73</v>
       </c>
       <c r="G451" s="1" t="s">
-        <v>1707</v>
+        <v>1709</v>
       </c>
       <c r="H451" t="s">
-        <v>1708</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
-        <v>1709</v>
+        <v>1711</v>
       </c>
       <c r="B452" t="s">
         <v>9</v>
       </c>
       <c r="C452" t="s">
-        <v>1710</v>
+        <v>1712</v>
       </c>
       <c r="D452" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E452" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F452" t="s">
         <v>219</v>
       </c>
       <c r="G452" s="1" t="s">
-        <v>50</v>
+        <v>1713</v>
       </c>
       <c r="H452" t="s">
-        <v>1711</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
-        <v>1712</v>
+        <v>1715</v>
       </c>
       <c r="B453" t="s">
         <v>9</v>
       </c>
       <c r="C453" t="s">
-        <v>1713</v>
+        <v>1716</v>
       </c>
       <c r="D453" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E453" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F453" t="s">
         <v>219</v>
       </c>
       <c r="G453" s="1" t="s">
-        <v>50</v>
+        <v>1717</v>
       </c>
       <c r="H453" t="s">
-        <v>1714</v>
+        <v>1718</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
-        <v>1715</v>
+        <v>1719</v>
       </c>
       <c r="B454" t="s">
         <v>9</v>
       </c>
       <c r="C454" t="s">
-        <v>1716</v>
+        <v>1720</v>
       </c>
       <c r="D454" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E454" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F454" t="s">
         <v>23</v>
       </c>
       <c r="G454" s="1" t="s">
-        <v>1717</v>
+        <v>1721</v>
       </c>
       <c r="H454" t="s">
-        <v>1718</v>
+        <v>1722</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
-        <v>1719</v>
+        <v>1723</v>
       </c>
       <c r="B455" t="s">
         <v>9</v>
       </c>
       <c r="C455" t="s">
-        <v>1720</v>
+        <v>1724</v>
       </c>
       <c r="D455" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E455" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F455" t="s">
         <v>106</v>
       </c>
       <c r="G455" s="1" t="s">
-        <v>1721</v>
+        <v>1725</v>
       </c>
       <c r="H455" t="s">
-        <v>1722</v>
+        <v>1726</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
-        <v>1723</v>
+        <v>1727</v>
       </c>
       <c r="B456" t="s">
         <v>9</v>
       </c>
       <c r="C456" t="s">
-        <v>1724</v>
+        <v>1728</v>
       </c>
       <c r="D456" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E456" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F456" t="s">
         <v>106</v>
       </c>
       <c r="G456" s="1" t="s">
-        <v>1725</v>
+        <v>1729</v>
       </c>
       <c r="H456" t="s">
-        <v>1726</v>
+        <v>1730</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
-        <v>1727</v>
+        <v>1731</v>
       </c>
       <c r="B457" t="s">
         <v>9</v>
       </c>
       <c r="C457" t="s">
-        <v>1728</v>
+        <v>1732</v>
       </c>
       <c r="D457" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E457" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F457" t="s">
         <v>13</v>
       </c>
       <c r="G457" s="1" t="s">
-        <v>1729</v>
+        <v>1733</v>
       </c>
       <c r="H457" t="s">
-        <v>1730</v>
+        <v>1734</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
-        <v>1731</v>
+        <v>1735</v>
       </c>
       <c r="B458" t="s">
         <v>9</v>
       </c>
       <c r="C458" t="s">
-        <v>1732</v>
+        <v>1736</v>
       </c>
       <c r="D458" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E458" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F458" t="s">
         <v>36</v>
       </c>
       <c r="G458" s="1" t="s">
-        <v>1733</v>
+        <v>1737</v>
       </c>
       <c r="H458" t="s">
-        <v>1734</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
-        <v>1735</v>
+        <v>1739</v>
       </c>
       <c r="B459" t="s">
         <v>9</v>
       </c>
       <c r="C459" t="s">
-        <v>1736</v>
+        <v>1740</v>
       </c>
       <c r="D459" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E459" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F459" t="s">
         <v>219</v>
       </c>
       <c r="G459" s="1" t="s">
-        <v>50</v>
+        <v>1741</v>
       </c>
       <c r="H459" t="s">
-        <v>1737</v>
+        <v>1742</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
-        <v>1738</v>
+        <v>1743</v>
       </c>
       <c r="B460" t="s">
         <v>9</v>
       </c>
       <c r="C460" t="s">
-        <v>1739</v>
+        <v>1744</v>
       </c>
       <c r="D460" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E460" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F460" t="s">
         <v>87</v>
       </c>
       <c r="G460" s="1" t="s">
-        <v>50</v>
+        <v>1745</v>
       </c>
       <c r="H460" t="s">
-        <v>1740</v>
+        <v>1746</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
-        <v>1741</v>
+        <v>1747</v>
       </c>
       <c r="B461" t="s">
         <v>9</v>
       </c>
       <c r="C461" t="s">
-        <v>1742</v>
+        <v>1748</v>
       </c>
       <c r="D461" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E461" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F461" t="s">
         <v>87</v>
       </c>
       <c r="G461" s="1" t="s">
-        <v>50</v>
+        <v>1749</v>
       </c>
       <c r="H461" t="s">
-        <v>1743</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
-        <v>1744</v>
+        <v>1751</v>
       </c>
       <c r="B462" t="s">
         <v>9</v>
       </c>
       <c r="C462" t="s">
-        <v>1745</v>
+        <v>1752</v>
       </c>
       <c r="D462" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E462" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F462" t="s">
         <v>87</v>
       </c>
       <c r="G462" s="1" t="s">
-        <v>50</v>
+        <v>1753</v>
       </c>
       <c r="H462" t="s">
-        <v>1746</v>
+        <v>1754</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
-        <v>1747</v>
+        <v>1755</v>
       </c>
       <c r="B463" t="s">
         <v>9</v>
       </c>
       <c r="C463" t="s">
-        <v>1748</v>
+        <v>1756</v>
       </c>
       <c r="D463" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E463" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F463" t="s">
         <v>190</v>
       </c>
       <c r="G463" s="1" t="s">
-        <v>1749</v>
+        <v>1757</v>
       </c>
       <c r="H463" t="s">
-        <v>1750</v>
+        <v>1758</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
-        <v>1751</v>
+        <v>1759</v>
       </c>
       <c r="B464" t="s">
         <v>9</v>
       </c>
       <c r="C464" t="s">
-        <v>1752</v>
+        <v>1760</v>
       </c>
       <c r="D464" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E464" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F464" t="s">
         <v>97</v>
       </c>
       <c r="G464" s="1" t="s">
-        <v>1753</v>
+        <v>1761</v>
       </c>
       <c r="H464" t="s">
-        <v>1754</v>
+        <v>1762</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
-        <v>1755</v>
+        <v>1763</v>
       </c>
       <c r="B465" t="s">
         <v>9</v>
       </c>
       <c r="C465" t="s">
-        <v>1756</v>
+        <v>1764</v>
       </c>
       <c r="D465" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E465" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F465" t="s">
         <v>23</v>
       </c>
       <c r="G465" s="1" t="s">
-        <v>1757</v>
+        <v>1765</v>
       </c>
       <c r="H465" t="s">
-        <v>1758</v>
+        <v>1766</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
-        <v>1759</v>
+        <v>1767</v>
       </c>
       <c r="B466" t="s">
         <v>9</v>
       </c>
       <c r="C466" t="s">
-        <v>1760</v>
+        <v>1768</v>
       </c>
       <c r="D466" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E466" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F466" t="s">
         <v>73</v>
       </c>
       <c r="G466" s="1" t="s">
-        <v>1761</v>
+        <v>1769</v>
       </c>
       <c r="H466" t="s">
-        <v>1762</v>
+        <v>1770</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
-        <v>1763</v>
+        <v>1771</v>
       </c>
       <c r="B467" t="s">
         <v>9</v>
       </c>
       <c r="C467" t="s">
-        <v>1764</v>
+        <v>1772</v>
       </c>
       <c r="D467" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E467" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F467" t="s">
         <v>106</v>
       </c>
       <c r="G467" s="1" t="s">
-        <v>1765</v>
+        <v>1773</v>
       </c>
       <c r="H467" t="s">
-        <v>1766</v>
+        <v>1774</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
-        <v>1767</v>
+        <v>1775</v>
       </c>
       <c r="B468" t="s">
         <v>9</v>
       </c>
       <c r="C468" t="s">
-        <v>1768</v>
+        <v>1776</v>
       </c>
       <c r="D468" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E468" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F468" t="s">
         <v>106</v>
       </c>
       <c r="G468" s="1" t="s">
-        <v>1769</v>
+        <v>1777</v>
       </c>
       <c r="H468" t="s">
-        <v>1770</v>
+        <v>1778</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
-        <v>1771</v>
+        <v>1779</v>
       </c>
       <c r="B469" t="s">
         <v>9</v>
       </c>
       <c r="C469" t="s">
-        <v>1772</v>
+        <v>1780</v>
       </c>
       <c r="D469" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E469" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F469" t="s">
         <v>18</v>
       </c>
       <c r="G469" s="1" t="s">
-        <v>50</v>
+        <v>1781</v>
       </c>
       <c r="H469" t="s">
-        <v>1773</v>
+        <v>1782</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
-        <v>1774</v>
+        <v>1783</v>
       </c>
       <c r="B470" t="s">
         <v>9</v>
       </c>
       <c r="C470" t="s">
-        <v>1775</v>
+        <v>1784</v>
       </c>
       <c r="D470" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E470" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F470" t="s">
         <v>106</v>
       </c>
       <c r="G470" s="1" t="s">
-        <v>1776</v>
+        <v>1785</v>
       </c>
       <c r="H470" t="s">
-        <v>1777</v>
+        <v>1786</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
-        <v>1778</v>
+        <v>1787</v>
       </c>
       <c r="B471" t="s">
         <v>9</v>
       </c>
       <c r="C471" t="s">
-        <v>1779</v>
+        <v>1788</v>
       </c>
       <c r="D471" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E471" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F471" t="s">
         <v>106</v>
       </c>
       <c r="G471" s="1" t="s">
-        <v>1780</v>
+        <v>1789</v>
       </c>
       <c r="H471" t="s">
-        <v>1781</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
-        <v>1782</v>
+        <v>1791</v>
       </c>
       <c r="B472" t="s">
         <v>9</v>
       </c>
       <c r="C472" t="s">
-        <v>1783</v>
+        <v>1792</v>
       </c>
       <c r="D472" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E472" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F472" t="s">
         <v>13</v>
       </c>
       <c r="G472" s="1" t="s">
-        <v>1784</v>
+        <v>1793</v>
       </c>
       <c r="H472" t="s">
-        <v>1785</v>
+        <v>1794</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
-        <v>1786</v>
+        <v>1795</v>
       </c>
       <c r="B473" t="s">
         <v>9</v>
       </c>
       <c r="C473" t="s">
-        <v>1787</v>
+        <v>1796</v>
       </c>
       <c r="D473" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E473" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F473" t="s">
         <v>87</v>
       </c>
       <c r="G473" s="1" t="s">
-        <v>50</v>
+        <v>1797</v>
       </c>
       <c r="H473" t="s">
-        <v>1788</v>
+        <v>1798</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
-        <v>1789</v>
+        <v>1799</v>
       </c>
       <c r="B474" t="s">
         <v>9</v>
       </c>
       <c r="C474" t="s">
-        <v>1790</v>
+        <v>1800</v>
       </c>
       <c r="D474" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E474" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F474" t="s">
         <v>190</v>
       </c>
       <c r="G474" s="1" t="s">
-        <v>1791</v>
+        <v>1801</v>
       </c>
       <c r="H474" t="s">
-        <v>1792</v>
+        <v>1802</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
-        <v>1793</v>
+        <v>1803</v>
       </c>
       <c r="B475" t="s">
         <v>9</v>
       </c>
       <c r="C475" t="s">
-        <v>1794</v>
+        <v>1804</v>
       </c>
       <c r="D475" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E475" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F475" t="s">
         <v>58</v>
       </c>
       <c r="G475" s="1" t="s">
-        <v>1795</v>
+        <v>1805</v>
       </c>
       <c r="H475" t="s">
-        <v>1796</v>
+        <v>1806</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
-        <v>1797</v>
+        <v>1807</v>
       </c>
       <c r="B476" t="s">
         <v>9</v>
       </c>
       <c r="C476" t="s">
-        <v>1798</v>
+        <v>1808</v>
       </c>
       <c r="D476" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E476" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F476" t="s">
         <v>58</v>
       </c>
       <c r="G476" s="1" t="s">
-        <v>1799</v>
+        <v>1809</v>
       </c>
       <c r="H476" t="s">
-        <v>1800</v>
+        <v>1810</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
-        <v>1801</v>
+        <v>1811</v>
       </c>
       <c r="B477" t="s">
         <v>9</v>
       </c>
       <c r="C477" t="s">
-        <v>1802</v>
+        <v>1812</v>
       </c>
       <c r="D477" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E477" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F477" t="s">
         <v>78</v>
       </c>
       <c r="G477" s="1" t="s">
-        <v>50</v>
+        <v>1813</v>
       </c>
       <c r="H477" t="s">
-        <v>1803</v>
+        <v>1814</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
-        <v>1804</v>
+        <v>1815</v>
       </c>
       <c r="B478" t="s">
         <v>9</v>
       </c>
       <c r="C478" t="s">
-        <v>1805</v>
+        <v>1816</v>
       </c>
       <c r="D478" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E478" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F478" t="s">
         <v>78</v>
       </c>
       <c r="G478" s="1" t="s">
-        <v>50</v>
+        <v>1817</v>
       </c>
       <c r="H478" t="s">
-        <v>1806</v>
+        <v>1818</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
-        <v>1807</v>
+        <v>1819</v>
       </c>
       <c r="B479" t="s">
         <v>9</v>
       </c>
       <c r="C479" t="s">
-        <v>1808</v>
+        <v>1820</v>
       </c>
       <c r="D479" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E479" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F479" t="s">
         <v>23</v>
       </c>
       <c r="G479" s="1" t="s">
-        <v>1809</v>
+        <v>1821</v>
       </c>
       <c r="H479" t="s">
-        <v>1810</v>
+        <v>1822</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
-        <v>1811</v>
+        <v>1823</v>
       </c>
       <c r="B480" t="s">
         <v>9</v>
       </c>
       <c r="C480" t="s">
-        <v>1812</v>
+        <v>1824</v>
       </c>
       <c r="D480" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E480" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F480" t="s">
         <v>102</v>
       </c>
       <c r="G480" s="1" t="s">
-        <v>50</v>
+        <v>1825</v>
       </c>
       <c r="H480" t="s">
-        <v>1813</v>
+        <v>1826</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
-        <v>1814</v>
+        <v>1827</v>
       </c>
       <c r="B481" t="s">
         <v>9</v>
       </c>
       <c r="C481" t="s">
-        <v>1815</v>
+        <v>1828</v>
       </c>
       <c r="D481" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E481" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F481" t="s">
         <v>73</v>
       </c>
       <c r="G481" s="1" t="s">
-        <v>1816</v>
+        <v>1829</v>
       </c>
       <c r="H481" t="s">
-        <v>1813</v>
+        <v>1826</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" t="s">
-        <v>1817</v>
+        <v>1830</v>
       </c>
       <c r="B482" t="s">
         <v>9</v>
       </c>
       <c r="C482" t="s">
-        <v>1818</v>
+        <v>1831</v>
       </c>
       <c r="D482" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E482" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F482" t="s">
         <v>97</v>
       </c>
       <c r="G482" s="1" t="s">
-        <v>1819</v>
+        <v>1832</v>
       </c>
       <c r="H482" t="s">
-        <v>1820</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
-        <v>1821</v>
+        <v>1834</v>
       </c>
       <c r="B483" t="s">
         <v>9</v>
       </c>
       <c r="C483" t="s">
-        <v>1822</v>
+        <v>1835</v>
       </c>
       <c r="D483" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E483" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F483" t="s">
         <v>97</v>
       </c>
       <c r="G483" s="1" t="s">
-        <v>1823</v>
+        <v>1836</v>
       </c>
       <c r="H483" t="s">
-        <v>1824</v>
+        <v>1837</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
-        <v>1825</v>
+        <v>1838</v>
       </c>
       <c r="B484" t="s">
         <v>9</v>
       </c>
       <c r="C484" t="s">
-        <v>1826</v>
+        <v>1839</v>
       </c>
       <c r="D484" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E484" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F484" t="s">
         <v>97</v>
       </c>
       <c r="G484" s="1" t="s">
-        <v>1827</v>
+        <v>1840</v>
       </c>
       <c r="H484" t="s">
-        <v>1828</v>
+        <v>1841</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
-        <v>1829</v>
+        <v>1842</v>
       </c>
       <c r="B485" t="s">
         <v>9</v>
       </c>
       <c r="C485" t="s">
-        <v>1830</v>
+        <v>1843</v>
       </c>
       <c r="D485" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E485" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F485" t="s">
         <v>23</v>
       </c>
       <c r="G485" s="1" t="s">
-        <v>1831</v>
+        <v>1844</v>
       </c>
       <c r="H485" t="s">
-        <v>1832</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
-        <v>1833</v>
+        <v>1846</v>
       </c>
       <c r="B486" t="s">
         <v>9</v>
       </c>
       <c r="C486" t="s">
-        <v>1834</v>
+        <v>1847</v>
       </c>
       <c r="D486" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E486" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F486" t="s">
         <v>102</v>
       </c>
       <c r="G486" s="1" t="s">
-        <v>50</v>
+        <v>1848</v>
       </c>
       <c r="H486" t="s">
-        <v>1835</v>
+        <v>1849</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
-        <v>1836</v>
+        <v>1850</v>
       </c>
       <c r="B487" t="s">
         <v>9</v>
       </c>
       <c r="C487" t="s">
-        <v>1837</v>
+        <v>1851</v>
       </c>
       <c r="D487" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E487" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F487" t="s">
         <v>106</v>
       </c>
       <c r="G487" s="1" t="s">
-        <v>1838</v>
+        <v>1852</v>
       </c>
       <c r="H487" t="s">
-        <v>1839</v>
+        <v>1853</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" t="s">
-        <v>1840</v>
+        <v>1854</v>
       </c>
       <c r="B488" t="s">
         <v>9</v>
       </c>
       <c r="C488" t="s">
-        <v>1841</v>
+        <v>1855</v>
       </c>
       <c r="D488" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E488" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F488" t="s">
         <v>219</v>
       </c>
       <c r="G488" s="1" t="s">
-        <v>50</v>
+        <v>1856</v>
       </c>
       <c r="H488" t="s">
-        <v>1842</v>
+        <v>1857</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
-        <v>1843</v>
+        <v>1858</v>
       </c>
       <c r="B489" t="s">
         <v>9</v>
       </c>
       <c r="C489" t="s">
-        <v>1844</v>
+        <v>1859</v>
       </c>
       <c r="D489" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E489" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F489" t="s">
         <v>219</v>
       </c>
       <c r="G489" s="1" t="s">
-        <v>50</v>
+        <v>1860</v>
       </c>
       <c r="H489" t="s">
-        <v>1845</v>
+        <v>1861</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" t="s">
-        <v>1846</v>
+        <v>1862</v>
       </c>
       <c r="B490" t="s">
         <v>9</v>
       </c>
       <c r="C490" t="s">
-        <v>1847</v>
+        <v>1863</v>
       </c>
       <c r="D490" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E490" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F490" t="s">
         <v>36</v>
       </c>
       <c r="G490" s="1" t="s">
-        <v>50</v>
+        <v>1864</v>
       </c>
       <c r="H490" t="s">
-        <v>1848</v>
+        <v>1865</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" t="s">
-        <v>1849</v>
+        <v>1866</v>
       </c>
       <c r="B491" t="s">
         <v>9</v>
       </c>
       <c r="C491" t="s">
-        <v>1850</v>
+        <v>1867</v>
       </c>
       <c r="D491" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E491" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F491" t="s">
         <v>190</v>
       </c>
       <c r="G491" s="1" t="s">
-        <v>1851</v>
+        <v>1868</v>
       </c>
       <c r="H491" t="s">
-        <v>1852</v>
+        <v>1869</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" t="s">
-        <v>1853</v>
+        <v>1870</v>
       </c>
       <c r="B492" t="s">
         <v>9</v>
       </c>
       <c r="C492" t="s">
-        <v>1854</v>
+        <v>1871</v>
       </c>
       <c r="D492" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E492" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F492" t="s">
         <v>58</v>
       </c>
       <c r="G492" s="1" t="s">
-        <v>1855</v>
+        <v>1872</v>
       </c>
       <c r="H492" t="s">
-        <v>1856</v>
+        <v>1873</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" t="s">
-        <v>1857</v>
+        <v>1874</v>
       </c>
       <c r="B493" t="s">
         <v>9</v>
       </c>
       <c r="C493" t="s">
-        <v>1858</v>
+        <v>1875</v>
       </c>
       <c r="D493" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E493" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F493" t="s">
         <v>58</v>
       </c>
       <c r="G493" s="1" t="s">
-        <v>1859</v>
+        <v>1876</v>
       </c>
       <c r="H493" t="s">
-        <v>1860</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" t="s">
-        <v>1861</v>
+        <v>1878</v>
       </c>
       <c r="B494" t="s">
         <v>9</v>
       </c>
       <c r="C494" t="s">
-        <v>1862</v>
+        <v>1879</v>
       </c>
       <c r="D494" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E494" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F494" t="s">
         <v>58</v>
       </c>
       <c r="G494" s="1" t="s">
-        <v>1863</v>
+        <v>1880</v>
       </c>
       <c r="H494" t="s">
-        <v>1864</v>
+        <v>1881</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" t="s">
-        <v>1865</v>
+        <v>1882</v>
       </c>
       <c r="B495" t="s">
         <v>9</v>
       </c>
       <c r="C495" t="s">
-        <v>1866</v>
+        <v>1883</v>
       </c>
       <c r="D495" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E495" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F495" t="s">
         <v>18</v>
       </c>
       <c r="G495" s="1" t="s">
-        <v>50</v>
+        <v>1884</v>
       </c>
       <c r="H495" t="s">
-        <v>1867</v>
+        <v>1885</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" t="s">
-        <v>1868</v>
+        <v>1886</v>
       </c>
       <c r="B496" t="s">
         <v>9</v>
       </c>
       <c r="C496" t="s">
-        <v>1869</v>
+        <v>1887</v>
       </c>
       <c r="D496" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E496" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F496" t="s">
         <v>18</v>
       </c>
       <c r="G496" s="1" t="s">
-        <v>50</v>
+        <v>1888</v>
       </c>
       <c r="H496" t="s">
-        <v>1870</v>
+        <v>1889</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
-        <v>1871</v>
+        <v>1890</v>
       </c>
       <c r="B497" t="s">
         <v>9</v>
       </c>
       <c r="C497" t="s">
-        <v>1872</v>
+        <v>1891</v>
       </c>
       <c r="D497" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E497" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F497" t="s">
         <v>97</v>
       </c>
       <c r="G497" s="1" t="s">
-        <v>1873</v>
+        <v>1892</v>
       </c>
       <c r="H497" t="s">
-        <v>1874</v>
+        <v>1893</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" t="s">
-        <v>1875</v>
+        <v>1894</v>
       </c>
       <c r="B498" t="s">
         <v>9</v>
       </c>
       <c r="C498" t="s">
-        <v>1876</v>
+        <v>1895</v>
       </c>
       <c r="D498" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E498" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F498" t="s">
         <v>97</v>
       </c>
       <c r="G498" s="1" t="s">
-        <v>1877</v>
+        <v>1896</v>
       </c>
       <c r="H498" t="s">
-        <v>1878</v>
+        <v>1897</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
-        <v>1879</v>
+        <v>1898</v>
       </c>
       <c r="B499" t="s">
         <v>9</v>
       </c>
       <c r="C499" t="s">
-        <v>1880</v>
+        <v>1899</v>
       </c>
       <c r="D499" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E499" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F499" t="s">
         <v>102</v>
       </c>
       <c r="G499" s="1" t="s">
-        <v>50</v>
+        <v>1900</v>
       </c>
       <c r="H499" t="s">
-        <v>1881</v>
+        <v>1901</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" t="s">
-        <v>1882</v>
+        <v>1902</v>
       </c>
       <c r="B500" t="s">
         <v>9</v>
       </c>
       <c r="C500" t="s">
-        <v>1883</v>
+        <v>1903</v>
       </c>
       <c r="D500" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E500" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F500" t="s">
         <v>36</v>
       </c>
       <c r="G500" s="1" t="s">
-        <v>50</v>
+        <v>1904</v>
       </c>
       <c r="H500" t="s">
-        <v>1884</v>
+        <v>1905</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" t="s">
-        <v>1885</v>
+        <v>1906</v>
       </c>
       <c r="B501" t="s">
         <v>9</v>
       </c>
       <c r="C501" t="s">
-        <v>1886</v>
+        <v>1907</v>
       </c>
       <c r="D501" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E501" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F501" t="s">
         <v>106</v>
       </c>
       <c r="G501" s="1" t="s">
-        <v>1887</v>
+        <v>1908</v>
       </c>
       <c r="H501" t="s">
-        <v>1888</v>
+        <v>1909</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
-        <v>1889</v>
+        <v>1910</v>
       </c>
       <c r="B502" t="s">
         <v>9</v>
       </c>
       <c r="C502" t="s">
-        <v>1890</v>
+        <v>1911</v>
       </c>
       <c r="D502" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E502" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F502" t="s">
         <v>219</v>
       </c>
       <c r="G502" s="1" t="s">
-        <v>50</v>
+        <v>1912</v>
       </c>
       <c r="H502" t="s">
-        <v>1891</v>
+        <v>1913</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
-        <v>1892</v>
+        <v>1914</v>
       </c>
       <c r="B503" t="s">
         <v>9</v>
       </c>
       <c r="C503" t="s">
-        <v>1893</v>
+        <v>1915</v>
       </c>
       <c r="D503" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E503" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F503" t="s">
         <v>78</v>
       </c>
       <c r="G503" s="1" t="s">
-        <v>50</v>
+        <v>1916</v>
       </c>
       <c r="H503" t="s">
-        <v>1894</v>
+        <v>1917</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
-        <v>1895</v>
+        <v>1918</v>
       </c>
       <c r="B504" t="s">
         <v>9</v>
       </c>
       <c r="C504" t="s">
-        <v>1896</v>
+        <v>1919</v>
       </c>
       <c r="D504" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E504" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F504" t="s">
         <v>190</v>
       </c>
       <c r="G504" s="1" t="s">
-        <v>1897</v>
+        <v>1920</v>
       </c>
       <c r="H504" t="s">
-        <v>1898</v>
+        <v>1921</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
-        <v>1899</v>
+        <v>1922</v>
       </c>
       <c r="B505" t="s">
         <v>9</v>
       </c>
       <c r="C505" t="s">
-        <v>1900</v>
+        <v>1923</v>
       </c>
       <c r="D505" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E505" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F505" t="s">
         <v>78</v>
       </c>
       <c r="G505" s="1" t="s">
-        <v>50</v>
+        <v>1924</v>
       </c>
       <c r="H505" t="s">
-        <v>1901</v>
+        <v>1925</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
-        <v>1902</v>
+        <v>1926</v>
       </c>
       <c r="B506" t="s">
         <v>9</v>
       </c>
       <c r="C506" t="s">
-        <v>1903</v>
+        <v>1927</v>
       </c>
       <c r="D506" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E506" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F506" t="s">
         <v>58</v>
       </c>
       <c r="G506" s="1" t="s">
-        <v>1904</v>
+        <v>1928</v>
       </c>
       <c r="H506" t="s">
-        <v>1905</v>
+        <v>1929</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
-        <v>1906</v>
+        <v>1930</v>
       </c>
       <c r="B507" t="s">
         <v>9</v>
       </c>
       <c r="C507" t="s">
-        <v>1907</v>
+        <v>1931</v>
       </c>
       <c r="D507" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E507" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F507" t="s">
         <v>97</v>
       </c>
       <c r="G507" s="1" t="s">
-        <v>50</v>
+        <v>1932</v>
       </c>
       <c r="H507" t="s">
-        <v>1908</v>
+        <v>1933</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
-        <v>1909</v>
+        <v>1934</v>
       </c>
       <c r="B508" t="s">
         <v>9</v>
       </c>
       <c r="C508" t="s">
-        <v>1910</v>
+        <v>1935</v>
       </c>
       <c r="D508" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E508" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F508" t="s">
         <v>106</v>
       </c>
       <c r="G508" s="1" t="s">
         <v>50</v>
       </c>
       <c r="H508" t="s">
-        <v>1911</v>
+        <v>1936</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
-        <v>1912</v>
+        <v>1937</v>
       </c>
       <c r="B509" t="s">
         <v>9</v>
       </c>
       <c r="C509" t="s">
-        <v>1913</v>
+        <v>1938</v>
       </c>
       <c r="D509" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E509" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F509" t="s">
         <v>106</v>
       </c>
       <c r="G509" s="1" t="s">
         <v>50</v>
       </c>
       <c r="H509" t="s">
-        <v>1914</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
-        <v>1915</v>
+        <v>1940</v>
       </c>
       <c r="B510" t="s">
         <v>9</v>
       </c>
       <c r="C510" t="s">
-        <v>1916</v>
+        <v>1941</v>
       </c>
       <c r="D510" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E510" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F510" t="s">
         <v>106</v>
       </c>
       <c r="G510" s="1" t="s">
         <v>50</v>
       </c>
       <c r="H510" t="s">
-        <v>1917</v>
+        <v>1942</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" t="s">
-        <v>1918</v>
+        <v>1943</v>
       </c>
       <c r="B511" t="s">
         <v>9</v>
       </c>
       <c r="C511" t="s">
-        <v>1919</v>
+        <v>1944</v>
       </c>
       <c r="D511" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E511" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F511" t="s">
         <v>73</v>
       </c>
       <c r="G511" s="1" t="s">
-        <v>50</v>
+        <v>1945</v>
       </c>
       <c r="H511" t="s">
-        <v>1920</v>
+        <v>1946</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" t="s">
-        <v>1921</v>
+        <v>1947</v>
       </c>
       <c r="B512" t="s">
         <v>9</v>
       </c>
       <c r="C512" t="s">
-        <v>1922</v>
+        <v>1948</v>
       </c>
       <c r="D512" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E512" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F512" t="s">
         <v>73</v>
       </c>
       <c r="G512" s="1" t="s">
-        <v>50</v>
+        <v>1949</v>
       </c>
       <c r="H512" t="s">
-        <v>1923</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
-        <v>1924</v>
+        <v>1951</v>
       </c>
       <c r="B513" t="s">
         <v>9</v>
       </c>
       <c r="C513" t="s">
-        <v>1925</v>
+        <v>1952</v>
       </c>
       <c r="D513" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E513" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F513" t="s">
         <v>87</v>
       </c>
       <c r="G513" s="1" t="s">
-        <v>50</v>
+        <v>1953</v>
       </c>
       <c r="H513" t="s">
-        <v>1926</v>
+        <v>1954</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" t="s">
-        <v>1927</v>
+        <v>1955</v>
       </c>
       <c r="B514" t="s">
         <v>9</v>
       </c>
       <c r="C514" t="s">
-        <v>1928</v>
+        <v>1956</v>
       </c>
       <c r="D514" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E514" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F514" t="s">
         <v>190</v>
       </c>
       <c r="G514" s="1" t="s">
-        <v>50</v>
+        <v>1957</v>
       </c>
       <c r="H514" t="s">
-        <v>1929</v>
+        <v>1958</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" t="s">
-        <v>1930</v>
+        <v>1959</v>
       </c>
       <c r="B515" t="s">
         <v>9</v>
       </c>
       <c r="C515" t="s">
-        <v>1931</v>
+        <v>1960</v>
       </c>
       <c r="D515" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E515" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F515" t="s">
         <v>190</v>
       </c>
       <c r="G515" s="1" t="s">
-        <v>50</v>
+        <v>1961</v>
       </c>
       <c r="H515" t="s">
-        <v>1932</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" t="s">
-        <v>1933</v>
+        <v>1963</v>
       </c>
       <c r="B516" t="s">
         <v>9</v>
       </c>
       <c r="C516" t="s">
-        <v>1934</v>
+        <v>1964</v>
       </c>
       <c r="D516" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E516" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F516" t="s">
         <v>23</v>
       </c>
       <c r="G516" s="1" t="s">
-        <v>50</v>
+        <v>1965</v>
       </c>
       <c r="H516" t="s">
-        <v>1935</v>
+        <v>1966</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" t="s">
-        <v>1936</v>
+        <v>1967</v>
       </c>
       <c r="B517" t="s">
         <v>9</v>
       </c>
       <c r="C517" t="s">
-        <v>1937</v>
+        <v>1968</v>
       </c>
       <c r="D517" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E517" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F517" t="s">
         <v>23</v>
       </c>
       <c r="G517" s="1" t="s">
-        <v>50</v>
+        <v>1969</v>
       </c>
       <c r="H517" t="s">
-        <v>1938</v>
+        <v>1970</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
-        <v>1939</v>
+        <v>1971</v>
       </c>
       <c r="B518" t="s">
         <v>9</v>
       </c>
       <c r="C518" t="s">
-        <v>1940</v>
+        <v>1972</v>
       </c>
       <c r="D518" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E518" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F518" t="s">
         <v>23</v>
       </c>
       <c r="G518" s="1" t="s">
-        <v>50</v>
+        <v>1973</v>
       </c>
       <c r="H518" t="s">
-        <v>1941</v>
+        <v>1974</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
-        <v>1942</v>
+        <v>1975</v>
       </c>
       <c r="B519" t="s">
         <v>9</v>
       </c>
       <c r="C519" t="s">
-        <v>1943</v>
+        <v>1976</v>
       </c>
       <c r="D519" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E519" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F519" t="s">
         <v>78</v>
       </c>
       <c r="G519" s="1" t="s">
-        <v>50</v>
+        <v>1977</v>
       </c>
       <c r="H519" t="s">
-        <v>1944</v>
+        <v>1978</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
-        <v>1945</v>
+        <v>1979</v>
       </c>
       <c r="B520" t="s">
         <v>9</v>
       </c>
       <c r="C520" t="s">
-        <v>1946</v>
+        <v>1980</v>
       </c>
       <c r="D520" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E520" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F520" t="s">
         <v>36</v>
       </c>
       <c r="G520" s="1" t="s">
-        <v>50</v>
+        <v>1981</v>
       </c>
       <c r="H520" t="s">
-        <v>1947</v>
+        <v>1982</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" t="s">
-        <v>1948</v>
+        <v>1983</v>
       </c>
       <c r="B521" t="s">
         <v>9</v>
       </c>
       <c r="C521" t="s">
-        <v>1949</v>
+        <v>1984</v>
       </c>
       <c r="D521" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E521" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F521" t="s">
         <v>102</v>
       </c>
       <c r="G521" s="1" t="s">
-        <v>50</v>
+        <v>1985</v>
       </c>
       <c r="H521" t="s">
-        <v>1950</v>
+        <v>1986</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" t="s">
-        <v>1951</v>
+        <v>1987</v>
       </c>
       <c r="B522" t="s">
         <v>9</v>
       </c>
       <c r="C522" t="s">
-        <v>1952</v>
+        <v>1988</v>
       </c>
       <c r="D522" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E522" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F522" t="s">
         <v>102</v>
       </c>
       <c r="G522" s="1" t="s">
-        <v>50</v>
+        <v>1989</v>
       </c>
       <c r="H522" t="s">
-        <v>1953</v>
+        <v>1990</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" t="s">
-        <v>1954</v>
+        <v>1991</v>
       </c>
       <c r="B523" t="s">
         <v>9</v>
       </c>
       <c r="C523" t="s">
-        <v>1955</v>
+        <v>1992</v>
       </c>
       <c r="D523" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E523" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F523" t="s">
         <v>36</v>
       </c>
       <c r="G523" s="1" t="s">
-        <v>50</v>
+        <v>1993</v>
       </c>
       <c r="H523" t="s">
-        <v>1956</v>
+        <v>1994</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" t="s">
-        <v>1957</v>
+        <v>1995</v>
       </c>
       <c r="B524" t="s">
         <v>9</v>
       </c>
       <c r="C524" t="s">
-        <v>1958</v>
+        <v>1996</v>
       </c>
       <c r="D524" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E524" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F524" t="s">
         <v>36</v>
       </c>
       <c r="G524" s="1" t="s">
         <v>50</v>
       </c>
       <c r="H524" t="s">
-        <v>1959</v>
+        <v>1997</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" t="s">
-        <v>1960</v>
+        <v>1998</v>
       </c>
       <c r="B525" t="s">
         <v>9</v>
       </c>
       <c r="C525" t="s">
-        <v>1961</v>
+        <v>1999</v>
       </c>
       <c r="D525" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E525" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F525" t="s">
         <v>190</v>
       </c>
       <c r="G525" s="1" t="s">
-        <v>50</v>
+        <v>2000</v>
       </c>
       <c r="H525" t="s">
-        <v>1962</v>
+        <v>2001</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" t="s">
-        <v>1963</v>
+        <v>2002</v>
       </c>
       <c r="B526" t="s">
         <v>9</v>
       </c>
       <c r="C526" t="s">
-        <v>1964</v>
+        <v>2003</v>
       </c>
       <c r="D526" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E526" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F526" t="s">
         <v>106</v>
       </c>
       <c r="G526" s="1" t="s">
         <v>50</v>
       </c>
       <c r="H526" t="s">
-        <v>1965</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" t="s">
-        <v>1966</v>
+        <v>2005</v>
       </c>
       <c r="B527" t="s">
         <v>9</v>
       </c>
       <c r="C527" t="s">
-        <v>1967</v>
+        <v>2006</v>
       </c>
       <c r="D527" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E527" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F527" t="s">
         <v>106</v>
       </c>
       <c r="G527" s="1" t="s">
         <v>50</v>
       </c>
       <c r="H527" t="s">
-        <v>1968</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" t="s">
-        <v>1969</v>
+        <v>2008</v>
       </c>
       <c r="B528" t="s">
         <v>9</v>
       </c>
       <c r="C528" t="s">
-        <v>1970</v>
+        <v>2009</v>
       </c>
       <c r="D528" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E528" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F528" t="s">
         <v>102</v>
       </c>
       <c r="G528" s="1" t="s">
-        <v>50</v>
+        <v>2010</v>
       </c>
       <c r="H528" t="s">
-        <v>1971</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" t="s">
-        <v>1972</v>
+        <v>2012</v>
       </c>
       <c r="B529" t="s">
         <v>9</v>
       </c>
       <c r="C529" t="s">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="D529" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E529" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F529" t="s">
         <v>102</v>
       </c>
       <c r="G529" s="1" t="s">
-        <v>50</v>
+        <v>2014</v>
       </c>
       <c r="H529" t="s">
-        <v>1974</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" t="s">
-        <v>1975</v>
+        <v>2016</v>
       </c>
       <c r="B530" t="s">
         <v>9</v>
       </c>
       <c r="C530" t="s">
-        <v>1976</v>
+        <v>2017</v>
       </c>
       <c r="D530" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E530" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F530" t="s">
         <v>102</v>
       </c>
       <c r="G530" s="1" t="s">
-        <v>50</v>
+        <v>2018</v>
       </c>
       <c r="H530" t="s">
-        <v>1977</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" t="s">
-        <v>1978</v>
+        <v>2020</v>
       </c>
       <c r="B531" t="s">
         <v>9</v>
       </c>
       <c r="C531" t="s">
-        <v>1979</v>
+        <v>2021</v>
       </c>
       <c r="D531" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E531" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F531" t="s">
         <v>36</v>
       </c>
       <c r="G531" s="1" t="s">
-        <v>50</v>
+        <v>2022</v>
       </c>
       <c r="H531" t="s">
-        <v>1980</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" t="s">
-        <v>1981</v>
+        <v>2024</v>
       </c>
       <c r="B532" t="s">
         <v>9</v>
       </c>
       <c r="C532" t="s">
-        <v>1982</v>
+        <v>2025</v>
       </c>
       <c r="D532" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E532" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F532" t="s">
         <v>36</v>
       </c>
       <c r="G532" s="1" t="s">
-        <v>50</v>
+        <v>2026</v>
       </c>
       <c r="H532" t="s">
-        <v>1983</v>
+        <v>2027</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" t="s">
-        <v>1984</v>
+        <v>2028</v>
       </c>
       <c r="B533" t="s">
         <v>9</v>
       </c>
       <c r="C533" t="s">
-        <v>1985</v>
+        <v>2029</v>
       </c>
       <c r="D533" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E533" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F533" t="s">
         <v>36</v>
       </c>
       <c r="G533" s="1" t="s">
-        <v>50</v>
+        <v>2030</v>
       </c>
       <c r="H533" t="s">
-        <v>1986</v>
+        <v>2031</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" t="s">
-        <v>1987</v>
+        <v>2032</v>
       </c>
       <c r="B534" t="s">
         <v>9</v>
       </c>
       <c r="C534" t="s">
-        <v>1988</v>
+        <v>2033</v>
       </c>
       <c r="D534" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E534" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F534" t="s">
         <v>106</v>
       </c>
       <c r="G534" s="1" t="s">
         <v>50</v>
       </c>
       <c r="H534" t="s">
-        <v>1989</v>
+        <v>2034</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" t="s">
-        <v>1990</v>
+        <v>2035</v>
       </c>
       <c r="B535" t="s">
         <v>9</v>
       </c>
       <c r="C535" t="s">
-        <v>1991</v>
+        <v>2036</v>
       </c>
       <c r="D535" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E535" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F535" t="s">
         <v>106</v>
       </c>
       <c r="G535" s="1" t="s">
         <v>50</v>
       </c>
       <c r="H535" t="s">
-        <v>1992</v>
+        <v>2037</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" t="s">
-        <v>1993</v>
+        <v>2038</v>
       </c>
       <c r="B536" t="s">
         <v>9</v>
       </c>
       <c r="C536" t="s">
-        <v>1994</v>
+        <v>2039</v>
       </c>
       <c r="D536" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E536" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F536" t="s">
         <v>78</v>
       </c>
       <c r="G536" s="1" t="s">
-        <v>50</v>
+        <v>2040</v>
       </c>
       <c r="H536" t="s">
-        <v>1995</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" t="s">
-        <v>1996</v>
+        <v>2042</v>
       </c>
       <c r="B537" t="s">
         <v>9</v>
       </c>
       <c r="C537" t="s">
-        <v>1997</v>
+        <v>2043</v>
       </c>
       <c r="D537" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E537" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F537" t="s">
         <v>78</v>
       </c>
       <c r="G537" s="1" t="s">
-        <v>50</v>
+        <v>2044</v>
       </c>
       <c r="H537" t="s">
-        <v>1998</v>
+        <v>2045</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" t="s">
-        <v>1999</v>
+        <v>2046</v>
       </c>
       <c r="B538" t="s">
         <v>9</v>
       </c>
       <c r="C538" t="s">
-        <v>2000</v>
+        <v>2047</v>
       </c>
       <c r="D538" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E538" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F538" t="s">
         <v>190</v>
       </c>
       <c r="G538" s="1" t="s">
-        <v>50</v>
+        <v>2048</v>
       </c>
       <c r="H538" t="s">
-        <v>2001</v>
+        <v>2049</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" t="s">
-        <v>2002</v>
+        <v>2050</v>
       </c>
       <c r="B539" t="s">
         <v>9</v>
       </c>
       <c r="C539" t="s">
-        <v>2003</v>
+        <v>2051</v>
       </c>
       <c r="D539" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E539" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F539" t="s">
         <v>190</v>
       </c>
       <c r="G539" s="1" t="s">
-        <v>50</v>
+        <v>2052</v>
       </c>
       <c r="H539" t="s">
-        <v>2004</v>
+        <v>2053</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" t="s">
-        <v>2005</v>
+        <v>2054</v>
       </c>
       <c r="B540" t="s">
         <v>9</v>
       </c>
       <c r="C540" t="s">
-        <v>2006</v>
+        <v>2055</v>
       </c>
       <c r="D540" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E540" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F540" t="s">
         <v>58</v>
       </c>
       <c r="G540" s="1" t="s">
-        <v>50</v>
+        <v>2056</v>
       </c>
       <c r="H540" t="s">
-        <v>2007</v>
+        <v>2057</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" t="s">
-        <v>2008</v>
+        <v>2058</v>
       </c>
       <c r="B541" t="s">
         <v>9</v>
       </c>
       <c r="C541" t="s">
-        <v>2009</v>
+        <v>2059</v>
       </c>
       <c r="D541" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E541" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F541" t="s">
         <v>73</v>
       </c>
       <c r="G541" s="1" t="s">
-        <v>50</v>
+        <v>2060</v>
       </c>
       <c r="H541" t="s">
-        <v>2010</v>
+        <v>2061</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" t="s">
-        <v>2011</v>
+        <v>2062</v>
       </c>
       <c r="B542" t="s">
         <v>9</v>
       </c>
       <c r="C542" t="s">
-        <v>2012</v>
+        <v>2063</v>
       </c>
       <c r="D542" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E542" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F542" t="s">
         <v>13</v>
       </c>
       <c r="G542" s="1" t="s">
-        <v>50</v>
+        <v>2064</v>
       </c>
       <c r="H542" t="s">
-        <v>2013</v>
+        <v>2065</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" t="s">
-        <v>2014</v>
+        <v>2066</v>
       </c>
       <c r="B543" t="s">
         <v>9</v>
       </c>
       <c r="C543" t="s">
-        <v>2015</v>
+        <v>2067</v>
       </c>
       <c r="D543" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E543" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F543" t="s">
         <v>13</v>
       </c>
       <c r="G543" s="1" t="s">
-        <v>50</v>
+        <v>2068</v>
       </c>
       <c r="H543" t="s">
-        <v>2016</v>
+        <v>2069</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" t="s">
-        <v>2017</v>
+        <v>2070</v>
       </c>
       <c r="B544" t="s">
         <v>9</v>
       </c>
       <c r="C544" t="s">
-        <v>2018</v>
+        <v>2071</v>
       </c>
       <c r="D544" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E544" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F544" t="s">
         <v>13</v>
       </c>
       <c r="G544" s="1" t="s">
-        <v>50</v>
+        <v>2072</v>
       </c>
       <c r="H544" t="s">
-        <v>2019</v>
+        <v>2073</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" t="s">
-        <v>2020</v>
+        <v>2074</v>
       </c>
       <c r="B545" t="s">
         <v>9</v>
       </c>
       <c r="C545" t="s">
-        <v>2021</v>
+        <v>2075</v>
       </c>
       <c r="D545" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E545" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F545" t="s">
         <v>73</v>
       </c>
       <c r="G545" s="1" t="s">
-        <v>50</v>
+        <v>2076</v>
       </c>
       <c r="H545" t="s">
-        <v>2022</v>
+        <v>2077</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" t="s">
-        <v>2023</v>
+        <v>2078</v>
       </c>
       <c r="B546" t="s">
         <v>9</v>
       </c>
       <c r="C546" t="s">
-        <v>2024</v>
+        <v>2079</v>
       </c>
       <c r="D546" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E546" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F546" t="s">
         <v>87</v>
       </c>
       <c r="G546" s="1" t="s">
-        <v>50</v>
+        <v>2080</v>
       </c>
       <c r="H546" t="s">
-        <v>2025</v>
+        <v>2081</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" t="s">
-        <v>2026</v>
+        <v>2082</v>
       </c>
       <c r="B547" t="s">
         <v>9</v>
       </c>
       <c r="C547" t="s">
-        <v>2027</v>
+        <v>2083</v>
       </c>
       <c r="D547" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E547" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F547" t="s">
         <v>106</v>
       </c>
       <c r="G547" s="1" t="s">
         <v>50</v>
       </c>
       <c r="H547" t="s">
-        <v>2028</v>
+        <v>2084</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" t="s">
-        <v>2029</v>
+        <v>2085</v>
       </c>
       <c r="B548" t="s">
         <v>9</v>
       </c>
       <c r="C548" t="s">
-        <v>2030</v>
+        <v>2086</v>
       </c>
       <c r="D548" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E548" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F548" t="s">
         <v>190</v>
       </c>
       <c r="G548" s="1" t="s">
-        <v>50</v>
+        <v>2087</v>
       </c>
       <c r="H548" t="s">
-        <v>2031</v>
+        <v>2088</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" t="s">
-        <v>2032</v>
+        <v>2089</v>
       </c>
       <c r="B549" t="s">
         <v>9</v>
       </c>
       <c r="C549" t="s">
-        <v>2033</v>
+        <v>2090</v>
       </c>
       <c r="D549" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E549" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F549" t="s">
         <v>190</v>
       </c>
       <c r="G549" s="1" t="s">
-        <v>50</v>
+        <v>2091</v>
       </c>
       <c r="H549" t="s">
-        <v>2034</v>
+        <v>2092</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" t="s">
-        <v>2035</v>
+        <v>2093</v>
       </c>
       <c r="B550" t="s">
         <v>9</v>
       </c>
       <c r="C550" t="s">
-        <v>2036</v>
+        <v>2094</v>
       </c>
       <c r="D550" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E550" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F550" t="s">
         <v>58</v>
       </c>
       <c r="G550" s="1" t="s">
-        <v>50</v>
+        <v>2095</v>
       </c>
       <c r="H550" t="s">
-        <v>2037</v>
+        <v>2096</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" t="s">
-        <v>2038</v>
+        <v>2097</v>
       </c>
       <c r="B551" t="s">
         <v>9</v>
       </c>
       <c r="C551" t="s">
-        <v>2039</v>
+        <v>2098</v>
       </c>
       <c r="D551" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E551" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F551" t="s">
         <v>58</v>
       </c>
       <c r="G551" s="1" t="s">
-        <v>50</v>
+        <v>2099</v>
       </c>
       <c r="H551" t="s">
-        <v>2040</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" t="s">
-        <v>2041</v>
+        <v>2101</v>
       </c>
       <c r="B552" t="s">
         <v>9</v>
       </c>
       <c r="C552" t="s">
-        <v>2042</v>
+        <v>2102</v>
       </c>
       <c r="D552" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E552" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F552" t="s">
         <v>97</v>
       </c>
       <c r="G552" s="1" t="s">
-        <v>50</v>
+        <v>2103</v>
       </c>
       <c r="H552" t="s">
-        <v>2043</v>
+        <v>2104</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" t="s">
-        <v>2044</v>
+        <v>2105</v>
       </c>
       <c r="B553" t="s">
         <v>9</v>
       </c>
       <c r="C553" t="s">
-        <v>2045</v>
+        <v>2106</v>
       </c>
       <c r="D553" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E553" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F553" t="s">
         <v>23</v>
       </c>
       <c r="G553" s="1" t="s">
-        <v>50</v>
+        <v>2107</v>
       </c>
       <c r="H553" t="s">
-        <v>2046</v>
+        <v>2108</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" t="s">
-        <v>2047</v>
+        <v>2109</v>
       </c>
       <c r="B554" t="s">
         <v>9</v>
       </c>
       <c r="C554" t="s">
-        <v>2048</v>
+        <v>2110</v>
       </c>
       <c r="D554" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E554" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F554" t="s">
         <v>23</v>
       </c>
       <c r="G554" s="1" t="s">
-        <v>50</v>
+        <v>2111</v>
       </c>
       <c r="H554" t="s">
-        <v>2049</v>
+        <v>2112</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" t="s">
-        <v>2050</v>
+        <v>2113</v>
       </c>
       <c r="B555" t="s">
         <v>9</v>
       </c>
       <c r="C555" t="s">
-        <v>2051</v>
+        <v>2114</v>
       </c>
       <c r="D555" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E555" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F555" t="s">
         <v>18</v>
       </c>
       <c r="G555" s="1" t="s">
-        <v>50</v>
+        <v>2115</v>
       </c>
       <c r="H555" t="s">
-        <v>2052</v>
+        <v>2116</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" t="s">
-        <v>2053</v>
+        <v>2117</v>
       </c>
       <c r="B556" t="s">
         <v>9</v>
       </c>
       <c r="C556" t="s">
-        <v>2054</v>
+        <v>2118</v>
       </c>
       <c r="D556" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E556" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F556" t="s">
         <v>106</v>
       </c>
       <c r="G556" s="1" t="s">
         <v>50</v>
       </c>
       <c r="H556" t="s">
-        <v>2055</v>
+        <v>2119</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" t="s">
-        <v>2056</v>
+        <v>2120</v>
       </c>
       <c r="B557" t="s">
         <v>9</v>
       </c>
       <c r="C557" t="s">
-        <v>2057</v>
+        <v>2121</v>
       </c>
       <c r="D557" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E557" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F557" t="s">
         <v>190</v>
       </c>
       <c r="G557" s="1" t="s">
-        <v>50</v>
+        <v>2122</v>
       </c>
       <c r="H557" t="s">
-        <v>2058</v>
+        <v>2123</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" t="s">
-        <v>2059</v>
+        <v>2124</v>
       </c>
       <c r="B558" t="s">
         <v>9</v>
       </c>
       <c r="C558" t="s">
-        <v>2060</v>
+        <v>2125</v>
       </c>
       <c r="D558" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E558" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F558" t="s">
         <v>78</v>
       </c>
       <c r="G558" s="1" t="s">
-        <v>50</v>
+        <v>2126</v>
       </c>
       <c r="H558" t="s">
-        <v>2061</v>
+        <v>2127</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" t="s">
-        <v>2062</v>
+        <v>2128</v>
       </c>
       <c r="B559" t="s">
         <v>9</v>
       </c>
       <c r="C559" t="s">
-        <v>2063</v>
+        <v>2129</v>
       </c>
       <c r="D559" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E559" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F559" t="s">
         <v>219</v>
       </c>
       <c r="G559" s="1" t="s">
-        <v>50</v>
+        <v>2130</v>
       </c>
       <c r="H559" t="s">
-        <v>2064</v>
+        <v>2131</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" t="s">
-        <v>2065</v>
+        <v>2132</v>
       </c>
       <c r="B560" t="s">
         <v>9</v>
       </c>
       <c r="C560" t="s">
-        <v>2066</v>
+        <v>2133</v>
       </c>
       <c r="D560" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E560" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F560" t="s">
         <v>78</v>
       </c>
       <c r="G560" s="1" t="s">
-        <v>50</v>
+        <v>2134</v>
       </c>
       <c r="H560" t="s">
-        <v>2067</v>
+        <v>2135</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" t="s">
-        <v>2068</v>
+        <v>2136</v>
       </c>
       <c r="B561" t="s">
         <v>9</v>
       </c>
       <c r="C561" t="s">
-        <v>2069</v>
+        <v>2137</v>
       </c>
       <c r="D561" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E561" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F561" t="s">
         <v>23</v>
       </c>
       <c r="G561" s="1" t="s">
-        <v>50</v>
+        <v>2138</v>
       </c>
       <c r="H561" t="s">
-        <v>2070</v>
+        <v>2139</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" t="s">
-        <v>2071</v>
+        <v>2140</v>
       </c>
       <c r="B562" t="s">
         <v>9</v>
       </c>
       <c r="C562" t="s">
-        <v>2072</v>
+        <v>2141</v>
       </c>
       <c r="D562" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E562" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F562" t="s">
         <v>23</v>
       </c>
       <c r="G562" s="1" t="s">
-        <v>50</v>
+        <v>2142</v>
       </c>
       <c r="H562" t="s">
-        <v>2073</v>
+        <v>2143</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" t="s">
-        <v>2074</v>
+        <v>2144</v>
       </c>
       <c r="B563" t="s">
         <v>9</v>
       </c>
       <c r="C563" t="s">
-        <v>2075</v>
+        <v>2145</v>
       </c>
       <c r="D563" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E563" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F563" t="s">
         <v>13</v>
       </c>
       <c r="G563" s="1" t="s">
-        <v>50</v>
+        <v>2146</v>
       </c>
       <c r="H563" t="s">
-        <v>2076</v>
+        <v>2147</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" t="s">
-        <v>2077</v>
+        <v>2148</v>
       </c>
       <c r="B564" t="s">
         <v>9</v>
       </c>
       <c r="C564" t="s">
-        <v>2078</v>
+        <v>2149</v>
       </c>
       <c r="D564" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E564" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F564" t="s">
         <v>97</v>
       </c>
       <c r="G564" s="1" t="s">
-        <v>50</v>
+        <v>2150</v>
       </c>
       <c r="H564" t="s">
-        <v>2079</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" t="s">
-        <v>2080</v>
+        <v>2152</v>
       </c>
       <c r="B565" t="s">
         <v>9</v>
       </c>
       <c r="C565" t="s">
-        <v>2081</v>
+        <v>2153</v>
       </c>
       <c r="D565" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E565" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F565" t="s">
         <v>36</v>
       </c>
       <c r="G565" s="1" t="s">
-        <v>50</v>
+        <v>2154</v>
       </c>
       <c r="H565" t="s">
-        <v>2082</v>
+        <v>2155</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" t="s">
-        <v>2083</v>
+        <v>2156</v>
       </c>
       <c r="B566" t="s">
         <v>9</v>
       </c>
       <c r="C566" t="s">
-        <v>2084</v>
+        <v>2157</v>
       </c>
       <c r="D566" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E566" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F566" t="s">
         <v>106</v>
       </c>
       <c r="G566" s="1" t="s">
         <v>50</v>
       </c>
       <c r="H566" t="s">
-        <v>2085</v>
+        <v>2158</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" t="s">
-        <v>2086</v>
+        <v>2159</v>
       </c>
       <c r="B567" t="s">
         <v>9</v>
       </c>
       <c r="C567" t="s">
-        <v>2087</v>
+        <v>2160</v>
       </c>
       <c r="D567" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E567" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F567" t="s">
         <v>87</v>
       </c>
       <c r="G567" s="1" t="s">
-        <v>50</v>
+        <v>2161</v>
       </c>
       <c r="H567" t="s">
-        <v>2088</v>
+        <v>2162</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" t="s">
-        <v>2089</v>
+        <v>2163</v>
       </c>
       <c r="B568" t="s">
         <v>9</v>
       </c>
       <c r="C568" t="s">
-        <v>2090</v>
+        <v>2164</v>
       </c>
       <c r="D568" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E568" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F568" t="s">
         <v>190</v>
       </c>
       <c r="G568" s="1" t="s">
-        <v>50</v>
+        <v>2165</v>
       </c>
       <c r="H568" t="s">
-        <v>2091</v>
+        <v>2166</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" t="s">
-        <v>2092</v>
+        <v>2167</v>
       </c>
       <c r="B569" t="s">
         <v>9</v>
       </c>
       <c r="C569" t="s">
-        <v>2093</v>
+        <v>2168</v>
       </c>
       <c r="D569" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E569" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F569" t="s">
         <v>58</v>
       </c>
       <c r="G569" s="1" t="s">
-        <v>50</v>
+        <v>2169</v>
       </c>
       <c r="H569" t="s">
-        <v>2094</v>
+        <v>2170</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" t="s">
-        <v>2095</v>
+        <v>2171</v>
       </c>
       <c r="B570" t="s">
         <v>9</v>
       </c>
       <c r="C570" t="s">
-        <v>2096</v>
+        <v>2172</v>
       </c>
       <c r="D570" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E570" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F570" t="s">
         <v>102</v>
       </c>
       <c r="G570" s="1" t="s">
-        <v>50</v>
+        <v>2173</v>
       </c>
       <c r="H570" t="s">
-        <v>2097</v>
+        <v>2174</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" t="s">
-        <v>2098</v>
+        <v>2175</v>
       </c>
       <c r="B571" t="s">
         <v>9</v>
       </c>
       <c r="C571" t="s">
-        <v>2099</v>
+        <v>2176</v>
       </c>
       <c r="D571" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E571" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F571" t="s">
         <v>13</v>
       </c>
       <c r="G571" s="1" t="s">
-        <v>50</v>
+        <v>2177</v>
       </c>
       <c r="H571" t="s">
-        <v>2100</v>
+        <v>2178</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" t="s">
-        <v>2101</v>
+        <v>2179</v>
       </c>
       <c r="B572" t="s">
         <v>9</v>
       </c>
       <c r="C572" t="s">
-        <v>2102</v>
+        <v>2180</v>
       </c>
       <c r="D572" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E572" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F572" t="s">
         <v>36</v>
       </c>
       <c r="G572" s="1" t="s">
-        <v>50</v>
+        <v>2181</v>
       </c>
       <c r="H572" t="s">
-        <v>2103</v>
+        <v>2182</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" t="s">
-        <v>2104</v>
+        <v>2183</v>
       </c>
       <c r="B573" t="s">
         <v>9</v>
       </c>
       <c r="C573" t="s">
-        <v>2105</v>
+        <v>2184</v>
       </c>
       <c r="D573" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E573" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F573" t="s">
         <v>36</v>
       </c>
       <c r="G573" s="1" t="s">
-        <v>50</v>
+        <v>2185</v>
       </c>
       <c r="H573" t="s">
-        <v>2106</v>
+        <v>2186</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" t="s">
-        <v>2107</v>
+        <v>2187</v>
       </c>
       <c r="B574" t="s">
         <v>9</v>
       </c>
       <c r="C574" t="s">
-        <v>2108</v>
+        <v>2188</v>
       </c>
       <c r="D574" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E574" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F574" t="s">
         <v>190</v>
       </c>
       <c r="G574" s="1" t="s">
-        <v>50</v>
+        <v>2189</v>
       </c>
       <c r="H574" t="s">
-        <v>2109</v>
+        <v>2190</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" t="s">
-        <v>2110</v>
+        <v>2191</v>
       </c>
       <c r="B575" t="s">
         <v>9</v>
       </c>
       <c r="C575" t="s">
-        <v>2111</v>
+        <v>2192</v>
       </c>
       <c r="D575" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E575" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F575" t="s">
         <v>87</v>
       </c>
       <c r="G575" s="1" t="s">
-        <v>50</v>
+        <v>2193</v>
       </c>
       <c r="H575" t="s">
-        <v>2112</v>
+        <v>2194</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" t="s">
-        <v>2113</v>
+        <v>2195</v>
       </c>
       <c r="B576" t="s">
         <v>9</v>
       </c>
       <c r="C576" t="s">
-        <v>2114</v>
+        <v>2196</v>
       </c>
       <c r="D576" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E576" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F576" t="s">
         <v>106</v>
       </c>
       <c r="G576" s="1" t="s">
         <v>50</v>
       </c>
       <c r="H576" t="s">
-        <v>2115</v>
+        <v>2197</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" t="s">
-        <v>2116</v>
+        <v>2198</v>
       </c>
       <c r="B577" t="s">
         <v>9</v>
       </c>
       <c r="C577" t="s">
-        <v>2117</v>
+        <v>2199</v>
       </c>
       <c r="D577" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E577" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F577" t="s">
         <v>106</v>
       </c>
       <c r="G577" s="1" t="s">
         <v>50</v>
       </c>
       <c r="H577" t="s">
-        <v>2118</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578" t="s">
-        <v>2119</v>
+        <v>2201</v>
       </c>
       <c r="B578" t="s">
         <v>9</v>
       </c>
       <c r="C578" t="s">
-        <v>2120</v>
+        <v>2202</v>
       </c>
       <c r="D578" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E578" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F578" t="s">
         <v>73</v>
       </c>
       <c r="G578" s="1" t="s">
-        <v>50</v>
+        <v>2203</v>
       </c>
       <c r="H578" t="s">
-        <v>2121</v>
+        <v>2204</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579" t="s">
-        <v>2122</v>
+        <v>2205</v>
       </c>
       <c r="B579" t="s">
         <v>9</v>
       </c>
       <c r="C579" t="s">
-        <v>2123</v>
+        <v>2206</v>
       </c>
       <c r="D579" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E579" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F579" t="s">
         <v>73</v>
       </c>
       <c r="G579" s="1" t="s">
-        <v>50</v>
+        <v>2207</v>
       </c>
       <c r="H579" t="s">
-        <v>2124</v>
+        <v>2208</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" t="s">
-        <v>2125</v>
+        <v>2209</v>
       </c>
       <c r="B580" t="s">
         <v>9</v>
       </c>
       <c r="C580" t="s">
         <v>10</v>
       </c>
       <c r="D580" t="s">
-        <v>2126</v>
+        <v>2210</v>
       </c>
       <c r="E580" t="s">
-        <v>2127</v>
+        <v>2211</v>
       </c>
       <c r="F580" t="s">
-        <v>2128</v>
+        <v>2212</v>
       </c>
       <c r="G580" s="1" t="s">
-        <v>2129</v>
+        <v>2213</v>
       </c>
       <c r="H580" t="s">
-        <v>2130</v>
+        <v>2214</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581" t="s">
-        <v>2131</v>
+        <v>2215</v>
       </c>
       <c r="B581" t="s">
         <v>9</v>
       </c>
       <c r="C581" t="s">
         <v>17</v>
       </c>
       <c r="D581" t="s">
-        <v>2126</v>
+        <v>2210</v>
       </c>
       <c r="E581" t="s">
-        <v>2127</v>
+        <v>2211</v>
       </c>
       <c r="F581" t="s">
         <v>13</v>
       </c>
       <c r="G581" s="1" t="s">
-        <v>2132</v>
+        <v>2216</v>
       </c>
       <c r="H581" t="s">
-        <v>2133</v>
+        <v>2217</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" t="s">
-        <v>2134</v>
+        <v>2218</v>
       </c>
       <c r="B582" t="s">
         <v>9</v>
       </c>
       <c r="C582" t="s">
         <v>22</v>
       </c>
       <c r="D582" t="s">
-        <v>2126</v>
+        <v>2210</v>
       </c>
       <c r="E582" t="s">
-        <v>2127</v>
+        <v>2211</v>
       </c>
       <c r="F582" t="s">
         <v>190</v>
       </c>
       <c r="G582" s="1" t="s">
-        <v>2135</v>
+        <v>2219</v>
       </c>
       <c r="H582" t="s">
-        <v>2136</v>
+        <v>2220</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" t="s">
-        <v>2137</v>
+        <v>2221</v>
       </c>
       <c r="B583" t="s">
         <v>9</v>
       </c>
       <c r="C583" t="s">
         <v>27</v>
       </c>
       <c r="D583" t="s">
-        <v>2126</v>
+        <v>2210</v>
       </c>
       <c r="E583" t="s">
-        <v>2127</v>
+        <v>2211</v>
       </c>
       <c r="F583" t="s">
         <v>23</v>
       </c>
       <c r="G583" s="1" t="s">
-        <v>2138</v>
+        <v>2222</v>
       </c>
       <c r="H583" t="s">
-        <v>2139</v>
+        <v>2223</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584" t="s">
-        <v>2140</v>
+        <v>2224</v>
       </c>
       <c r="B584" t="s">
         <v>9</v>
       </c>
       <c r="C584" t="s">
         <v>31</v>
       </c>
       <c r="D584" t="s">
-        <v>2126</v>
+        <v>2210</v>
       </c>
       <c r="E584" t="s">
-        <v>2127</v>
+        <v>2211</v>
       </c>
       <c r="F584" t="s">
         <v>97</v>
       </c>
       <c r="G584" s="1" t="s">
-        <v>2141</v>
+        <v>2225</v>
       </c>
       <c r="H584" t="s">
-        <v>2142</v>
+        <v>2226</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" t="s">
-        <v>2143</v>
+        <v>2227</v>
       </c>
       <c r="B585" t="s">
         <v>9</v>
       </c>
       <c r="C585" t="s">
         <v>35</v>
       </c>
       <c r="D585" t="s">
-        <v>2126</v>
+        <v>2210</v>
       </c>
       <c r="E585" t="s">
-        <v>2127</v>
+        <v>2211</v>
       </c>
       <c r="F585" t="s">
         <v>58</v>
       </c>
       <c r="G585" s="1" t="s">
-        <v>2144</v>
+        <v>2228</v>
       </c>
       <c r="H585" t="s">
-        <v>2145</v>
+        <v>2229</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" t="s">
-        <v>2146</v>
+        <v>2230</v>
       </c>
       <c r="B586" t="s">
         <v>9</v>
       </c>
       <c r="C586" t="s">
         <v>40</v>
       </c>
       <c r="D586" t="s">
-        <v>2126</v>
+        <v>2210</v>
       </c>
       <c r="E586" t="s">
-        <v>2127</v>
+        <v>2211</v>
       </c>
       <c r="F586" t="s">
         <v>13</v>
       </c>
       <c r="G586" s="1" t="s">
-        <v>2147</v>
+        <v>2231</v>
       </c>
       <c r="H586" t="s">
-        <v>2148</v>
+        <v>2232</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587" t="s">
-        <v>2149</v>
+        <v>2233</v>
       </c>
       <c r="B587" t="s">
         <v>9</v>
       </c>
       <c r="C587" t="s">
         <v>44</v>
       </c>
       <c r="D587" t="s">
-        <v>2126</v>
+        <v>2210</v>
       </c>
       <c r="E587" t="s">
-        <v>2127</v>
+        <v>2211</v>
       </c>
       <c r="F587" t="s">
         <v>73</v>
       </c>
       <c r="G587" s="1" t="s">
-        <v>2150</v>
+        <v>2234</v>
       </c>
       <c r="H587" t="s">
-        <v>2151</v>
+        <v>2235</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588" t="s">
-        <v>2152</v>
+        <v>2236</v>
       </c>
       <c r="B588" t="s">
         <v>9</v>
       </c>
       <c r="C588" t="s">
         <v>49</v>
       </c>
       <c r="D588" t="s">
-        <v>2126</v>
+        <v>2210</v>
       </c>
       <c r="E588" t="s">
-        <v>2127</v>
+        <v>2211</v>
       </c>
       <c r="F588" t="s">
         <v>106</v>
       </c>
       <c r="G588" s="1" t="s">
-        <v>2153</v>
+        <v>2237</v>
       </c>
       <c r="H588" t="s">
-        <v>2154</v>
+        <v>2238</v>
       </c>
     </row>
     <row r="589" spans="1:8">
       <c r="A589" t="s">
-        <v>2155</v>
+        <v>2239</v>
       </c>
       <c r="B589" t="s">
         <v>9</v>
       </c>
       <c r="C589" t="s">
         <v>53</v>
       </c>
       <c r="D589" t="s">
-        <v>2126</v>
+        <v>2210</v>
       </c>
       <c r="E589" t="s">
-        <v>2127</v>
+        <v>2211</v>
       </c>
       <c r="F589" t="s">
         <v>36</v>
       </c>
       <c r="G589" s="1" t="s">
-        <v>2156</v>
+        <v>2240</v>
       </c>
       <c r="H589" t="s">
-        <v>2157</v>
+        <v>2241</v>
       </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590" t="s">
-        <v>2158</v>
+        <v>2242</v>
       </c>
       <c r="B590" t="s">
         <v>9</v>
       </c>
       <c r="C590" t="s">
         <v>57</v>
       </c>
       <c r="D590" t="s">
-        <v>2126</v>
+        <v>2210</v>
       </c>
       <c r="E590" t="s">
-        <v>2127</v>
+        <v>2211</v>
       </c>
       <c r="F590" t="s">
         <v>78</v>
       </c>
       <c r="G590" s="1" t="s">
-        <v>2159</v>
+        <v>2243</v>
       </c>
       <c r="H590" t="s">
-        <v>2160</v>
+        <v>2244</v>
       </c>
     </row>
     <row r="591" spans="1:8">
       <c r="A591" t="s">
-        <v>2161</v>
+        <v>2245</v>
       </c>
       <c r="B591" t="s">
         <v>9</v>
       </c>
       <c r="C591" t="s">
         <v>62</v>
       </c>
       <c r="D591" t="s">
-        <v>2126</v>
+        <v>2210</v>
       </c>
       <c r="E591" t="s">
-        <v>2127</v>
+        <v>2211</v>
       </c>
       <c r="F591" t="s">
         <v>219</v>
       </c>
       <c r="G591" s="1" t="s">
-        <v>2162</v>
+        <v>2246</v>
       </c>
       <c r="H591" t="s">
-        <v>2163</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="592" spans="1:8">
       <c r="A592" t="s">
-        <v>2164</v>
+        <v>2248</v>
       </c>
       <c r="B592" t="s">
         <v>9</v>
       </c>
       <c r="C592" t="s">
         <v>66</v>
       </c>
       <c r="D592" t="s">
-        <v>2126</v>
+        <v>2210</v>
       </c>
       <c r="E592" t="s">
-        <v>2127</v>
+        <v>2211</v>
       </c>
       <c r="F592" t="s">
         <v>87</v>
       </c>
       <c r="G592" s="1" t="s">
-        <v>2165</v>
+        <v>2249</v>
       </c>
       <c r="H592" t="s">
-        <v>2166</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="593" spans="1:8">
       <c r="A593" t="s">
-        <v>2167</v>
+        <v>2251</v>
       </c>
       <c r="B593" t="s">
         <v>9</v>
       </c>
       <c r="C593" t="s">
         <v>69</v>
       </c>
       <c r="D593" t="s">
-        <v>2126</v>
+        <v>2210</v>
       </c>
       <c r="E593" t="s">
-        <v>2127</v>
+        <v>2211</v>
       </c>
       <c r="F593" t="s">
         <v>102</v>
       </c>
       <c r="G593" s="1" t="s">
-        <v>2168</v>
+        <v>2252</v>
       </c>
       <c r="H593" t="s">
-        <v>2169</v>
+        <v>2253</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594" t="s">
-        <v>2170</v>
+        <v>2254</v>
       </c>
       <c r="B594" t="s">
         <v>9</v>
       </c>
       <c r="C594" t="s">
         <v>72</v>
       </c>
       <c r="D594" t="s">
-        <v>2126</v>
+        <v>2210</v>
       </c>
       <c r="E594" t="s">
-        <v>2127</v>
+        <v>2211</v>
       </c>
       <c r="F594" t="s">
         <v>18</v>
       </c>
       <c r="G594" s="1" t="s">
-        <v>2171</v>
+        <v>2255</v>
       </c>
       <c r="H594" t="s">
-        <v>2172</v>
+        <v>2256</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595" t="s">
-        <v>2173</v>
+        <v>2257</v>
       </c>
       <c r="B595" t="s">
         <v>9</v>
       </c>
       <c r="C595" t="s">
         <v>77</v>
       </c>
       <c r="D595" t="s">
-        <v>2126</v>
+        <v>2210</v>
       </c>
       <c r="E595" t="s">
-        <v>2127</v>
+        <v>2211</v>
       </c>
       <c r="F595" t="s">
-        <v>2174</v>
+        <v>2258</v>
       </c>
       <c r="G595" s="1" t="s">
-        <v>2175</v>
+        <v>2259</v>
       </c>
       <c r="H595" t="s">
-        <v>2176</v>
+        <v>2260</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596" t="s">
-        <v>2177</v>
+        <v>2261</v>
       </c>
       <c r="B596" t="s">
         <v>9</v>
       </c>
       <c r="C596" t="s">
         <v>82</v>
       </c>
       <c r="D596" t="s">
-        <v>2126</v>
+        <v>2210</v>
       </c>
       <c r="E596" t="s">
-        <v>2127</v>
+        <v>2211</v>
       </c>
       <c r="F596" t="s">
         <v>23</v>
       </c>
       <c r="G596" s="1" t="s">
-        <v>2178</v>
+        <v>2262</v>
       </c>
       <c r="H596" t="s">
-        <v>2179</v>
+        <v>2263</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597" t="s">
-        <v>2180</v>
+        <v>2264</v>
       </c>
       <c r="B597" t="s">
         <v>9</v>
       </c>
       <c r="C597" t="s">
         <v>86</v>
       </c>
       <c r="D597" t="s">
-        <v>2126</v>
+        <v>2210</v>
       </c>
       <c r="E597" t="s">
-        <v>2127</v>
+        <v>2211</v>
       </c>
       <c r="F597" t="s">
-        <v>2181</v>
+        <v>2265</v>
       </c>
       <c r="G597" s="1" t="s">
-        <v>2182</v>
+        <v>2266</v>
       </c>
       <c r="H597" t="s">
-        <v>2183</v>
+        <v>2267</v>
       </c>
     </row>
     <row r="598" spans="1:8">
       <c r="A598" t="s">
-        <v>2184</v>
+        <v>2268</v>
       </c>
       <c r="B598" t="s">
         <v>9</v>
       </c>
       <c r="C598" t="s">
         <v>90</v>
       </c>
       <c r="D598" t="s">
-        <v>2126</v>
+        <v>2210</v>
       </c>
       <c r="E598" t="s">
-        <v>2127</v>
+        <v>2211</v>
       </c>
       <c r="F598" t="s">
         <v>13</v>
       </c>
       <c r="G598" s="1" t="s">
-        <v>2185</v>
+        <v>2269</v>
       </c>
       <c r="H598" t="s">
-        <v>2186</v>
+        <v>2270</v>
       </c>
     </row>
     <row r="599" spans="1:8">
       <c r="A599" t="s">
-        <v>2187</v>
+        <v>2271</v>
       </c>
       <c r="B599" t="s">
         <v>9</v>
       </c>
       <c r="C599" t="s">
         <v>93</v>
       </c>
       <c r="D599" t="s">
-        <v>2126</v>
+        <v>2210</v>
       </c>
       <c r="E599" t="s">
-        <v>2127</v>
+        <v>2211</v>
       </c>
       <c r="F599" t="s">
         <v>87</v>
       </c>
       <c r="G599" s="1" t="s">
-        <v>2188</v>
+        <v>2272</v>
       </c>
       <c r="H599" t="s">
-        <v>2189</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600" t="s">
-        <v>2190</v>
+        <v>2274</v>
       </c>
       <c r="B600" t="s">
         <v>9</v>
       </c>
       <c r="C600" t="s">
         <v>96</v>
       </c>
       <c r="D600" t="s">
-        <v>2126</v>
+        <v>2210</v>
       </c>
       <c r="E600" t="s">
-        <v>2127</v>
+        <v>2211</v>
       </c>
       <c r="F600" t="s">
         <v>36</v>
       </c>
       <c r="G600" s="1" t="s">
-        <v>2191</v>
+        <v>2275</v>
       </c>
       <c r="H600" t="s">
-        <v>2192</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="601" spans="1:8">
       <c r="A601" t="s">
-        <v>2193</v>
+        <v>2277</v>
       </c>
       <c r="B601" t="s">
         <v>9</v>
       </c>
       <c r="C601" t="s">
         <v>101</v>
       </c>
       <c r="D601" t="s">
-        <v>2126</v>
+        <v>2210</v>
       </c>
       <c r="E601" t="s">
-        <v>2127</v>
+        <v>2211</v>
       </c>
       <c r="F601" t="s">
         <v>18</v>
       </c>
       <c r="G601" s="1" t="s">
-        <v>2194</v>
+        <v>2278</v>
       </c>
       <c r="H601" t="s">
-        <v>2195</v>
+        <v>2279</v>
       </c>
     </row>
     <row r="602" spans="1:8">
       <c r="A602" t="s">
-        <v>2196</v>
+        <v>2280</v>
       </c>
       <c r="B602" t="s">
         <v>9</v>
       </c>
       <c r="C602" t="s">
         <v>105</v>
       </c>
       <c r="D602" t="s">
-        <v>2126</v>
+        <v>2210</v>
       </c>
       <c r="E602" t="s">
-        <v>2127</v>
+        <v>2211</v>
       </c>
       <c r="F602" t="s">
         <v>23</v>
       </c>
       <c r="G602" s="1" t="s">
-        <v>2197</v>
+        <v>2281</v>
       </c>
       <c r="H602" t="s">
-        <v>2198</v>
+        <v>2282</v>
       </c>
     </row>
     <row r="603" spans="1:8">
       <c r="A603" t="s">
-        <v>2199</v>
+        <v>2283</v>
       </c>
       <c r="B603" t="s">
         <v>9</v>
       </c>
       <c r="C603" t="s">
         <v>110</v>
       </c>
       <c r="D603" t="s">
-        <v>2126</v>
+        <v>2210</v>
       </c>
       <c r="E603" t="s">
-        <v>2127</v>
+        <v>2211</v>
       </c>
       <c r="F603" t="s">
         <v>58</v>
       </c>
       <c r="G603" s="1" t="s">
-        <v>2200</v>
+        <v>2284</v>
       </c>
       <c r="H603" t="s">
-        <v>2201</v>
+        <v>2285</v>
       </c>
     </row>
     <row r="604" spans="1:8">
       <c r="A604" t="s">
-        <v>2202</v>
+        <v>2286</v>
       </c>
       <c r="B604" t="s">
         <v>9</v>
       </c>
       <c r="C604" t="s">
         <v>113</v>
       </c>
       <c r="D604" t="s">
-        <v>2126</v>
+        <v>2210</v>
       </c>
       <c r="E604" t="s">
-        <v>2127</v>
+        <v>2211</v>
       </c>
       <c r="F604" t="s">
         <v>87</v>
       </c>
       <c r="G604" s="1" t="s">
-        <v>2203</v>
+        <v>2287</v>
       </c>
       <c r="H604" t="s">
-        <v>2204</v>
+        <v>2288</v>
       </c>
     </row>
     <row r="605" spans="1:8">
       <c r="A605" t="s">
-        <v>2205</v>
+        <v>2289</v>
       </c>
       <c r="B605" t="s">
         <v>9</v>
       </c>
       <c r="C605" t="s">
         <v>116</v>
       </c>
       <c r="D605" t="s">
-        <v>2126</v>
+        <v>2210</v>
       </c>
       <c r="E605" t="s">
-        <v>2127</v>
+        <v>2211</v>
       </c>
       <c r="F605" t="s">
         <v>13</v>
       </c>
       <c r="G605" s="1" t="s">
-        <v>2206</v>
+        <v>2290</v>
       </c>
       <c r="H605" t="s">
-        <v>2207</v>
+        <v>2291</v>
       </c>
     </row>
     <row r="606" spans="1:8">
       <c r="A606" t="s">
-        <v>2208</v>
+        <v>2292</v>
       </c>
       <c r="B606" t="s">
         <v>9</v>
       </c>
       <c r="C606" t="s">
         <v>119</v>
       </c>
       <c r="D606" t="s">
-        <v>2126</v>
+        <v>2210</v>
       </c>
       <c r="E606" t="s">
-        <v>2127</v>
+        <v>2211</v>
       </c>
       <c r="F606" t="s">
         <v>58</v>
       </c>
       <c r="G606" s="1" t="s">
-        <v>2209</v>
+        <v>2293</v>
       </c>
       <c r="H606" t="s">
-        <v>2210</v>
+        <v>2294</v>
       </c>
     </row>
     <row r="607" spans="1:8">
       <c r="A607" t="s">
-        <v>2211</v>
+        <v>2295</v>
       </c>
       <c r="B607" t="s">
         <v>9</v>
       </c>
       <c r="C607" t="s">
         <v>122</v>
       </c>
       <c r="D607" t="s">
-        <v>2126</v>
+        <v>2210</v>
       </c>
       <c r="E607" t="s">
-        <v>2127</v>
+        <v>2211</v>
       </c>
       <c r="F607" t="s">
         <v>219</v>
       </c>
       <c r="G607" s="1" t="s">
-        <v>2212</v>
+        <v>2296</v>
       </c>
       <c r="H607" t="s">
-        <v>2213</v>
+        <v>2297</v>
       </c>
     </row>
     <row r="608" spans="1:8">
       <c r="A608" t="s">
-        <v>2214</v>
+        <v>2298</v>
       </c>
       <c r="B608" t="s">
         <v>9</v>
       </c>
       <c r="C608" t="s">
         <v>125</v>
       </c>
       <c r="D608" t="s">
-        <v>2126</v>
+        <v>2210</v>
       </c>
       <c r="E608" t="s">
-        <v>2127</v>
+        <v>2211</v>
       </c>
       <c r="F608" t="s">
         <v>45</v>
       </c>
       <c r="G608" s="1" t="s">
-        <v>2215</v>
+        <v>2299</v>
       </c>
       <c r="H608" t="s">
-        <v>2216</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="609" spans="1:8">
       <c r="A609" t="s">
-        <v>2217</v>
+        <v>2301</v>
       </c>
       <c r="B609" t="s">
         <v>9</v>
       </c>
       <c r="C609" t="s">
         <v>128</v>
       </c>
       <c r="D609" t="s">
-        <v>2126</v>
+        <v>2210</v>
       </c>
       <c r="E609" t="s">
-        <v>2127</v>
+        <v>2211</v>
       </c>
       <c r="F609" t="s">
-        <v>2218</v>
+        <v>2302</v>
       </c>
       <c r="G609" s="1" t="s">
-        <v>2219</v>
+        <v>2303</v>
       </c>
       <c r="H609" t="s">
-        <v>2220</v>
+        <v>2304</v>
       </c>
     </row>
     <row r="610" spans="1:8">
       <c r="A610" t="s">
-        <v>2221</v>
+        <v>2305</v>
       </c>
       <c r="B610" t="s">
         <v>9</v>
       </c>
       <c r="C610" t="s">
         <v>131</v>
       </c>
       <c r="D610" t="s">
-        <v>2126</v>
+        <v>2210</v>
       </c>
       <c r="E610" t="s">
-        <v>2127</v>
+        <v>2211</v>
       </c>
       <c r="F610" t="s">
         <v>58</v>
       </c>
       <c r="G610" s="1" t="s">
-        <v>2222</v>
+        <v>2306</v>
       </c>
       <c r="H610" t="s">
-        <v>2223</v>
+        <v>2307</v>
       </c>
     </row>
     <row r="611" spans="1:8">
       <c r="A611" t="s">
-        <v>2224</v>
+        <v>2308</v>
       </c>
       <c r="B611" t="s">
         <v>9</v>
       </c>
       <c r="C611" t="s">
         <v>134</v>
       </c>
       <c r="D611" t="s">
-        <v>2126</v>
+        <v>2210</v>
       </c>
       <c r="E611" t="s">
-        <v>2127</v>
+        <v>2211</v>
       </c>
       <c r="F611" t="s">
         <v>58</v>
       </c>
       <c r="G611" s="1" t="s">
-        <v>2225</v>
+        <v>2309</v>
       </c>
       <c r="H611" t="s">
-        <v>2226</v>
+        <v>2310</v>
       </c>
     </row>
     <row r="612" spans="1:8">
       <c r="A612" t="s">
-        <v>2227</v>
+        <v>2311</v>
       </c>
       <c r="B612" t="s">
         <v>9</v>
       </c>
       <c r="C612" t="s">
         <v>137</v>
       </c>
       <c r="D612" t="s">
-        <v>2126</v>
+        <v>2210</v>
       </c>
       <c r="E612" t="s">
-        <v>2127</v>
+        <v>2211</v>
       </c>
       <c r="F612" t="s">
         <v>36</v>
       </c>
       <c r="G612" s="1" t="s">
-        <v>2228</v>
+        <v>2312</v>
       </c>
       <c r="H612" t="s">
-        <v>2229</v>
+        <v>2313</v>
       </c>
     </row>
     <row r="613" spans="1:8">
       <c r="A613" t="s">
-        <v>2230</v>
+        <v>2314</v>
       </c>
       <c r="B613" t="s">
         <v>9</v>
       </c>
       <c r="C613" t="s">
         <v>140</v>
       </c>
       <c r="D613" t="s">
-        <v>2126</v>
+        <v>2210</v>
       </c>
       <c r="E613" t="s">
-        <v>2127</v>
+        <v>2211</v>
       </c>
       <c r="F613" t="s">
         <v>58</v>
       </c>
       <c r="G613" s="1" t="s">
-        <v>50</v>
+        <v>2315</v>
       </c>
       <c r="H613" t="s">
-        <v>2231</v>
+        <v>2316</v>
       </c>
     </row>
     <row r="614" spans="1:8">
       <c r="A614" t="s">
-        <v>2232</v>
+        <v>2317</v>
       </c>
       <c r="B614" t="s">
         <v>9</v>
       </c>
       <c r="C614" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="D614" t="s">
-        <v>2126</v>
+        <v>2210</v>
       </c>
       <c r="E614" t="s">
-        <v>2127</v>
+        <v>2211</v>
       </c>
       <c r="F614" t="s">
         <v>13</v>
       </c>
       <c r="G614" s="1" t="s">
-        <v>2233</v>
+        <v>2318</v>
       </c>
       <c r="H614" t="s">
-        <v>2234</v>
+        <v>2319</v>
       </c>
     </row>
     <row r="615" spans="1:8">
       <c r="A615" t="s">
-        <v>2235</v>
+        <v>2320</v>
       </c>
       <c r="B615" t="s">
         <v>9</v>
       </c>
       <c r="C615" t="s">
         <v>143</v>
       </c>
       <c r="D615" t="s">
-        <v>2126</v>
+        <v>2210</v>
       </c>
       <c r="E615" t="s">
-        <v>2127</v>
+        <v>2211</v>
       </c>
       <c r="F615" t="s">
         <v>73</v>
       </c>
       <c r="G615" s="1" t="s">
-        <v>50</v>
+        <v>2321</v>
       </c>
       <c r="H615" t="s">
-        <v>2236</v>
+        <v>2322</v>
       </c>
     </row>
     <row r="616" spans="1:8">
       <c r="A616" t="s">
-        <v>2237</v>
+        <v>2323</v>
       </c>
       <c r="B616" t="s">
         <v>9</v>
       </c>
       <c r="C616" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="D616" t="s">
-        <v>2126</v>
+        <v>2210</v>
       </c>
       <c r="E616" t="s">
-        <v>2127</v>
+        <v>2211</v>
       </c>
       <c r="F616" t="s">
-        <v>18</v>
+        <v>2302</v>
       </c>
       <c r="G616" s="1" t="s">
-        <v>50</v>
+        <v>2324</v>
       </c>
       <c r="H616" t="s">
-        <v>2238</v>
+        <v>2325</v>
       </c>
     </row>
     <row r="617" spans="1:8">
       <c r="A617" t="s">
-        <v>2239</v>
+        <v>2326</v>
       </c>
       <c r="B617" t="s">
         <v>9</v>
       </c>
       <c r="C617" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D617" t="s">
-        <v>2126</v>
+        <v>2210</v>
       </c>
       <c r="E617" t="s">
-        <v>2127</v>
+        <v>2211</v>
       </c>
       <c r="F617" t="s">
         <v>36</v>
       </c>
       <c r="G617" s="1" t="s">
-        <v>50</v>
+        <v>2327</v>
       </c>
       <c r="H617" t="s">
-        <v>2240</v>
+        <v>2328</v>
       </c>
     </row>
     <row r="618" spans="1:8">
       <c r="A618" t="s">
-        <v>2241</v>
+        <v>2329</v>
       </c>
       <c r="B618" t="s">
         <v>9</v>
       </c>
       <c r="C618" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="D618" t="s">
-        <v>2126</v>
+        <v>2210</v>
       </c>
       <c r="E618" t="s">
-        <v>2127</v>
+        <v>2211</v>
       </c>
       <c r="F618" t="s">
         <v>36</v>
       </c>
       <c r="G618" s="1" t="s">
-        <v>50</v>
+        <v>2330</v>
       </c>
       <c r="H618" t="s">
-        <v>2242</v>
+        <v>2331</v>
       </c>
     </row>
     <row r="619" spans="1:8">
       <c r="A619" t="s">
-        <v>2243</v>
+        <v>2332</v>
       </c>
       <c r="B619" t="s">
         <v>9</v>
       </c>
       <c r="C619" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="D619" t="s">
-        <v>2126</v>
+        <v>2210</v>
       </c>
       <c r="E619" t="s">
-        <v>2127</v>
+        <v>2211</v>
       </c>
       <c r="F619" t="s">
         <v>36</v>
       </c>
       <c r="G619" s="1" t="s">
-        <v>50</v>
+        <v>2333</v>
       </c>
       <c r="H619" t="s">
-        <v>2244</v>
+        <v>2334</v>
       </c>
     </row>
     <row r="620" spans="1:8">
       <c r="A620" t="s">
-        <v>2245</v>
+        <v>2335</v>
       </c>
       <c r="B620" t="s">
         <v>9</v>
       </c>
       <c r="C620" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="D620" t="s">
-        <v>2126</v>
+        <v>2210</v>
       </c>
       <c r="E620" t="s">
-        <v>2127</v>
+        <v>2211</v>
       </c>
       <c r="F620" t="s">
         <v>36</v>
       </c>
       <c r="G620" s="1" t="s">
-        <v>50</v>
+        <v>2336</v>
       </c>
       <c r="H620" t="s">
-        <v>2246</v>
+        <v>2337</v>
       </c>
     </row>
     <row r="621" spans="1:8">
       <c r="A621" t="s">
-        <v>2247</v>
+        <v>2338</v>
       </c>
       <c r="B621" t="s">
         <v>9</v>
       </c>
       <c r="C621" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="D621" t="s">
-        <v>2126</v>
+        <v>2210</v>
       </c>
       <c r="E621" t="s">
-        <v>2127</v>
+        <v>2211</v>
       </c>
       <c r="F621" t="s">
         <v>58</v>
       </c>
       <c r="G621" s="1" t="s">
-        <v>50</v>
+        <v>2339</v>
       </c>
       <c r="H621" t="s">
-        <v>2248</v>
+        <v>2340</v>
       </c>
     </row>
     <row r="622" spans="1:8">
       <c r="A622" t="s">
-        <v>2249</v>
+        <v>2341</v>
       </c>
       <c r="B622" t="s">
         <v>9</v>
       </c>
       <c r="C622" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="D622" t="s">
-        <v>2126</v>
+        <v>2210</v>
       </c>
       <c r="E622" t="s">
-        <v>2127</v>
+        <v>2211</v>
       </c>
       <c r="F622" t="s">
         <v>58</v>
       </c>
       <c r="G622" s="1" t="s">
-        <v>50</v>
+        <v>2342</v>
       </c>
       <c r="H622" t="s">
-        <v>2250</v>
+        <v>2343</v>
       </c>
     </row>
     <row r="623" spans="1:8">
       <c r="A623" t="s">
-        <v>2251</v>
+        <v>2344</v>
       </c>
       <c r="B623" t="s">
         <v>9</v>
       </c>
       <c r="C623" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="D623" t="s">
-        <v>2126</v>
+        <v>2210</v>
       </c>
       <c r="E623" t="s">
-        <v>2127</v>
+        <v>2211</v>
       </c>
       <c r="F623" t="s">
         <v>23</v>
       </c>
       <c r="G623" s="1" t="s">
-        <v>50</v>
+        <v>2345</v>
       </c>
       <c r="H623" t="s">
-        <v>2252</v>
+        <v>2346</v>
       </c>
     </row>
     <row r="624" spans="1:8">
       <c r="A624" t="s">
-        <v>2253</v>
+        <v>2347</v>
       </c>
       <c r="B624" t="s">
         <v>9</v>
       </c>
       <c r="C624" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="D624" t="s">
-        <v>2126</v>
+        <v>2210</v>
       </c>
       <c r="E624" t="s">
-        <v>2127</v>
+        <v>2211</v>
       </c>
       <c r="F624" t="s">
-        <v>36</v>
+        <v>2348</v>
       </c>
       <c r="G624" s="1" t="s">
-        <v>50</v>
+        <v>2349</v>
       </c>
       <c r="H624" t="s">
-        <v>2254</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="625" spans="1:8">
       <c r="A625" t="s">
-        <v>2255</v>
+        <v>2351</v>
       </c>
       <c r="B625" t="s">
         <v>9</v>
       </c>
       <c r="C625" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="D625" t="s">
-        <v>2126</v>
+        <v>2210</v>
       </c>
       <c r="E625" t="s">
-        <v>2127</v>
+        <v>2211</v>
       </c>
       <c r="F625" t="s">
-        <v>23</v>
+        <v>2352</v>
       </c>
       <c r="G625" s="1" t="s">
-        <v>50</v>
+        <v>2353</v>
       </c>
       <c r="H625" t="s">
-        <v>2256</v>
+        <v>2354</v>
       </c>
     </row>
     <row r="626" spans="1:8">
       <c r="A626" t="s">
-        <v>2257</v>
+        <v>2355</v>
       </c>
       <c r="B626" t="s">
         <v>9</v>
       </c>
       <c r="C626" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="D626" t="s">
-        <v>2126</v>
+        <v>2210</v>
       </c>
       <c r="E626" t="s">
-        <v>2127</v>
+        <v>2211</v>
       </c>
       <c r="F626" t="s">
-        <v>58</v>
+        <v>2356</v>
       </c>
       <c r="G626" s="1" t="s">
-        <v>50</v>
+        <v>2357</v>
       </c>
       <c r="H626" t="s">
-        <v>2258</v>
+        <v>2358</v>
       </c>
     </row>
     <row r="627" spans="1:8">
       <c r="A627" t="s">
-        <v>2259</v>
+        <v>2359</v>
       </c>
       <c r="B627" t="s">
         <v>9</v>
       </c>
       <c r="C627" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="D627" t="s">
-        <v>2126</v>
+        <v>2210</v>
       </c>
       <c r="E627" t="s">
-        <v>2127</v>
+        <v>2211</v>
       </c>
       <c r="F627" t="s">
         <v>190</v>
       </c>
       <c r="G627" s="1" t="s">
-        <v>50</v>
+        <v>2360</v>
       </c>
       <c r="H627" t="s">
-        <v>2260</v>
+        <v>2361</v>
       </c>
     </row>
     <row r="628" spans="1:8">
       <c r="A628" t="s">
-        <v>2261</v>
+        <v>2362</v>
       </c>
       <c r="B628" t="s">
         <v>9</v>
       </c>
       <c r="C628" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="D628" t="s">
-        <v>2126</v>
+        <v>2210</v>
       </c>
       <c r="E628" t="s">
-        <v>2127</v>
+        <v>2211</v>
       </c>
       <c r="F628" t="s">
         <v>106</v>
       </c>
       <c r="G628" s="1" t="s">
-        <v>50</v>
+        <v>2363</v>
       </c>
       <c r="H628" t="s">
-        <v>2262</v>
+        <v>2364</v>
       </c>
     </row>
     <row r="629" spans="1:8">
       <c r="A629" t="s">
-        <v>2263</v>
+        <v>2365</v>
       </c>
       <c r="B629" t="s">
         <v>9</v>
       </c>
       <c r="C629" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="D629" t="s">
-        <v>2126</v>
+        <v>2210</v>
       </c>
       <c r="E629" t="s">
-        <v>2127</v>
+        <v>2211</v>
       </c>
       <c r="F629" t="s">
         <v>58</v>
       </c>
       <c r="G629" s="1" t="s">
-        <v>50</v>
+        <v>2366</v>
       </c>
       <c r="H629" t="s">
-        <v>2264</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="630" spans="1:8">
       <c r="A630" t="s">
-        <v>2265</v>
+        <v>2368</v>
       </c>
       <c r="B630" t="s">
         <v>9</v>
       </c>
       <c r="C630" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="D630" t="s">
-        <v>2126</v>
+        <v>2210</v>
       </c>
       <c r="E630" t="s">
-        <v>2127</v>
+        <v>2211</v>
       </c>
       <c r="F630" t="s">
         <v>58</v>
       </c>
       <c r="G630" s="1" t="s">
-        <v>50</v>
+        <v>2369</v>
       </c>
       <c r="H630" t="s">
-        <v>2266</v>
+        <v>2370</v>
       </c>
     </row>
     <row r="631" spans="1:8">
       <c r="A631" t="s">
-        <v>2267</v>
+        <v>2371</v>
       </c>
       <c r="B631" t="s">
         <v>9</v>
       </c>
       <c r="C631" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="D631" t="s">
-        <v>2126</v>
+        <v>2210</v>
       </c>
       <c r="E631" t="s">
-        <v>2127</v>
+        <v>2211</v>
       </c>
       <c r="F631" t="s">
         <v>102</v>
       </c>
       <c r="G631" s="1" t="s">
-        <v>50</v>
+        <v>2372</v>
       </c>
       <c r="H631" t="s">
-        <v>2268</v>
+        <v>2373</v>
       </c>
     </row>
     <row r="632" spans="1:8">
       <c r="A632" t="s">
-        <v>2269</v>
+        <v>2374</v>
       </c>
       <c r="B632" t="s">
         <v>9</v>
       </c>
       <c r="C632" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="D632" t="s">
-        <v>2126</v>
+        <v>2210</v>
       </c>
       <c r="E632" t="s">
-        <v>2127</v>
+        <v>2211</v>
       </c>
       <c r="F632" t="s">
         <v>87</v>
       </c>
       <c r="G632" s="1" t="s">
-        <v>50</v>
+        <v>2375</v>
       </c>
       <c r="H632" t="s">
-        <v>2270</v>
+        <v>2376</v>
       </c>
     </row>
     <row r="633" spans="1:8">
       <c r="A633" t="s">
-        <v>2271</v>
+        <v>2377</v>
       </c>
       <c r="B633" t="s">
         <v>9</v>
       </c>
       <c r="C633" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="D633" t="s">
-        <v>2126</v>
+        <v>2210</v>
       </c>
       <c r="E633" t="s">
-        <v>2127</v>
+        <v>2211</v>
       </c>
       <c r="F633" t="s">
         <v>102</v>
       </c>
       <c r="G633" s="1" t="s">
-        <v>50</v>
+        <v>2378</v>
       </c>
       <c r="H633" t="s">
-        <v>2272</v>
+        <v>2379</v>
       </c>
     </row>
     <row r="634" spans="1:8">
       <c r="A634" t="s">
-        <v>2273</v>
+        <v>2380</v>
       </c>
       <c r="B634" t="s">
         <v>9</v>
       </c>
       <c r="C634" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="D634" t="s">
-        <v>2126</v>
+        <v>2210</v>
       </c>
       <c r="E634" t="s">
-        <v>2127</v>
+        <v>2211</v>
       </c>
       <c r="F634" t="s">
         <v>87</v>
       </c>
       <c r="G634" s="1" t="s">
-        <v>50</v>
+        <v>2381</v>
       </c>
       <c r="H634" t="s">
-        <v>2274</v>
+        <v>2382</v>
       </c>
     </row>
     <row r="635" spans="1:8">
       <c r="A635" t="s">
-        <v>2275</v>
+        <v>2383</v>
       </c>
       <c r="B635" t="s">
         <v>9</v>
       </c>
       <c r="C635" t="s">
         <v>10</v>
       </c>
       <c r="D635" t="s">
-        <v>2276</v>
+        <v>2384</v>
       </c>
       <c r="E635" t="s">
-        <v>2277</v>
+        <v>2385</v>
       </c>
       <c r="F635" t="s">
-        <v>2181</v>
+        <v>2265</v>
       </c>
       <c r="G635" s="1" t="s">
-        <v>2278</v>
+        <v>2386</v>
       </c>
       <c r="H635" t="s">
-        <v>2279</v>
+        <v>2387</v>
       </c>
     </row>
     <row r="636" spans="1:8">
       <c r="A636" t="s">
-        <v>2280</v>
+        <v>2388</v>
       </c>
       <c r="B636" t="s">
         <v>9</v>
       </c>
       <c r="C636" t="s">
         <v>17</v>
       </c>
       <c r="D636" t="s">
-        <v>2276</v>
+        <v>2384</v>
       </c>
       <c r="E636" t="s">
-        <v>2277</v>
+        <v>2385</v>
       </c>
       <c r="F636" t="s">
-        <v>2181</v>
+        <v>2265</v>
       </c>
       <c r="G636" s="1" t="s">
-        <v>2281</v>
+        <v>2389</v>
       </c>
       <c r="H636" t="s">
-        <v>2282</v>
+        <v>2390</v>
       </c>
     </row>
     <row r="637" spans="1:8">
       <c r="A637" t="s">
-        <v>2283</v>
+        <v>2391</v>
       </c>
       <c r="B637" t="s">
         <v>9</v>
       </c>
       <c r="C637" t="s">
         <v>22</v>
       </c>
       <c r="D637" t="s">
-        <v>2276</v>
+        <v>2384</v>
       </c>
       <c r="E637" t="s">
-        <v>2277</v>
+        <v>2385</v>
       </c>
       <c r="F637" t="s">
-        <v>2284</v>
+        <v>2392</v>
       </c>
       <c r="G637" s="1" t="s">
-        <v>2285</v>
+        <v>2393</v>
       </c>
       <c r="H637" t="s">
-        <v>2286</v>
+        <v>2394</v>
       </c>
     </row>
     <row r="638" spans="1:8">
       <c r="A638" t="s">
-        <v>2287</v>
+        <v>2395</v>
       </c>
       <c r="B638" t="s">
         <v>9</v>
       </c>
       <c r="C638" t="s">
         <v>27</v>
       </c>
       <c r="D638" t="s">
-        <v>2276</v>
+        <v>2384</v>
       </c>
       <c r="E638" t="s">
-        <v>2277</v>
+        <v>2385</v>
       </c>
       <c r="F638" t="s">
-        <v>2128</v>
+        <v>2212</v>
       </c>
       <c r="G638" s="1" t="s">
-        <v>2288</v>
+        <v>2396</v>
       </c>
       <c r="H638" t="s">
-        <v>2289</v>
+        <v>2397</v>
       </c>
     </row>
     <row r="639" spans="1:8">
       <c r="A639" t="s">
-        <v>2290</v>
+        <v>2398</v>
       </c>
       <c r="B639" t="s">
         <v>9</v>
       </c>
       <c r="C639" t="s">
         <v>31</v>
       </c>
       <c r="D639" t="s">
-        <v>2276</v>
+        <v>2384</v>
       </c>
       <c r="E639" t="s">
-        <v>2277</v>
+        <v>2385</v>
       </c>
       <c r="F639" t="s">
-        <v>2291</v>
+        <v>2399</v>
       </c>
       <c r="G639" s="1" t="s">
-        <v>2292</v>
+        <v>2400</v>
       </c>
       <c r="H639" t="s">
-        <v>2293</v>
+        <v>2401</v>
       </c>
     </row>
     <row r="640" spans="1:8">
       <c r="A640" t="s">
-        <v>2294</v>
+        <v>2402</v>
       </c>
       <c r="B640" t="s">
         <v>9</v>
       </c>
       <c r="C640" t="s">
         <v>35</v>
       </c>
       <c r="D640" t="s">
-        <v>2276</v>
+        <v>2384</v>
       </c>
       <c r="E640" t="s">
-        <v>2277</v>
+        <v>2385</v>
       </c>
       <c r="F640" t="s">
-        <v>2181</v>
+        <v>2265</v>
       </c>
       <c r="G640" s="1" t="s">
-        <v>2295</v>
+        <v>2403</v>
       </c>
       <c r="H640" t="s">
-        <v>2296</v>
+        <v>2404</v>
       </c>
     </row>
     <row r="641" spans="1:8">
       <c r="A641" t="s">
-        <v>2297</v>
+        <v>2405</v>
       </c>
       <c r="B641" t="s">
         <v>9</v>
       </c>
       <c r="C641" t="s">
         <v>40</v>
       </c>
       <c r="D641" t="s">
-        <v>2276</v>
+        <v>2384</v>
       </c>
       <c r="E641" t="s">
-        <v>2277</v>
+        <v>2385</v>
       </c>
       <c r="F641" t="s">
-        <v>2128</v>
+        <v>2212</v>
       </c>
       <c r="G641" s="1" t="s">
-        <v>2298</v>
+        <v>2406</v>
       </c>
       <c r="H641" t="s">
-        <v>2299</v>
+        <v>2407</v>
       </c>
     </row>
     <row r="642" spans="1:8">
       <c r="A642" t="s">
-        <v>2300</v>
+        <v>2408</v>
       </c>
       <c r="B642" t="s">
         <v>9</v>
       </c>
       <c r="C642" t="s">
         <v>44</v>
       </c>
       <c r="D642" t="s">
-        <v>2276</v>
+        <v>2384</v>
       </c>
       <c r="E642" t="s">
-        <v>2277</v>
+        <v>2385</v>
       </c>
       <c r="F642" t="s">
-        <v>2301</v>
+        <v>2409</v>
       </c>
       <c r="G642" s="1" t="s">
-        <v>2302</v>
+        <v>2410</v>
       </c>
       <c r="H642" t="s">
-        <v>2303</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="643" spans="1:8">
       <c r="A643" t="s">
-        <v>2304</v>
+        <v>2412</v>
       </c>
       <c r="B643" t="s">
         <v>9</v>
       </c>
       <c r="C643" t="s">
         <v>49</v>
       </c>
       <c r="D643" t="s">
-        <v>2276</v>
+        <v>2384</v>
       </c>
       <c r="E643" t="s">
-        <v>2277</v>
+        <v>2385</v>
       </c>
       <c r="F643" t="s">
-        <v>2181</v>
+        <v>2265</v>
       </c>
       <c r="G643" s="1" t="s">
-        <v>2305</v>
+        <v>2413</v>
       </c>
       <c r="H643" t="s">
-        <v>2306</v>
+        <v>2414</v>
       </c>
     </row>
     <row r="644" spans="1:8">
       <c r="A644" t="s">
-        <v>2307</v>
+        <v>2415</v>
       </c>
       <c r="B644" t="s">
         <v>9</v>
       </c>
       <c r="C644" t="s">
         <v>53</v>
       </c>
       <c r="D644" t="s">
-        <v>2276</v>
+        <v>2384</v>
       </c>
       <c r="E644" t="s">
-        <v>2277</v>
+        <v>2385</v>
       </c>
       <c r="F644" t="s">
-        <v>2181</v>
+        <v>2265</v>
       </c>
       <c r="G644" s="1" t="s">
-        <v>2308</v>
+        <v>2416</v>
       </c>
       <c r="H644" t="s">
-        <v>2309</v>
+        <v>2417</v>
       </c>
     </row>
     <row r="645" spans="1:8">
       <c r="A645" t="s">
-        <v>2310</v>
+        <v>2418</v>
       </c>
       <c r="B645" t="s">
         <v>9</v>
       </c>
       <c r="C645" t="s">
         <v>57</v>
       </c>
       <c r="D645" t="s">
-        <v>2276</v>
+        <v>2384</v>
       </c>
       <c r="E645" t="s">
-        <v>2277</v>
+        <v>2385</v>
       </c>
       <c r="F645" t="s">
-        <v>2301</v>
+        <v>2409</v>
       </c>
       <c r="G645" s="1" t="s">
-        <v>2311</v>
+        <v>2419</v>
       </c>
       <c r="H645" t="s">
-        <v>2312</v>
+        <v>2420</v>
       </c>
     </row>
     <row r="646" spans="1:8">
       <c r="A646" t="s">
-        <v>2313</v>
+        <v>2421</v>
       </c>
       <c r="B646" t="s">
         <v>9</v>
       </c>
       <c r="C646" t="s">
         <v>62</v>
       </c>
       <c r="D646" t="s">
-        <v>2276</v>
+        <v>2384</v>
       </c>
       <c r="E646" t="s">
-        <v>2277</v>
+        <v>2385</v>
       </c>
       <c r="F646" t="s">
-        <v>2314</v>
+        <v>2422</v>
       </c>
       <c r="G646" s="1" t="s">
-        <v>2315</v>
+        <v>2423</v>
       </c>
       <c r="H646" t="s">
-        <v>2316</v>
+        <v>2424</v>
       </c>
     </row>
     <row r="647" spans="1:8">
       <c r="A647" t="s">
-        <v>2317</v>
+        <v>2425</v>
       </c>
       <c r="B647" t="s">
         <v>9</v>
       </c>
       <c r="C647" t="s">
         <v>66</v>
       </c>
       <c r="D647" t="s">
-        <v>2276</v>
+        <v>2384</v>
       </c>
       <c r="E647" t="s">
-        <v>2277</v>
+        <v>2385</v>
       </c>
       <c r="F647" t="s">
-        <v>2318</v>
+        <v>2426</v>
       </c>
       <c r="G647" s="1" t="s">
-        <v>2319</v>
+        <v>2427</v>
       </c>
       <c r="H647" t="s">
-        <v>2320</v>
+        <v>2428</v>
       </c>
     </row>
     <row r="648" spans="1:8">
       <c r="A648" t="s">
-        <v>2321</v>
+        <v>2429</v>
       </c>
       <c r="B648" t="s">
         <v>9</v>
       </c>
       <c r="C648" t="s">
         <v>69</v>
       </c>
       <c r="D648" t="s">
-        <v>2276</v>
+        <v>2384</v>
       </c>
       <c r="E648" t="s">
-        <v>2277</v>
+        <v>2385</v>
       </c>
       <c r="F648" t="s">
-        <v>2128</v>
+        <v>2212</v>
       </c>
       <c r="G648" s="1" t="s">
-        <v>2322</v>
+        <v>2430</v>
       </c>
       <c r="H648" t="s">
-        <v>2323</v>
+        <v>2431</v>
       </c>
     </row>
     <row r="649" spans="1:8">
       <c r="A649" t="s">
-        <v>2324</v>
+        <v>2432</v>
       </c>
       <c r="B649" t="s">
         <v>9</v>
       </c>
       <c r="C649" t="s">
         <v>72</v>
       </c>
       <c r="D649" t="s">
-        <v>2276</v>
+        <v>2384</v>
       </c>
       <c r="E649" t="s">
-        <v>2277</v>
+        <v>2385</v>
       </c>
       <c r="F649" t="s">
-        <v>2291</v>
+        <v>2399</v>
       </c>
       <c r="G649" s="1" t="s">
-        <v>2325</v>
+        <v>2433</v>
       </c>
       <c r="H649" t="s">
-        <v>2326</v>
+        <v>2434</v>
       </c>
     </row>
     <row r="650" spans="1:8">
       <c r="A650" t="s">
-        <v>2327</v>
+        <v>2435</v>
       </c>
       <c r="B650" t="s">
         <v>9</v>
       </c>
       <c r="C650" t="s">
         <v>77</v>
       </c>
       <c r="D650" t="s">
-        <v>2276</v>
+        <v>2384</v>
       </c>
       <c r="E650" t="s">
-        <v>2277</v>
+        <v>2385</v>
       </c>
       <c r="F650" t="s">
-        <v>2284</v>
+        <v>2392</v>
       </c>
       <c r="G650" s="1" t="s">
-        <v>2328</v>
+        <v>2436</v>
       </c>
       <c r="H650" t="s">
-        <v>2329</v>
+        <v>2437</v>
       </c>
     </row>
     <row r="651" spans="1:8">
       <c r="A651" t="s">
-        <v>2330</v>
+        <v>2438</v>
       </c>
       <c r="B651" t="s">
         <v>9</v>
       </c>
       <c r="C651" t="s">
         <v>82</v>
       </c>
       <c r="D651" t="s">
-        <v>2276</v>
+        <v>2384</v>
       </c>
       <c r="E651" t="s">
-        <v>2277</v>
+        <v>2385</v>
       </c>
       <c r="F651" t="s">
-        <v>2314</v>
+        <v>2422</v>
       </c>
       <c r="G651" s="1" t="s">
-        <v>2331</v>
+        <v>2439</v>
       </c>
       <c r="H651" t="s">
-        <v>2332</v>
+        <v>2440</v>
       </c>
     </row>
     <row r="652" spans="1:8">
       <c r="A652" t="s">
-        <v>2333</v>
+        <v>2441</v>
       </c>
       <c r="B652" t="s">
         <v>9</v>
       </c>
       <c r="C652" t="s">
         <v>86</v>
       </c>
       <c r="D652" t="s">
-        <v>2276</v>
+        <v>2384</v>
       </c>
       <c r="E652" t="s">
-        <v>2277</v>
+        <v>2385</v>
       </c>
       <c r="F652" t="s">
-        <v>2318</v>
+        <v>2426</v>
       </c>
       <c r="G652" s="1" t="s">
-        <v>2334</v>
+        <v>2442</v>
       </c>
       <c r="H652" t="s">
-        <v>2335</v>
+        <v>2443</v>
       </c>
     </row>
     <row r="653" spans="1:8">
       <c r="A653" t="s">
-        <v>2336</v>
+        <v>2444</v>
       </c>
       <c r="B653" t="s">
         <v>9</v>
       </c>
       <c r="C653" t="s">
         <v>90</v>
       </c>
       <c r="D653" t="s">
-        <v>2276</v>
+        <v>2384</v>
       </c>
       <c r="E653" t="s">
-        <v>2277</v>
+        <v>2385</v>
       </c>
       <c r="F653" t="s">
-        <v>2301</v>
+        <v>2409</v>
       </c>
       <c r="G653" s="1" t="s">
-        <v>2337</v>
+        <v>2445</v>
       </c>
       <c r="H653" t="s">
-        <v>2338</v>
+        <v>2446</v>
       </c>
     </row>
     <row r="654" spans="1:8">
       <c r="A654" t="s">
-        <v>2339</v>
+        <v>2447</v>
       </c>
       <c r="B654" t="s">
         <v>9</v>
       </c>
       <c r="C654" t="s">
         <v>93</v>
       </c>
       <c r="D654" t="s">
-        <v>2276</v>
+        <v>2384</v>
       </c>
       <c r="E654" t="s">
-        <v>2277</v>
+        <v>2385</v>
       </c>
       <c r="F654" t="s">
-        <v>2318</v>
+        <v>2426</v>
       </c>
       <c r="G654" s="1" t="s">
-        <v>2340</v>
+        <v>2448</v>
       </c>
       <c r="H654" t="s">
-        <v>2341</v>
+        <v>2449</v>
       </c>
     </row>
     <row r="655" spans="1:8">
       <c r="A655" t="s">
-        <v>2342</v>
+        <v>2450</v>
       </c>
       <c r="B655" t="s">
         <v>9</v>
       </c>
       <c r="C655" t="s">
         <v>96</v>
       </c>
       <c r="D655" t="s">
-        <v>2276</v>
+        <v>2384</v>
       </c>
       <c r="E655" t="s">
-        <v>2277</v>
+        <v>2385</v>
       </c>
       <c r="F655" t="s">
-        <v>2314</v>
+        <v>2422</v>
       </c>
       <c r="G655" s="1" t="s">
-        <v>2343</v>
+        <v>2451</v>
       </c>
       <c r="H655" t="s">
-        <v>2344</v>
+        <v>2452</v>
       </c>
     </row>
     <row r="656" spans="1:8">
       <c r="A656" t="s">
-        <v>2345</v>
+        <v>2453</v>
       </c>
       <c r="B656" t="s">
         <v>9</v>
       </c>
       <c r="C656" t="s">
         <v>101</v>
       </c>
       <c r="D656" t="s">
-        <v>2276</v>
+        <v>2384</v>
       </c>
       <c r="E656" t="s">
-        <v>2277</v>
+        <v>2385</v>
       </c>
       <c r="F656" t="s">
-        <v>2314</v>
+        <v>2422</v>
       </c>
       <c r="G656" s="1" t="s">
-        <v>50</v>
+        <v>2454</v>
       </c>
       <c r="H656" t="s">
-        <v>2346</v>
+        <v>2455</v>
       </c>
     </row>
     <row r="657" spans="1:8">
       <c r="A657" t="s">
-        <v>2347</v>
+        <v>2456</v>
       </c>
       <c r="B657" t="s">
         <v>9</v>
       </c>
       <c r="C657" t="s">
         <v>105</v>
       </c>
       <c r="D657" t="s">
-        <v>2276</v>
+        <v>2384</v>
       </c>
       <c r="E657" t="s">
-        <v>2277</v>
+        <v>2385</v>
       </c>
       <c r="F657" t="s">
-        <v>2291</v>
+        <v>2399</v>
       </c>
       <c r="G657" s="1" t="s">
-        <v>50</v>
+        <v>2457</v>
       </c>
       <c r="H657" t="s">
-        <v>2348</v>
+        <v>2458</v>
       </c>
     </row>
     <row r="658" spans="1:8">
       <c r="A658" t="s">
-        <v>2349</v>
+        <v>2459</v>
       </c>
       <c r="B658" t="s">
         <v>9</v>
       </c>
       <c r="C658" t="s">
         <v>110</v>
       </c>
       <c r="D658" t="s">
-        <v>2276</v>
+        <v>2384</v>
       </c>
       <c r="E658" t="s">
-        <v>2277</v>
+        <v>2385</v>
       </c>
       <c r="F658" t="s">
-        <v>2301</v>
+        <v>2409</v>
       </c>
       <c r="G658" s="1" t="s">
-        <v>50</v>
+        <v>2460</v>
       </c>
       <c r="H658" t="s">
-        <v>2350</v>
+        <v>2461</v>
       </c>
     </row>
     <row r="659" spans="1:8">
       <c r="A659" t="s">
-        <v>2351</v>
+        <v>2462</v>
       </c>
       <c r="B659" t="s">
         <v>9</v>
       </c>
       <c r="C659" t="s">
         <v>113</v>
       </c>
       <c r="D659" t="s">
-        <v>2276</v>
+        <v>2384</v>
       </c>
       <c r="E659" t="s">
-        <v>2277</v>
+        <v>2385</v>
       </c>
       <c r="F659" t="s">
-        <v>2128</v>
+        <v>2212</v>
       </c>
       <c r="G659" s="1" t="s">
-        <v>2352</v>
+        <v>2463</v>
       </c>
       <c r="H659" t="s">
-        <v>2353</v>
+        <v>2464</v>
       </c>
     </row>
     <row r="660" spans="1:8">
       <c r="A660" t="s">
-        <v>2354</v>
+        <v>2465</v>
       </c>
       <c r="B660" t="s">
         <v>9</v>
       </c>
       <c r="C660" t="s">
         <v>116</v>
       </c>
       <c r="D660" t="s">
-        <v>2276</v>
+        <v>2384</v>
       </c>
       <c r="E660" t="s">
-        <v>2277</v>
+        <v>2385</v>
       </c>
       <c r="F660" t="s">
         <v>23</v>
       </c>
       <c r="G660" s="1" t="s">
-        <v>50</v>
+        <v>2466</v>
       </c>
       <c r="H660" t="s">
-        <v>2355</v>
+        <v>2467</v>
       </c>
     </row>
     <row r="661" spans="1:8">
       <c r="A661" t="s">
-        <v>2356</v>
+        <v>2468</v>
       </c>
       <c r="B661" t="s">
         <v>9</v>
       </c>
       <c r="C661" t="s">
         <v>119</v>
       </c>
       <c r="D661" t="s">
-        <v>2276</v>
+        <v>2384</v>
       </c>
       <c r="E661" t="s">
-        <v>2277</v>
+        <v>2385</v>
       </c>
       <c r="F661" t="s">
         <v>78</v>
       </c>
       <c r="G661" s="1" t="s">
         <v>50</v>
       </c>
       <c r="H661" t="s">
-        <v>2357</v>
+        <v>2469</v>
       </c>
     </row>
     <row r="662" spans="1:8">
       <c r="A662" t="s">
-        <v>2358</v>
+        <v>2470</v>
       </c>
       <c r="B662" t="s">
         <v>9</v>
       </c>
       <c r="C662" t="s">
         <v>122</v>
       </c>
       <c r="D662" t="s">
-        <v>2276</v>
+        <v>2384</v>
       </c>
       <c r="E662" t="s">
-        <v>2277</v>
+        <v>2385</v>
       </c>
       <c r="F662" t="s">
         <v>73</v>
       </c>
       <c r="G662" s="1" t="s">
-        <v>50</v>
+        <v>2471</v>
       </c>
       <c r="H662" t="s">
-        <v>2359</v>
+        <v>2472</v>
       </c>
     </row>
     <row r="663" spans="1:8">
       <c r="A663" t="s">
-        <v>2360</v>
+        <v>2473</v>
       </c>
       <c r="B663" t="s">
         <v>9</v>
       </c>
       <c r="C663" t="s">
         <v>125</v>
       </c>
       <c r="D663" t="s">
-        <v>2276</v>
+        <v>2384</v>
       </c>
       <c r="E663" t="s">
-        <v>2277</v>
+        <v>2385</v>
       </c>
       <c r="F663" t="s">
         <v>97</v>
       </c>
       <c r="G663" s="1" t="s">
         <v>50</v>
       </c>
       <c r="H663" t="s">
-        <v>2361</v>
+        <v>2474</v>
       </c>
     </row>
     <row r="664" spans="1:8">
       <c r="A664" t="s">
-        <v>2362</v>
+        <v>2475</v>
       </c>
       <c r="B664" t="s">
         <v>9</v>
       </c>
       <c r="C664" t="s">
         <v>128</v>
       </c>
       <c r="D664" t="s">
-        <v>2276</v>
+        <v>2384</v>
       </c>
       <c r="E664" t="s">
-        <v>2277</v>
+        <v>2385</v>
       </c>
       <c r="F664" t="s">
         <v>36</v>
       </c>
       <c r="G664" s="1" t="s">
-        <v>50</v>
+        <v>2476</v>
       </c>
       <c r="H664" t="s">
-        <v>2363</v>
+        <v>2477</v>
       </c>
     </row>
     <row r="665" spans="1:8">
       <c r="A665" t="s">
-        <v>2364</v>
+        <v>2478</v>
       </c>
       <c r="B665" t="s">
         <v>9</v>
       </c>
       <c r="C665" t="s">
         <v>131</v>
       </c>
       <c r="D665" t="s">
-        <v>2276</v>
+        <v>2384</v>
       </c>
       <c r="E665" t="s">
-        <v>2277</v>
+        <v>2385</v>
       </c>
       <c r="F665" t="s">
         <v>102</v>
       </c>
       <c r="G665" s="1" t="s">
         <v>50</v>
       </c>
       <c r="H665" t="s">
-        <v>2365</v>
+        <v>2479</v>
       </c>
     </row>
     <row r="666" spans="1:8">
       <c r="A666" t="s">
-        <v>2366</v>
+        <v>2480</v>
       </c>
       <c r="B666" t="s">
         <v>9</v>
       </c>
       <c r="C666" t="s">
         <v>134</v>
       </c>
       <c r="D666" t="s">
-        <v>2276</v>
+        <v>2384</v>
       </c>
       <c r="E666" t="s">
-        <v>2277</v>
+        <v>2385</v>
       </c>
       <c r="F666" t="s">
         <v>106</v>
       </c>
       <c r="G666" s="1" t="s">
-        <v>50</v>
+        <v>2481</v>
       </c>
       <c r="H666" t="s">
-        <v>2367</v>
+        <v>2482</v>
       </c>
     </row>
     <row r="667" spans="1:8">
       <c r="A667" t="s">
-        <v>2368</v>
+        <v>2483</v>
       </c>
       <c r="B667" t="s">
         <v>9</v>
       </c>
       <c r="C667" t="s">
         <v>137</v>
       </c>
       <c r="D667" t="s">
-        <v>2276</v>
+        <v>2384</v>
       </c>
       <c r="E667" t="s">
-        <v>2277</v>
+        <v>2385</v>
       </c>
       <c r="F667" t="s">
         <v>190</v>
       </c>
       <c r="G667" s="1" t="s">
-        <v>50</v>
+        <v>2484</v>
       </c>
       <c r="H667" t="s">
-        <v>2369</v>
+        <v>2485</v>
       </c>
     </row>
     <row r="668" spans="1:8">
       <c r="A668" t="s">
-        <v>2370</v>
+        <v>2486</v>
       </c>
       <c r="B668" t="s">
         <v>9</v>
       </c>
       <c r="C668" t="s">
         <v>140</v>
       </c>
       <c r="D668" t="s">
-        <v>2276</v>
+        <v>2384</v>
       </c>
       <c r="E668" t="s">
-        <v>2277</v>
+        <v>2385</v>
       </c>
       <c r="F668" t="s">
         <v>97</v>
       </c>
       <c r="G668" s="1" t="s">
         <v>50</v>
       </c>
       <c r="H668" t="s">
-        <v>2371</v>
+        <v>2487</v>
       </c>
     </row>
     <row r="669" spans="1:8">
       <c r="A669" t="s">
-        <v>2372</v>
+        <v>2488</v>
       </c>
       <c r="B669" t="s">
         <v>9</v>
       </c>
       <c r="C669" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="D669" t="s">
-        <v>2276</v>
+        <v>2384</v>
       </c>
       <c r="E669" t="s">
-        <v>2277</v>
+        <v>2385</v>
       </c>
       <c r="F669" t="s">
         <v>190</v>
       </c>
       <c r="G669" s="1" t="s">
-        <v>50</v>
+        <v>2489</v>
       </c>
       <c r="H669" t="s">
-        <v>2373</v>
+        <v>2490</v>
       </c>
     </row>
     <row r="670" spans="1:8">
       <c r="A670" t="s">
-        <v>2374</v>
+        <v>2491</v>
       </c>
       <c r="B670" t="s">
         <v>9</v>
       </c>
       <c r="C670" t="s">
         <v>143</v>
       </c>
       <c r="D670" t="s">
-        <v>2276</v>
+        <v>2384</v>
       </c>
       <c r="E670" t="s">
-        <v>2277</v>
+        <v>2385</v>
       </c>
       <c r="F670" t="s">
         <v>97</v>
       </c>
       <c r="G670" s="1" t="s">
         <v>50</v>
       </c>
       <c r="H670" t="s">
-        <v>2375</v>
+        <v>2492</v>
       </c>
     </row>
     <row r="671" spans="1:8">
       <c r="A671" t="s">
-        <v>2376</v>
+        <v>2493</v>
       </c>
       <c r="B671" t="s">
         <v>9</v>
       </c>
       <c r="C671" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="D671" t="s">
-        <v>2276</v>
+        <v>2384</v>
       </c>
       <c r="E671" t="s">
-        <v>2277</v>
+        <v>2385</v>
       </c>
       <c r="F671" t="s">
         <v>97</v>
       </c>
       <c r="G671" s="1" t="s">
         <v>50</v>
       </c>
       <c r="H671" t="s">
-        <v>2377</v>
+        <v>2494</v>
       </c>
     </row>
     <row r="672" spans="1:8">
       <c r="A672" t="s">
-        <v>2378</v>
+        <v>2495</v>
       </c>
       <c r="B672" t="s">
         <v>9</v>
       </c>
       <c r="C672" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D672" t="s">
-        <v>2276</v>
+        <v>2384</v>
       </c>
       <c r="E672" t="s">
-        <v>2277</v>
+        <v>2385</v>
       </c>
       <c r="F672" t="s">
         <v>97</v>
       </c>
       <c r="G672" s="1" t="s">
         <v>50</v>
       </c>
       <c r="H672" t="s">
-        <v>2379</v>
+        <v>2496</v>
       </c>
     </row>
     <row r="673" spans="1:8">
       <c r="A673" t="s">
-        <v>2380</v>
+        <v>2497</v>
       </c>
       <c r="B673" t="s">
         <v>9</v>
       </c>
       <c r="C673" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="D673" t="s">
-        <v>2276</v>
+        <v>2384</v>
       </c>
       <c r="E673" t="s">
-        <v>2277</v>
+        <v>2385</v>
       </c>
       <c r="F673" t="s">
         <v>36</v>
       </c>
       <c r="G673" s="1" t="s">
+        <v>2498</v>
+      </c>
+      <c r="H673" t="s">
+        <v>2499</v>
+      </c>
+    </row>
+    <row r="674" spans="1:8">
+      <c r="A674" t="s">
+        <v>2500</v>
+      </c>
+      <c r="B674" t="s">
+        <v>9</v>
+      </c>
+      <c r="C674" t="s">
+        <v>416</v>
+      </c>
+      <c r="D674" t="s">
+        <v>2384</v>
+      </c>
+      <c r="E674" t="s">
+        <v>2385</v>
+      </c>
+      <c r="F674" t="s">
+        <v>36</v>
+      </c>
+      <c r="G674" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="H673" t="s">
-        <v>2381</v>
+      <c r="H674" t="s">
+        <v>2501</v>
+      </c>
+    </row>
+    <row r="675" spans="1:8">
+      <c r="A675" t="s">
+        <v>2502</v>
+      </c>
+      <c r="B675" t="s">
+        <v>9</v>
+      </c>
+      <c r="C675" t="s">
+        <v>420</v>
+      </c>
+      <c r="D675" t="s">
+        <v>2384</v>
+      </c>
+      <c r="E675" t="s">
+        <v>2385</v>
+      </c>
+      <c r="F675" t="s">
+        <v>73</v>
+      </c>
+      <c r="G675" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="H675" t="s">
+        <v>2503</v>
+      </c>
+    </row>
+    <row r="676" spans="1:8">
+      <c r="A676" t="s">
+        <v>2504</v>
+      </c>
+      <c r="B676" t="s">
+        <v>9</v>
+      </c>
+      <c r="C676" t="s">
+        <v>424</v>
+      </c>
+      <c r="D676" t="s">
+        <v>2384</v>
+      </c>
+      <c r="E676" t="s">
+        <v>2385</v>
+      </c>
+      <c r="F676" t="s">
+        <v>18</v>
+      </c>
+      <c r="G676" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="H676" t="s">
+        <v>2505</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -25699,50 +26149,53 @@
     <hyperlink ref="G649" r:id="rId648"/>
     <hyperlink ref="G650" r:id="rId649"/>
     <hyperlink ref="G651" r:id="rId650"/>
     <hyperlink ref="G652" r:id="rId651"/>
     <hyperlink ref="G653" r:id="rId652"/>
     <hyperlink ref="G654" r:id="rId653"/>
     <hyperlink ref="G655" r:id="rId654"/>
     <hyperlink ref="G656" r:id="rId655"/>
     <hyperlink ref="G657" r:id="rId656"/>
     <hyperlink ref="G658" r:id="rId657"/>
     <hyperlink ref="G659" r:id="rId658"/>
     <hyperlink ref="G660" r:id="rId659"/>
     <hyperlink ref="G661" r:id="rId660"/>
     <hyperlink ref="G662" r:id="rId661"/>
     <hyperlink ref="G663" r:id="rId662"/>
     <hyperlink ref="G664" r:id="rId663"/>
     <hyperlink ref="G665" r:id="rId664"/>
     <hyperlink ref="G666" r:id="rId665"/>
     <hyperlink ref="G667" r:id="rId666"/>
     <hyperlink ref="G668" r:id="rId667"/>
     <hyperlink ref="G669" r:id="rId668"/>
     <hyperlink ref="G670" r:id="rId669"/>
     <hyperlink ref="G671" r:id="rId670"/>
     <hyperlink ref="G672" r:id="rId671"/>
     <hyperlink ref="G673" r:id="rId672"/>
+    <hyperlink ref="G674" r:id="rId673"/>
+    <hyperlink ref="G675" r:id="rId674"/>
+    <hyperlink ref="G676" r:id="rId675"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>