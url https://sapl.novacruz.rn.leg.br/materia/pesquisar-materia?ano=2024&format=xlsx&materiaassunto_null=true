--- v0 (2025-12-25)
+++ v1 (2026-03-26)
@@ -54,111 +54,111 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1392</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Legislativo</t>
   </si>
   <si>
     <t>Carlos César F. de Melo (César de Augustinho), Gelson Vitor</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1392/lei_no1.481-2025.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1392/lei_no1.481-2025.pdf</t>
   </si>
   <si>
     <t>Denomina de Muryllo Fernandes Campos, a Quadra de Futebol Society localizada no Complexo Poliesportivo no Bairro São Sebastião, neste município e dá outras providências.</t>
   </si>
   <si>
     <t>1513</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre a adoção de práticas de construção sustentável em nosso município.</t>
   </si>
   <si>
     <t>1514</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Dispõe sobre o programa ´´Jovem Aprendiz Municipal´´ no âmbito do Município de Nova Cruz/RN.</t>
   </si>
   <si>
     <t>1515</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Dispõe sobre controle e fiscalização, sobre atividades que perturbem o sossego e o bem-estar público na zona urbana e rural do nosso município.</t>
   </si>
   <si>
     <t>1554</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1554/projeto_de_lei_no_05_-_2024_despacho.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1554/projeto_de_lei_no_05_-_2024_despacho.pdf</t>
   </si>
   <si>
     <t>Regulamenta o transporte de terra por caminhões e caçambas, sobre obrigatoriedade de usarem lona de proteção no município de Nova Cruz, Estado do Rio Grande do Norte e dá outras providências.</t>
   </si>
   <si>
     <t>1553</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Gelson Vitor</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1553/projeto_de_lei_no_06_-_2024_despacho.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1553/projeto_de_lei_no_06_-_2024_despacho.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA MUNICIPAL O GRUPO DE ESCOTEIRO TERRA URTIGAL EM NOVA CRUZ/RN, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1557</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Carlos César F. de Melo (César de Augustinho)</t>
   </si>
   <si>
     <t>Dispõe sobre a isenção da Limpeza de Fossas Sépticas em residências cujo o titular do imóvel esteja inscrito no Cadastro Único para Programas Sociais (CadÚnico).</t>
   </si>
   <si>
     <t>1558</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Veda a cobrança em academias de ginastica de valores adicionais dos profissionais de educação física (Personal Trainers), no município de Nova Cruz/RN.</t>
   </si>
@@ -168,336 +168,336 @@
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Cria Comenda de Honra ao Mérito ''Professora Mariquinha Flor'' no Município de Nova Cruz/RN e dá outras providências.</t>
   </si>
   <si>
     <t>1561</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
     <t>Dispõe sobre a Fixação dos subsídios mensal dos Vereadores do município de Nova Cruz/RN, para o período da Legislatura 2025 a 2028 e dá outras providências.</t>
   </si>
   <si>
     <t>1562</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1562/projeto_de_lei_no_11_-_2024_despacho.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1562/projeto_de_lei_no_11_-_2024_despacho.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação do subsídio mensal do Prefeito, do Vice - Prefeito e dos Secretários Municipais de Nova Cruz/RN, para o período de 1º de janeiro de 2025 a 31 de dezembro de 2028, e dá outras providências.</t>
   </si>
   <si>
     <t>1560</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1560/projeto_de_lei_no_12_-_2024_despacho.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1560/projeto_de_lei_no_12_-_2024_despacho.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA MUNICIPAL A ASSOCIAÇÃO DOS AMIGOS DA PARCERIA SOLIDÁRIA EM NOVA CRUZ/RN, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1607</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Maria de Fátima</t>
   </si>
   <si>
     <t>Denomina de Creso de Souza Revoredo, a Praça localizada entre as Ruas Ver. Severino Alves da Silva, Manoel Chagas e Ver. Neco Moreira no Bairro Frei Damião, neste município e dá outras providências.</t>
   </si>
   <si>
     <t>1626</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Juninho Salú</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1626/projeto_de_lei_no_14_-_2024_-_despacho.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1626/projeto_de_lei_no_14_-_2024_-_despacho.pdf</t>
   </si>
   <si>
     <t>Denomina de Severino Valentim da Silva a rua localizada ao lado da quadra de esporte no bairro Vista do Sol, neste município e dá outras providências.</t>
   </si>
   <si>
     <t>1634</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1634/projeto_de_lei_no_15_-_2024_-_despacho.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1634/projeto_de_lei_no_15_-_2024_-_despacho.pdf</t>
   </si>
   <si>
     <t>Denomina de Maria Aparecida Araújo a rua localizada na lateral do Supermercado e Material de Construção SL no bairro Vista do Sol, neste município, e dá outras Providências.</t>
   </si>
   <si>
     <t>1635</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1635/projeto_de_lei_no_16_-_2024-_despacho.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1635/projeto_de_lei_no_16_-_2024-_despacho.pdf</t>
   </si>
   <si>
     <t>Denomina de Diógenes Corsino de Araújo a rua perpendicular á Rua Severino Antero Segundo, no bairro Vista do Sol, neste município e dá outras providências.</t>
   </si>
   <si>
     <t>1636</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1636/projeto_de_lei_no_17_-_2024_-_despacho.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1636/projeto_de_lei_no_17_-_2024_-_despacho.pdf</t>
   </si>
   <si>
     <t>Denomina de Domingos de Oliveira a rua paralela a Rua Severino Antero Segundo, no bairro Vista do Sol, neste município e dá outras providências.</t>
   </si>
   <si>
     <t>1639</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Victor Guerra, Marione de Alburqueque Moreira (Marione Moreira)</t>
   </si>
   <si>
     <t>Proíbe o exercício de cargo, emprego ou função na Administração Pública da Cidade de Nova Cruz por pessoa que responda pelo crime de maus-tratos contra animais.</t>
   </si>
   <si>
     <t>1642</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Proíbe o exercício de cargo, emprego ou função na Administração Pública da Cidade de Nova Cruz por pessoa que responda por crime ambiental.</t>
   </si>
   <si>
     <t>1702</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Álisson de Barão</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1702/projeto_de_lei_no_20_-_2024_despacho.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1702/projeto_de_lei_no_20_-_2024_despacho.pdf</t>
   </si>
   <si>
     <t>Institui a campanha ''Dezembro Verde'' - Não ao Abandono e os maus-tratos de Animais na cidade de Nova Cruz/RN e dá outras providências.</t>
   </si>
   <si>
     <t>1703</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1703/projeto_de_lei_no_21_-_2024_-_despacho.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1703/projeto_de_lei_no_21_-_2024_-_despacho.pdf</t>
   </si>
   <si>
     <t>Institui o mês ''Junho Vermelho'', dedicado á campanha de incentivo á Doação de Sangue na cidade de Nova Cruz/RN e dá outras providências.</t>
   </si>
   <si>
     <t>1704</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1704/projeto_de_lei_no_22_-_2024_-_despacho.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1704/projeto_de_lei_no_22_-_2024_-_despacho.pdf</t>
   </si>
   <si>
     <t>Cria Área Cultural na estrutura da Praça Mário Pessoa e nela edifica um palco e denomina-o de Palco Cultural “João Ramos” “e dá outras providências.</t>
   </si>
   <si>
     <t>1370</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Executivo</t>
   </si>
   <si>
     <t>Poder Executivo - PE</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1370/projeto_de_lei_no_01_-_2024__despacho_-_magisterio.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1370/projeto_de_lei_no_01_-_2024__despacho_-_magisterio.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Piso Municipal de Magistério para o exercício 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>1377</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1377/projeto_de_lei_no_02_-_2024_despacho_-_salario_minimo.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1377/projeto_de_lei_no_02_-_2024_despacho_-_salario_minimo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Adoção do Salário Mínimo Nacional nas Remunerações dos Servidores Públicos Municipais e dá outras providências.</t>
   </si>
   <si>
     <t>1474</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1474/projeto_de_lei_no_03_-_2024_educacao_integral_despacho.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1474/projeto_de_lei_no_03_-_2024_educacao_integral_despacho.pdf</t>
   </si>
   <si>
     <t>Define diretrizes gerais para a implantação do Programa de Educação Integral em tempo integral no município de Nova Cruz/RN.</t>
   </si>
   <si>
     <t>1532</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1532/projeto_de_lei_no_04_-_2024_despacho.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1532/projeto_de_lei_no_04_-_2024_despacho.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para a Elaboração da Lei Orçamentária para o exercício de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>1550</t>
   </si>
   <si>
     <t>“AUTORIZA O PODER EXECUTIVO MUNICIPAL, A TRANSFORMAR O CARGO DE AUXILIAR DE ENFERMAGEM EM TÉCNICO EM ENFERMAGEM E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1552</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1552/projeto_de_lei_no_06_-_2024_credito_adicional_despacho.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1552/projeto_de_lei_no_06_-_2024_credito_adicional_despacho.pdf</t>
   </si>
   <si>
     <t>PROMOVE ADEQUAÇÃO ORÇAMENTÁRIA NO ÂMBITO DO MUNICÍPIO DE NOVA CRUZ/RN E AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO ANUAL DE 2024 NO VALOR DE R$ 277.936,36 (DUZENTOS E SETENTA E SETE MIL NOVECENTOS E TRINTA E SEIS REAIS E TRINTA E SEIS CENTAVOS).</t>
   </si>
   <si>
     <t>1569</t>
   </si>
   <si>
     <t>INSTITUI O INCENTIVO FINANCEIRO POR DESEMPENHO AOS PROFISSIONAIS DA ATENÇÃO PRIMÁRIA À SAÚDE, AMBAS NO ÂMBITO DO MUNICÍPIO DE NOVA CRUZ/RN.</t>
   </si>
   <si>
     <t>1625</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1625/projeto_de_lei_no_09_-_2024_loa_-_despacho.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1625/projeto_de_lei_no_09_-_2024_loa_-_despacho.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Município de Nova Cruz/RN, para o Exercício de 2025.</t>
   </si>
   <si>
     <t>1641</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1641/projeto_de_lei_no_10_-_2024_despacho.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1641/projeto_de_lei_no_10_-_2024_despacho.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DESTINAÇÃO DE ÁREAS PÚBLICAS PARA A CONSTRUÇÃO E INSTALAÇÃO DE POÇOS ARTESIANOS NO MUNICÍPIO DE NOVA CRUZ/RN E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1698</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1698/projeto_de_lei_no_11_-_2024_despacho.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1698/projeto_de_lei_no_11_-_2024_despacho.pdf</t>
   </si>
   <si>
     <t>''ALTERA A LEI MUNICIPAL Nº1.436/2023 DE 28 DE AGOSTO DE 2023 E DÁ OUTRAS PROVIDÊNCIAS.''</t>
   </si>
   <si>
     <t>1699</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1699/projeto_de_lei_no_12-_2024_-_despacho.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1699/projeto_de_lei_no_12-_2024_-_despacho.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO 3º, ACRESCENTA OS INCISOS I, II E O PARÁGRAFO SEGUNDO AO ARTIGO 3º, TODOS DA LEI Nº1.466, DE 30 DE OUTUBRO DE 2024, NA FORMA QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1700</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1700/projeto_de_lei_no_13_-_2024_despacho.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1700/projeto_de_lei_no_13_-_2024_despacho.pdf</t>
   </si>
   <si>
     <t>''ALTERA A LEI MUNICIPAL Nº1.455/2024 DE 26 DE MARÇO DE 2024 E DÁ OUTRAS PROVIDÊNCIAS.''</t>
   </si>
   <si>
     <t>1571</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1571/projeto_de_lei_complementar_no_01_-_2024_despacho.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1571/projeto_de_lei_complementar_no_01_-_2024_despacho.pdf</t>
   </si>
   <si>
     <t>´´ALTERA A LEI COMPLEMENTAR Nº921/2009 A FIM DE TRANSFORMAR O CARGO DE AUXILIAR DE ENFERMAGEM EM TÉCNICO EM ENFERMAGEM E DÁ OUTRAS PROVIDÊNCIAS''.</t>
   </si>
   <si>
     <t>1637</t>
   </si>
   <si>
     <t>Institui no Âmbito do Município de Nova Cruz/RN, a Gratificação Transitória Denominada Incentivo por Desempenho Individual Variável - IDIV, com Recursos advindos da Portaria GM/MS Nº3.493, de 10 de Abril de 2024, a ser pago aos Profissionais que compõem as Equipes de Saúde da Família - ESF, Equipes de Atenção Primária - EAP, Equipes de Saúde Bucal - ESB e Equipes Multiprofissionais  - EMULTI, na forma que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>1640</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1640/projeto_de_lei_complementar_no_03_-_2024_despacho.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1640/projeto_de_lei_complementar_no_03_-_2024_despacho.pdf</t>
   </si>
   <si>
     <t>''CRIA, NA ESTRUTURA ADMINISTRATIVA MUNICIPAL DE NOVA CRUZ/RN, AS UNIDADES ORÇAMENTÁRIAS QUE ESPECIFICA E DÁ PROVIDÊNCIAS''.</t>
   </si>
   <si>
     <t>1650</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1650/projeto_de_lei_complementar_no_04_-_2024_despacho.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1650/projeto_de_lei_complementar_no_04_-_2024_despacho.pdf</t>
   </si>
   <si>
     <t>REDEFINE A ESTRUTURA ADMINISTRATIVA DA CÂMARA MUNICIPAL DE NOVA CRUZ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1662</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Novacruzense a Ilustríssima Senhora Adnaide de Araújo Dantas Oliveira.</t>
   </si>
   <si>
     <t>1663</t>
   </si>
   <si>
     <t>Confere a Comenda ''Dr. Djalma Marinho'' a Ilustríssima Senhora Clenilda Gomes de Santana.</t>
   </si>
   <si>
     <t>1664</t>
   </si>
@@ -708,3216 +708,3216 @@
   <si>
     <t>1690</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda a Lei Orgânica Municipal</t>
   </si>
   <si>
     <t>CERLO - COMISSÃO ESPECIAL REVISÃO DA LEI ORGÂNICA</t>
   </si>
   <si>
     <t>MODIFICA E ALTERA OS ART. 23; 24; 26 E PARÁGRAFO ÚNICO; 28; 35; § 2º DO ART. 35; ART. 42; ART. 52; § 5º; ART. 54; ART. 66 SERÁ ACRESCIDOS AS LETRAS “ A E B”, INCISOS E PARÁGRAFOS, OU SEJA, ART. 66-A, INCISOS I, II, III, ART. 66-B, § 1º, § 2º, § 3º, § 4º, § 5º, § 6º, § 7º; E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1350</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1350/indicacao_n_o01-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1350/indicacao_n_o01-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feita o reparo do saneamento básico da rua José Morais da Costa, esquina com a rua Pantaleão Justino, localizada no bairro Planalto.</t>
   </si>
   <si>
     <t>1349</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1349/indicacao_no_02_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1349/indicacao_no_02_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o calçamento da Rua Lauro Soares.</t>
   </si>
   <si>
     <t>1351</t>
   </si>
   <si>
     <t>Mateus Catolé</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1351/indicacao_no_03_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1351/indicacao_no_03_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o saneamento básico em Nova Cruz.</t>
   </si>
   <si>
     <t>1352</t>
   </si>
   <si>
     <t>Anne Gabriela Moreira de Souza Melo (Gabi Melo)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1352/indicacao_no_21_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1352/indicacao_no_21_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que solicitem informações acerca do projeto de monitoramento que existia nas ruas de nossa cidade, em parceria com o batalhão de polícia.</t>
   </si>
   <si>
     <t>1353</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1353/indicacao_no_05_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1353/indicacao_no_05_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo a reativação da Unidade Básica de Saúde do Sítio Barbaço.</t>
   </si>
   <si>
     <t>1354</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1354/indicacao_no_06_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1354/indicacao_no_06_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja implantado um Anexo de saúde no Sítio Fortaleza.</t>
   </si>
   <si>
     <t>1355</t>
   </si>
   <si>
     <t>Patrícia Maria de Lima Silva (Patrícia Lima), Maria de Fátima</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1355/indicacao_no_07_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1355/indicacao_no_07_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito alguns reparos na estrutura da Unidade Básica de Saúde do Sítio Lagoa do Couro.</t>
   </si>
   <si>
     <t>1356</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1356/indicacao_no_08_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1356/indicacao_no_08_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja instalado iluminação de Led nas ruas: Rodolfo Paiva da Silva, Kalyne Ventura da Silva e José Porcino Ferreira, localizadas no Conjunto Habitacional Luiz Moreira Neto, neste município.</t>
   </si>
   <si>
     <t>1357</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1357/indicacao_no_09_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1357/indicacao_no_09_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o calçamento na entrada do Conjunto Habitacional Luiz Moreira Neto, neste município.</t>
   </si>
   <si>
     <t>1358</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1358/indicacao_no_10_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1358/indicacao_no_10_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja averiguado as condições do Lixão, na Comunidade Lajedo do Paiva, neste município, para que tenha um destino adequado.</t>
   </si>
   <si>
     <t>1359</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1359/indicacao_no_11_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1359/indicacao_no_11_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que passe a máquina patrol na estrada da Comunidade do Xique-Xique, neste município.</t>
   </si>
   <si>
     <t>1360</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1360/indicacao_no_12_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1360/indicacao_no_12_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feita a nomeação de uma rua, dentre as ruas ainda não nomeadas, em homenagem a Elivete Veloso Morais, neste município.</t>
   </si>
   <si>
     <t>1361</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1361/indicacao_no_13_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1361/indicacao_no_13_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja posto, no Hospital Municipal Monsenhor Pedro Moura, dois policiais de guarda na portaria, neste município.</t>
   </si>
   <si>
     <t>1362</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1362/indicacao_no_14_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1362/indicacao_no_14_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feita a capinagem e limpeza das ruas do Bairro São Judas Tadeu, neste município.</t>
   </si>
   <si>
     <t>1363</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1363/indicacao_no_15_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1363/indicacao_no_15_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja colocado uma tampa no bueiro do Bairro do São Judas Tadeu, neste município.</t>
   </si>
   <si>
     <t>1364</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1364/indicacao_no_16_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1364/indicacao_no_16_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja implantado postes com iluminação de LED na Comunidade de Lagoa Seca, neste município.</t>
   </si>
   <si>
     <t>1365</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1365/indicacao_no_17_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1365/indicacao_no_17_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a manutenção de todas as estradas vicinais deste município.</t>
   </si>
   <si>
     <t>1366</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1366/indicacao_no_18_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1366/indicacao_no_18_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito uma análise para ver onde há necessidade de melhorar a iluminação pública, como por exemplo, em frente a Central do Cidadão e em frente ao antigo CAIC, no Bairro Frei Damião, neste município.</t>
   </si>
   <si>
     <t>1367</t>
   </si>
   <si>
     <t>Carlos César F. de Melo (César de Augustinho), Manga Rosa, Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1367/indicacao_no_19_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1367/indicacao_no_19_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja colocado lixeiras na Rua Mário Pinotti, no Bairro São Sebastião e se possível se estender as demais ruas, deste município.</t>
   </si>
   <si>
     <t>1376</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1376/indicacao_no_20_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1376/indicacao_no_20_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que fosse feito reparos na estrutura do prédio do antigo PET da Comunidade de Lagoa Limpa e a possibilidade de transformá-lo em um Centro Social, neste município.</t>
   </si>
   <si>
     <t>1378</t>
   </si>
   <si>
     <t>Sugerindo que seja feita a manutenção dos parques infantis, em especial o da Praça Barão do Rio Branco, neste município.</t>
   </si>
   <si>
     <t>1394</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1394/indicacao_no_22_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1394/indicacao_no_22_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a conclusão do saneamento básico, calçamento e drenagem dos Bairros Planalto e Santa Maria Gorete, neste município.</t>
   </si>
   <si>
     <t>1380</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1380/indicacao_no_23_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1380/indicacao_no_23_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a manutenção e reforma de todas as quadras poliesportivas do município de Nova Cruz.</t>
   </si>
   <si>
     <t>1381</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1381/indicacao_no_24_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1381/indicacao_no_24_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que providencie a circulação do carro fumacê nas ruas deste município.</t>
   </si>
   <si>
     <t>1382</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1382/indicacao_no_25_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1382/indicacao_no_25_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a melhoria do calçamento e complementação de lâmpadas de LED da Rua José Bonifácio, neste município.</t>
   </si>
   <si>
     <t>1383</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1383/indicacao_no_26_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1383/indicacao_no_26_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o tombamento das casas históricas deste município.</t>
   </si>
   <si>
     <t>1384</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1384/indicacao_no_27_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1384/indicacao_no_27_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que venha ser feito a revitalização do calçamento das travessas da Rua Alberto Maranhão, localizada no bairro São Sebastião, neste município.</t>
   </si>
   <si>
     <t>1385</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1385/indicacao_no_28_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1385/indicacao_no_28_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que venha ser feitos reparos na estrutura do sistema e no planejamento de distribuição de águas tanto na zona rural quanto na cidade de Nova Cruz-RN.</t>
   </si>
   <si>
     <t>1386</t>
   </si>
   <si>
     <t>Manga Rosa, Álisson de Barão, Mateus Catolé, Tiago da Costa de Araújo (Tiago Araújo)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1386/indicacao_no_29_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1386/indicacao_no_29_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que sejam revitalizadas com urgência a rodovia estadual que liga Nova Cruz á Montanhas e também solucionados os problemas estruturais da distribuição do abastecimento de água na cidade de Nova Cruz.</t>
   </si>
   <si>
     <t>1387</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1387/indicacao_no_30_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1387/indicacao_no_30_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja construído um ponto de ônibus no cruzamento entre a rua Senador Georgino Avelino e a rua Cônego Luiz Adolfo e que também seja restaurado o ponto de ônibus em frente a fábrica ''Casa do Boné'', neste município.</t>
   </si>
   <si>
     <t>1390</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1390/indicacao_no_31_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1390/indicacao_no_31_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizado a Pavimentação e Iluminação em LED, na Comunidade do Juriti, neste município.</t>
   </si>
   <si>
     <t>1399</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1399/indicacao_no_32_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1399/indicacao_no_32_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizada a reforma do teto do terminal rodoviário deste Município.</t>
   </si>
   <si>
     <t>1400</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Victor Guerra, Carlos César F. de Melo (César de Augustinho)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1400/indicacao_no_33_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1400/indicacao_no_33_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que o antigo açougue, localizado na Rua 15 de Novembro seja transformado em um espaço adequado para a realização da Feira da Agricultura Familiar.</t>
   </si>
   <si>
     <t>1401</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1401/indicacao_no_34_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1401/indicacao_no_34_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feita a implementação do saneamento rural em nosso município.</t>
   </si>
   <si>
     <t>1402</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1402/indicacao_no_35_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1402/indicacao_no_35_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que sejam feitas barragens subterrâneas nas Comunidades Rurais do nosso município.</t>
   </si>
   <si>
     <t>1403</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Carlos César F. de Melo (César de Augustinho), Álisson de Barão, Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1403/indicacao_no_36_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1403/indicacao_no_36_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a pavimentação de paralelepípedos e a implantação das luminárias de LED no Sítio Lagoa Verde, podendo ser feito por etapas, mas de forma urgente. Dando início essas melhorias na entrada da comunidade que fica situada na BR-071, até a Barragem Lagoa Verde e logo após possa ser estendido as mesmas melhorias até a Capela da Comunidade.</t>
   </si>
   <si>
     <t>1404</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1404/indicacao_no_37_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1404/indicacao_no_37_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito uma praça com academia ao ar livre na comunidade do Arisco do Serrote.</t>
   </si>
   <si>
     <t>1405</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1405/indicacao_n_38_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1405/indicacao_n_38_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o calçamento da rua a qual fica a divisa dos municípios, Nova Cruz e Passa e Fica na Comunidade do Fernando da Pista, neste município.</t>
   </si>
   <si>
     <t>1406</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Mateus Catolé, Anne Gabriela Moreira de Souza Melo (Gabi Melo), Marione de Alburqueque Moreira (Marione Moreira)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1406/indicacao_no_39_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1406/indicacao_no_39_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo com regime de urgência, que neste município, seja implantado políticas públicas voltadas para as causas animais, principalmente no que diz respeito aos animais em situação de rua.</t>
   </si>
   <si>
     <t>1407</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1407/indicacao_no_40_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1407/indicacao_no_40_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a construção de uma parada de ônibus e as instalações das manilhas na comunidade do Xique-Xique, neste município.</t>
   </si>
   <si>
     <t>1408</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1408/indicacao_no_41_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1408/indicacao_no_41_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que sejam construídas duas paradas de ônibus, uma do lado direito e outra do lado esquerdo, no Bairro Portal do Agreste, neste município.</t>
   </si>
   <si>
     <t>1409</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Manga Rosa, Mateus Catolé</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1409/indicacao_no_42_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1409/indicacao_no_42_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feita a reforma da Ponte Régis Bittencourt no município de Nova Cruz.</t>
   </si>
   <si>
     <t>1410</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Manga Rosa, Mateus Catolé, Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1410/indicacao_no_43_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1410/indicacao_no_43_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja colocado metralhas nos buracos que foram escavados próximo ao Rio Curimataú por trás do cemitério e que naquele lugar fosse construído uma passagem molhada.</t>
   </si>
   <si>
     <t>1411</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1411/indicacao_no_44_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1411/indicacao_no_44_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja construído uma passagem molhada na comunidade do Curralinho, neste município.</t>
   </si>
   <si>
     <t>1412</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1412/indicacao_no_45_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1412/indicacao_no_45_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja construída uma praça pública na comunidade do Xique-Xique.</t>
   </si>
   <si>
     <t>1413</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1413/indicacao_no_46_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1413/indicacao_no_46_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja adquirido para o nosso município um drone pulverizador para o combate ao mosquito Aedes aegypti.</t>
   </si>
   <si>
     <t>1423</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1423/indicacao_no_47_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1423/indicacao_no_47_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o calçamento da Rua José Batista da Silva, localizada no Bairro Santa Maria Gorete, neste município.</t>
   </si>
   <si>
     <t>1424</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1424/indicacao_no48-2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1424/indicacao_no48-2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a pavimentação asfáltica da Rua José Otaviano de Souza, localizada no Bairro Alto das Flores, neste município.</t>
   </si>
   <si>
     <t>1425</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1425/indicacao_no_49_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1425/indicacao_no_49_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito uma quadra de esportes na Comunidade de Lagoa do Couro, neste município.</t>
   </si>
   <si>
     <t>1426</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>Marione de Alburqueque Moreira (Marione Moreira), Mateus Catolé</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1426/indicacao_no_50_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1426/indicacao_no_50_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja utilizado bombas motorizadas para o combate á Dengue.</t>
   </si>
   <si>
     <t>1427</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1427/indicacao_no_51_-2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1427/indicacao_no_51_-2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja construído na marginal do Rio Curimatau um parque arborizado, com infraestrutura de lazer para a população.</t>
   </si>
   <si>
     <t>1428</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1428/indicacao_no_52_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1428/indicacao_no_52_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo a implementação da coleta seletiva em nosso município.</t>
   </si>
   <si>
     <t>1429</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1429/indicacao_no_53_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1429/indicacao_no_53_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que volte a realizar o Programa Assistência Cidadão que levava ações de saúde e atividades recreativas, conhecido antigamente como Prefeitura nos Bairros.</t>
   </si>
   <si>
     <t>1430</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>Álisson de Barão, Patrícia Maria de Lima Silva (Patrícia Lima), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1430/indicacao_no54-2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1430/indicacao_no54-2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito reparos no calçamento do Conjunto Habitacional Luiz Moreira Neto e também a implementação de iluminação de Led, neste município.</t>
   </si>
   <si>
     <t>1431</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1431/indicacao_no_55_-2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1431/indicacao_no_55_-2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o serviço de limpeza do bueiro localizado na Rua Joaci Martins de Lima, no Bairro São Judas Tadeu, neste município.</t>
   </si>
   <si>
     <t>1432</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1432/indicacao_no_56_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1432/indicacao_no_56_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito um serviço de capinação na Rua Hildebrando Barbosa, localizada no bairro Vista do Sol, neste município.</t>
   </si>
   <si>
     <t>1433</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>Mateus Catolé, Marione de Alburqueque Moreira (Marione Moreira)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1433/indicacao_no_57_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1433/indicacao_no_57_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que sejam adotadas medidas de combate á Dengue.</t>
   </si>
   <si>
     <t>1434</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>Victor Guerra, Tiago da Costa de Araújo (Tiago Araújo)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1434/indicacao_no_58_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1434/indicacao_no_58_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja elaborado e executado um plano de obras de drenagem e uma lagoa de captação em nosso município.</t>
   </si>
   <si>
     <t>1435</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1435/indicacao_no_59_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1435/indicacao_no_59_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feita manutenção das estradas vicinais nos seguintes trechos: Sítio Lagoa Seca até o Sítio Juriti e também no trecho que liga Lagoa Verde até a comunidade de Conceição, neste município.</t>
   </si>
   <si>
     <t>1436</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1436/indicacao_no_60_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1436/indicacao_no_60_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que faça a reposição das lâmpadas no caminho da igreja da comunidade de Lagoa de Serra, neste município.</t>
   </si>
   <si>
     <t>1437</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1437/indicacao_no_61_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1437/indicacao_no_61_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja disponibilizado algum meio de transporte ao qual consiga passar com segurança os moradores do Boqueirão, por trás do cemitério, que trabalham e votam neste município.</t>
   </si>
   <si>
     <t>1438</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1438/indicacao_no_62_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1438/indicacao_no_62_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feita a reforma do posto de saúde da comunidade do Juriti, neste município.</t>
   </si>
   <si>
     <t>1439</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1439/indicacao_no_63_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1439/indicacao_no_63_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feita o concerto da bomba do poço da comunidade Juriti, neste município.</t>
   </si>
   <si>
     <t>1440</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1440/indicacao_no_64_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1440/indicacao_no_64_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja finalizado o saneamento básico em três residências na Rua Vereador Luiz de França Varela, no bairro Santa Maria Gorete, neste município.</t>
   </si>
   <si>
     <t>1441</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>Patrícia Maria de Lima Silva (Patrícia Lima), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1441/indicacao_no_65_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1441/indicacao_no_65_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o calçamento da rua Pantaleão Justino de Lima, no bairro do Planalto, neste município.</t>
   </si>
   <si>
     <t>1442</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1442/indicacao_no_66_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1442/indicacao_no_66_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o serviço de capinagem nas duas praças e também ao redor da quadra de esporte, na comunidade de Lagoa Limpa, neste município.</t>
   </si>
   <si>
     <t>1444</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>Maria de Fátima, Manga Rosa, Marione de Alburqueque Moreira (Marione Moreira)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1444/indicacao_no_67_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1444/indicacao_no_67_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja construída uma UPA Veterinária, neste município.</t>
   </si>
   <si>
     <t>1445</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1445/indicacao_no_68_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1445/indicacao_no_68_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feita uma travessia elevada na frente da Escola EPOC, na Rua Oscar Firmino de Medeiros, neste município.</t>
   </si>
   <si>
     <t>1451</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1451/indicacao_no_69_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1451/indicacao_no_69_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo uma medida de fiscalização para solucionar o problema de animais soltos transitando pelas ruas de nossa cidade.</t>
   </si>
   <si>
     <t>1452</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1452/indicacao_no_70_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1452/indicacao_no_70_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito um trabalho de roçagem na vegetação que se concentra nos acostamentos e canteiros das rodovias estaduais da cidade de Nova Cruz e região.</t>
   </si>
   <si>
     <t>1453</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1453/indicacao_no_71_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1453/indicacao_no_71_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feita a manutenção das seguintes rodovias: RN 269 que interliga Nova Cruz a Montanhas e Nova Cruz a Passa e Fica e a rodovia RN 120 que interliga Nova Cruz a Santo Antônio.</t>
   </si>
   <si>
     <t>1454</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1454/indicacao_no_72_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1454/indicacao_no_72_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a complementação asfáltica da Rua Antônio Basílio de Melo, localizada no Bairro Frei Damião, neste município.</t>
   </si>
   <si>
     <t>1455</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1455/indicacao_no_73_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1455/indicacao_no_73_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a complementação asfáltica da Rua Leonor Rocha, localizada no Bairro Salgado, neste município.</t>
   </si>
   <si>
     <t>1456</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1456/indicacao_no_74_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1456/indicacao_no_74_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a manutenção das ruas do bairro Frei Damião, neste município.</t>
   </si>
   <si>
     <t>1457</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1457/indicacao_no_75_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1457/indicacao_no_75_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a manutenção do terminal rodoviário Antônio Alves Flor, neste município.</t>
   </si>
   <si>
     <t>1458</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1458/indicacao_no_76_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1458/indicacao_no_76_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a reforma do Pátio do Mercado Público.</t>
   </si>
   <si>
     <t>1459</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>Sugerindo que seja finalizado o calçamento na rua Geraldo Peixoto Mariano, situada no bairro do Planalto, neste município.</t>
   </si>
   <si>
     <t>1461</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1461/indicacao_no_78_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1461/indicacao_no_78_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feita a reforma da quadra de esporte da comunidade Conceição e das demais comunidades do nosso município.</t>
   </si>
   <si>
     <t>1466</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1466/indicacao_no_79_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1466/indicacao_no_79_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que reveja a situação das lâmpadas de Led que foram inauguradas recentemente na comunidade de Fortaleza, onde a maioria encontra-se queimadas.</t>
   </si>
   <si>
     <t>1467</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1467/indicacao_no_80_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1467/indicacao_no_80_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o calçamento da Rua João Guedes da Silva no Bairro do Vista do Sol, neste município.</t>
   </si>
   <si>
     <t>1468</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1468/indicacao_no_81_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1468/indicacao_no_81_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o calçamento e a complementação asfáltica da Rua Osmar Firmino de Medeiros, localizada no Bairro Alto das Flores, neste município.</t>
   </si>
   <si>
     <t>1469</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1469/indicacao_no_82_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1469/indicacao_no_82_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito as manutenções necessárias de todas as estradas vicinais nas seguintes comunidades: Lagoa dos Currais, Lagoa Seca e na comunidade dos Emídio, neste município.</t>
   </si>
   <si>
     <t>1470</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1470/indicacao_no_83_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1470/indicacao_no_83_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o estudo e a viabilidade de construir onde necessário passagens molhadas nas comunidades que possui estradas que passam por riachos, neste município.</t>
   </si>
   <si>
     <t>1475</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1475/indicacao_no_84_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1475/indicacao_no_84_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o serviço de capinagem e limpeza na Rua Primeiro de Janeiro, localizada no bairro Santa Maria Gorete, neste município.</t>
   </si>
   <si>
     <t>1476</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>Patrícia Maria de Lima Silva (Patrícia Lima), Aluísio Soares de Sena (Aluísio Sena)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1476/indicacao_no_85_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1476/indicacao_no_85_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a segunda parte do calçamento da Rua Primeiro de Janeiro no Bairro Santa Maria Gorete, neste município.</t>
   </si>
   <si>
     <t>1477</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1477/indicacao_no_86_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1477/indicacao_no_86_-_2024.pdf</t>
   </si>
   <si>
     <t>Solicitando uma explicação sobre  do porque o transporte escolar que levam os alunos da Escola Municipal George Augusto, localizado na comunidade de Lagoa de Serra, neste município, está deixando apenas na Creche e não as levando para o destino final.</t>
   </si>
   <si>
     <t>1478</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1478/indicacao_no_87_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1478/indicacao_no_87_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito uma campanha de conscientização sobre a Dengue com os alunos da Rede Municipal da cidade.</t>
   </si>
   <si>
     <t>1479</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1479/indicacao_no_88_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1479/indicacao_no_88_-_2024.pdf</t>
   </si>
   <si>
     <t>1480</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1480/indicacao_no_89_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1480/indicacao_no_89_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o calçamento da Rua José Lopes Barbosa no Bairro Bela Vista que dá acesso ao cruzamento do Bairro São Judas Tadeu, neste município.</t>
   </si>
   <si>
     <t>1481</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1481/indicacao_no_90_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1481/indicacao_no_90_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que venha ser feito os reparos necessários no calçamento da Rua São Pedro, localizada no Centro, neste município.</t>
   </si>
   <si>
     <t>1483</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1483/indicacao_no_91_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1483/indicacao_no_91_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito uma limpeza e colocada uma placa de ''Proibido Jogar Lixo'' na esquina da Rua Aristófanes Fernandes no bairro Santa Maria Gorete, mais precisamente atrás do prédio do Beach Tênis, neste município.</t>
   </si>
   <si>
     <t>1485</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1485/indicacao_no_92_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1485/indicacao_no_92_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que aumente os dias de atendimentos médicos e odontológicos nos Postos de Saúde deste município</t>
   </si>
   <si>
     <t>1486</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1486/indicacao_no_93_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1486/indicacao_no_93_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que faça as recuperações das seguintes praças deste município: praça do Alto de Santa Luzia, ao lado do açude, praça em frente ao Colégio Nossa Senhora do Carmo, a do Correio, a da Cidade do Sol e a praça da Rua Campo Santo.</t>
   </si>
   <si>
     <t>1487</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>Juninho Salú, Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1487/indicacao_no_94_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1487/indicacao_no_94_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo a implantação do Plano de Cargos e Carreiras para os servidores municipais da área de saúde.</t>
   </si>
   <si>
     <t>1488</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1488/indicacao_no_95_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1488/indicacao_no_95_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja desempenhado, a cada 6 meses, a apresentação do Perfil Profissiográfico Previdenciário (PPP) de todos os agentes de saúde e agentes de endemias.</t>
   </si>
   <si>
     <t>1489</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>Carlos César F. de Melo (César de Augustinho), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1489/indicacao_no_96_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1489/indicacao_no_96_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a limpeza do lixo e o serviço de capinagem logo após o cruzamento da Rua Professora Leonara Rocha com a Rua José Bonifácio, mais precisamente, próximo a antiga Caixa D´água, neste município.</t>
   </si>
   <si>
     <t>1490</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1490/indicacao_no_97_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1490/indicacao_no_97_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a pavimentação a paralelepípedo ligando a Rua Pantaleão Justino de Lima, com a Rua Alberto Maranhão no Bairro do Planalto, neste município.</t>
   </si>
   <si>
     <t>1491</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1491/indicacao_no_98_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1491/indicacao_no_98_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o serviço de reparos e manutenção nas quadras de esporte em nosso município.</t>
   </si>
   <si>
     <t>1492</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1492/indicacao_no_99_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1492/indicacao_no_99_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja instalado com urgência os refletores na quadra da comunidade de Lagoa Limpa, neste município.</t>
   </si>
   <si>
     <t>1493</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1493/indicacao_no_100_-_2024_.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1493/indicacao_no_100_-_2024_.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feita a construção de uma quadra de esportes no bairro Antônio Peixoto Mariano, mais especificamente nas proximidades da Capela Nossa Senhora Aparecida, neste município.</t>
   </si>
   <si>
     <t>1494</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1494/indicacao_no_101_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1494/indicacao_no_101_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feita a capinação e restauração do calçamento da Rua Maria de Lourdes Alves, situada no bairro do Planalto, neste município.</t>
   </si>
   <si>
     <t>1495</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1495/indicacao_no_102_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1495/indicacao_no_102_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja sinalizada com urgência as lombadas de todas as rodovias de Nova Cruz.</t>
   </si>
   <si>
     <t>1497</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1497/indicacao_no_103_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1497/indicacao_no_103_-_2024.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja feito a revitalização das rodovias estaduais da cidade de Nova Cruz e das cidades ciclo vizinhas.</t>
   </si>
   <si>
     <t>1498</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1498/indicacao_no_104_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1498/indicacao_no_104_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a revitalização das ruas do Bairro do Salgado e do Bairro Coreia, neste município.</t>
   </si>
   <si>
     <t>1500</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>Mateus Catolé, Manga Rosa, Marione de Alburqueque Moreira (Marione Moreira)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1500/indicacao_no_105_-_2024_.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1500/indicacao_no_105_-_2024_.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja construídas casas populares no município de Nova Cruz.</t>
   </si>
   <si>
     <t>1501</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1501/indicacao_no_106_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1501/indicacao_no_106_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a conclusão dos calçamentos e drenagens das ruas dos bairros Planalto e Vista do Sol, neste município.</t>
   </si>
   <si>
     <t>1502</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1502/indicacao_no_107_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1502/indicacao_no_107_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja recuperada a estrada que vai de Lagoa Limpa até a comunidade de Lagoa do Couro, neste município.</t>
   </si>
   <si>
     <t>1503</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1503/indicacao_no_108_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1503/indicacao_no_108_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que proceda com as recuperações das paradas de ônibus, principalmente as paradas das comunidades de Maranhão, Conceição, Assentamento e do Sítio Espinho, neste município.</t>
   </si>
   <si>
     <t>1504</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1504/indicacao_no_109_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1504/indicacao_no_109_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito onde necessário um mutirão de serviço de reparos nos calçamentos dos bairros Planalto e Frei Damião e também a continuidade dos calçamentos nas ruas que ainda não foram calçadas.</t>
   </si>
   <si>
     <t>1505</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>Carlos César F. de Melo (César de Augustinho), Álisson de Barão</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1505/indicacao_no_110_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1505/indicacao_no_110_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a limpeza do lixo e o serviço de capinagem no final da Rua Carlos Adson Barbosa, no bairro do Planalto.</t>
   </si>
   <si>
     <t>1506</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1506/indicacao_no_111_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1506/indicacao_no_111_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja finalizado a pavimentação a paralelepípedo da Rua Carlos Adson Barbosa, no bairro do Planalto.</t>
   </si>
   <si>
     <t>1507</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>Maria de Fátima, Álisson de Barão, Carlos César F. de Melo (César de Augustinho), Manga Rosa, Mateus Catolé</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1507/indicacao_no_112_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1507/indicacao_no_112_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja construído neste município um novo Cemitério Público, tendo em vista que o antigo não tem mais espaço.</t>
   </si>
   <si>
     <t>1508</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1508/indicacao_no_113_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1508/indicacao_no_113_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que venha ser feito uma ampliação no cemitério público da comunidade Fortaleza, neste município.</t>
   </si>
   <si>
     <t>1509</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1509/indicacao_no_114_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1509/indicacao_no_114_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja construído um cemitério público na comunidade Conceição, neste município.</t>
   </si>
   <si>
     <t>1510</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>Álisson de Barão, Carlos César F. de Melo (César de Augustinho), Maria de Fátima, Mateus Catolé, Patrícia Maria de Lima Silva (Patrícia Lima)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1510/indicacao_no_115_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1510/indicacao_no_115_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja construído um Centro de Velório Público Municipal neste município.</t>
   </si>
   <si>
     <t>1511</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1511/indicacao_no_116_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1511/indicacao_no_116_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a complementação do calçamento e também a instalação de postes com lâmpadas de LED da Rua Maria Felismina da Conceição no Bairro do Planalto, neste município.</t>
   </si>
   <si>
     <t>1512</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1512/indicacao_no_117_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1512/indicacao_no_117_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a complementação do calçamento da Rua Maria Iracema da Cruz no Bairro do Frei Damião, neste município.</t>
   </si>
   <si>
     <t>1517</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1517/indicacao_no_118_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1517/indicacao_no_118_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja instalados lâmpadas de LED nos postes da Rua Luciano Felipe de Lima, localizada no Bairro Alto de Santa Luzia, neste Município.</t>
   </si>
   <si>
     <t>1518</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1518/indicacao_no_119_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1518/indicacao_no_119_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feita manutenção das estradas vicinais que ligam as Comunidades Rurais de Lagoa Verde a Conceição, Lagoa Seca ao Juriti e Lagoa do Lima, neste Município.</t>
   </si>
   <si>
     <t>1519</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1519/indicacao_no_120_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1519/indicacao_no_120_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feita a implementação de ciclovias em nosso Município.</t>
   </si>
   <si>
     <t>1520</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1520/indicacao_no_121_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1520/indicacao_no_121_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feita a complementação da iluminação em LED da Rua Severino Augusto de Morais, situada no Bairro do Vista do Sol, neste município.</t>
   </si>
   <si>
     <t>1521</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1521/indicacao_no_122_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1521/indicacao_no_122_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja implantado iluminação em LED no Conjunto Nova Vida situado no Bairro Alto de Santa Luzia, neste Município.</t>
   </si>
   <si>
     <t>1522</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1522/indicacao_no_123_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1522/indicacao_no_123_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja implantado iluminação em LED no Conjunto Novo Horizonte na Comunidade de Lagoa Limpa, neste Município.</t>
   </si>
   <si>
     <t>1523</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>Manga Rosa, Tiago da Costa de Araújo (Tiago Araújo)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1523/indicacao_no_124_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1523/indicacao_no_124_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja implantado iluminação em LED no Bairro Cidade do Sol, tendo em vista que a maioria das ruas do bairro estão insuficientemente iluminadas.</t>
   </si>
   <si>
     <t>1524</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>Manga Rosa, Álisson de Barão, Aluísio Soares de Sena (Aluísio Sena), Anne Gabriela Moreira de Souza Melo (Gabi Melo), Carlos César F. de Melo (César de Augustinho), Gelson Vitor, Juninho Salú, Maria de Fátima, Marione de Alburqueque Moreira (Marione Moreira), Mateus Catolé, Patrícia Maria de Lima Silva (Patrícia Lima), Tiago da Costa de Araújo (Tiago Araújo), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1524/indicacao_no_125_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1524/indicacao_no_125_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja implantado a Guarda Civil Municipal em nosso Município.</t>
   </si>
   <si>
     <t>1528</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>Manga Rosa, Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1528/indicacao_no_126_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1528/indicacao_no_126_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que passem a máquina motoniveladora e coloquem metralhas nas estradas das Comunidades Lagoa do Couro e Gravatá, neste Município.</t>
   </si>
   <si>
     <t>1530</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1530/indicacao_no_127_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1530/indicacao_no_127_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja formada uma Comissão de Vereadores, para ir até a Governadoria do RN - Palácio de Despachos de Lagoa Nova, solicitar a doação para o Município de Nova Cruz/RN, do prédio do CAIC (desativado) situado na cidade.</t>
   </si>
   <si>
     <t>1531</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1531/indicacao_no_128_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1531/indicacao_no_128_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizado o calçamento da Comunidade Rural do Catolé, neste Município.</t>
   </si>
   <si>
     <t>1533</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>Maria de Fátima, Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1533/indicacao_no_129_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1533/indicacao_no_129_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja doado do governo do estado para o nosso município o terreno localizado na Rua Praça Antônio Basílio de Melo no bairro do Freio Damião.</t>
   </si>
   <si>
     <t>1534</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1534/indicacao_no_130_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1534/indicacao_no_130_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja construído um Memorial de Preservação da Cultura e História do nosso Município.</t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1535/indicacao_no_131_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1535/indicacao_no_131_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja disponibilizado um espaço para a realização de um Bazar Solidário em que os recursos arrecadados fossem destinados ao Rio Grande do Sul.</t>
   </si>
   <si>
     <t>1536</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1536/indicacao_no_132_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1536/indicacao_no_132_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a construção de um Teatro Municipal.</t>
   </si>
   <si>
     <t>1537</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1537/indicacao_no_133_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1537/indicacao_no_133_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que adicione metralhas e piçarro na estrada da Comunidade do Assentamento, neste município.</t>
   </si>
   <si>
     <t>1538</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>Marione de Alburqueque Moreira (Marione Moreira), Manga Rosa</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1538/indicacao_no_134_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1538/indicacao_no_134_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que adicione um carrador de metralhas ou pissarro na estrada que vai para a Comunidade de Lagoa do Couro que dá para Lagoa Limpa, neste Município.</t>
   </si>
   <si>
     <t>1539</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>Álisson de Barão, Mateus Catolé</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1539/indicacao_no_135_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1539/indicacao_no_135_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que venha ser feito a recuperação do calçamento da Rua Luiz de França Valera, por trás da fábrica Casa do Boné e Fardamento localizada no Bairro Santa Maria Gorete.</t>
   </si>
   <si>
     <t>1540</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1540/indicacao_no_136_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1540/indicacao_no_136_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que venha ser feito a reestruturação da passagem molhada da Comunidade de Lagoa Verde, neste município.</t>
   </si>
   <si>
     <t>1541</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1541/indicacao_no_137_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1541/indicacao_no_137_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito um serviço de reparos na Escola Professor José Tavares na Comunidade de Lagoa Limpa, neste município.</t>
   </si>
   <si>
     <t>1542</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1542/indicacao_no_138_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1542/indicacao_no_138_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o serviço de capinagem e reparos no final da Rua Presidente Getúlio Vargas, mais precisamente na Rua por trás  da Oficina de Jair.</t>
   </si>
   <si>
     <t>1543</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1543/indicacao_no_139_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1543/indicacao_no_139_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o serviço de reparo da caixa d´água da Comunidade do Gravatá, e logo após, possa disponibilizar um Carro-Pipa para amenizar os problemas causados pela falta de água naquela localidade.</t>
   </si>
   <si>
     <t>1544</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1544/indicacao_no_140_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1544/indicacao_no_140_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feita a manutenção das estradas vicinais que ligam a Comunidade de Lagoa Limpa ao Sítio Arisco até a Comunidade do Capim Açu, neste município.</t>
   </si>
   <si>
     <t>1546</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1546/indicacao_no_141_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1546/indicacao_no_141_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja solicitado da Anatel a implementação da tecnologia 5G em nosso município por meio do Programa Federal ´´Sigo Antenado´´.</t>
   </si>
   <si>
     <t>1547</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1547/indicacao_no_142_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1547/indicacao_no_142_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o calçamento da Rua Presidente Getúlio Vargas, neste município.</t>
   </si>
   <si>
     <t>1548</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1548/indicacao_no_143_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1548/indicacao_no_143_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja colocado uma carrada de piçarro nas estradas das Comunidades de Lagoa Verde, Lagoa da Mata e Relâmpago, neste município.</t>
   </si>
   <si>
     <t>1549</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1549/indicacao_no_144_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1549/indicacao_no_144_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja implantado o sinal de internet Wi-Fi gratuito nas praças públicas do nosso município.</t>
   </si>
   <si>
     <t>1555</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1555/indicacao_no_145_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1555/indicacao_no_145_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja intensificado os trabalhos de recuperação e manutenção das estradas vicinais do nosso município.</t>
   </si>
   <si>
     <t>1556</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1556/indicacao_no_146_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1556/indicacao_no_146_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a manutenção de todas as quadras poliesportivas deste município.</t>
   </si>
   <si>
     <t>1564</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1564/indicacao_no_147_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1564/indicacao_no_147_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que passe a máquina motoniveladora na primeira, segunda e terceira rua do bairro Bosque das Mangueiras, localizado próximo ao Portal, neste município.</t>
   </si>
   <si>
     <t>1565</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1565/indicacao_no_148_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1565/indicacao_no_148_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que passe a máquina patrol em todas as ruas que não são calçadas no bairro do Planalto, e também, que faça o reparo das que precisam com metralhas ou piçarro.</t>
   </si>
   <si>
     <t>1566</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1566/indicacao_no_149_-_2024__retirado_da_pauta_.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1566/indicacao_no_149_-_2024__retirado_da_pauta_.pdf</t>
   </si>
   <si>
     <t>A saber sobre o ofício que foi entregue ao Excelentíssimo Presidente Gelson Vitor, relacionado sobre o Duodécimo.</t>
   </si>
   <si>
     <t>1567</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1567/indicacao_no_150_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1567/indicacao_no_150_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo a realização de um Concurso Público neste município.</t>
   </si>
   <si>
     <t>1568</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1568/indicacao_no_151_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1568/indicacao_no_151_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que na Passarela que será feita na Ponte João Nogueira da Silva, seja dado o nome Francisco Rodrigues, nosso Eterno Chicão Locutor.</t>
   </si>
   <si>
     <t>1570</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1570/indicacao_no_152_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1570/indicacao_no_152_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo a seja efetuada a pavimentação (calçamento), iniciando na Rua Jorge Felipe da Silva até o antigo Matadouro Público Municipal</t>
   </si>
   <si>
     <t>1582</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1582/indicacao_no_153_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1582/indicacao_no_153_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizado uma manutenção na praça da comunidade de Lagoa Seca como também instalações de equipamentos de academia ao ar livre.</t>
   </si>
   <si>
     <t>1573</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1573/indicacao_no_154_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1573/indicacao_no_154_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja reativado o poço artesanal da comunidade de Lagoa Seca, neste município.</t>
   </si>
   <si>
     <t>1574</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1574/indicacao_no_155_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1574/indicacao_no_155_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito uma manutenção no teto do Centro Social da comunidade de Lagoa Seca, neste município.</t>
   </si>
   <si>
     <t>1575</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1575/indicacao_no_156_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1575/indicacao_no_156_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja implantado uma bueira nas comunidades que liga o Gravata e o Sítio Macacos.</t>
   </si>
   <si>
     <t>1576</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1576/indicacao_no_157_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1576/indicacao_no_157_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a recuperação do calçamento em paralelepípedo e serviço de capinagem na Rua Alberto Maranhão, localizada no Bairro São Sebastião, neste município.</t>
   </si>
   <si>
     <t>1577</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1577/indicacao_no_158_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1577/indicacao_no_158_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito manutenções em todas estradas rurais do município de Nova Cruz.</t>
   </si>
   <si>
     <t>1578</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>Gelson Vitor, Marione de Alburqueque Moreira (Marione Moreira), Mateus Catolé</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1578/indicacao_no_159_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1578/indicacao_no_159_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizado a manutenção da Praça São Sebastião, localizada no bairro São Sebastião, neste município.</t>
   </si>
   <si>
     <t>1583</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>Edson Costa, Marione de Alburqueque Moreira (Marione Moreira)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1583/indicacao_no_160_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1583/indicacao_no_160_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feita a manutenção da estrada da comunidade de Lagoa de Serra da Lapa, neste município.</t>
   </si>
   <si>
     <t>1584</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1584/indicacao_no_161_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1584/indicacao_no_161_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feita uma limpeza e colocada uma placa de “Proibido Jogar Lixo” na esquina da Rua Aristófanes Fernandes no bairro Santa Maria Gorete, precisamente atrás do prédio do Beach Tênis.</t>
   </si>
   <si>
     <t>1585</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>Victor Guerra, Álisson de Barão, Carlos César F. de Melo (César de Augustinho), Marione de Alburqueque Moreira (Marione Moreira)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1585/indicacao_no_162_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1585/indicacao_no_162_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feita a conclusão do calçamento das seguintes ruas: Professor Manoel Elias da Silva e Cícero Patrício de Medeiros, localizadas no Bairro Planalto, neste município.</t>
   </si>
   <si>
     <t>1586</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1586/indicacao_no_163_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1586/indicacao_no_163_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a complementação asfáltica da Rua José Batista da Silva, localizada no bairro Antônio Peixoto, neste município.</t>
   </si>
   <si>
     <t>1587</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1587/indicacao_no_164_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1587/indicacao_no_164_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito com maior eficácia o trabalho de recuperação e manutenção das estradas vicinais do nosso município, mas, no presente momento a estrada que dá acesso ao Sítio Fortaleza.</t>
   </si>
   <si>
     <t>1588</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1588/indicacao_no_165_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1588/indicacao_no_165_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o serviço de recuperação da estrada de Lagoa do Couro, mais precisamente perto do Açude de Geraldo Pegado, neste município.</t>
   </si>
   <si>
     <t>1589</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1589/indicacao_no_166_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1589/indicacao_no_166_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que adicione metralhas e um material mais adequado, tanto na estrada da comunidade de Lagoa do Couro como a Lapa, próximo ao açude de Ricardo, neste município.</t>
   </si>
   <si>
     <t>1590</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1590/indicacao_no_167_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1590/indicacao_no_167_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que adicione metralhas e material na estrada da comunidade do Arisco e Três Voltas, neste município</t>
   </si>
   <si>
     <t>1591</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>Marione de Alburqueque Moreira (Marione Moreira), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1591/indicacao_no_168_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1591/indicacao_no_168_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que adicione metralhas e material na estrada da comunidade de Fortaleza até a Bueira e também até a porteira da antiga escola, neste município.</t>
   </si>
   <si>
     <t>1593</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1593/indicacao_no_169_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1593/indicacao_no_169_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o calçamento da Rua Lauro Soares localizada no Bairro Planalto.</t>
   </si>
   <si>
     <t>1594</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1594/indicacao_no_170_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1594/indicacao_no_170_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a complementação do calçamento da Rua Manoel Elias da Silva no Bairro do Planalto</t>
   </si>
   <si>
     <t>1595</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1595/indicacao_no_171_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1595/indicacao_no_171_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja colocado dois postes com quatro “braços” para luminárias de LED e seja passado a máquina no pequeno trecho que liga a Rua Conego Severino Ramalho com a Rua Urtigal, mais precisamente na rua por trás da Creche.</t>
   </si>
   <si>
     <t>1596</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1596/indicacao_no_172_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1596/indicacao_no_172_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o serviço de limpeza e capinagem na quadra de esporte no Bairro Bela Vista, precisamente na Rua Severino Augusto de Morais</t>
   </si>
   <si>
     <t>1597</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1597/indicacao_no_173_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1597/indicacao_no_173_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o serviço de limpeza e capinagem na Comunidade de Lagoa Limpa, neste município.</t>
   </si>
   <si>
     <t>1598</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1598/indicacao_no_174_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1598/indicacao_no_174_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito uma revitalização na estrutura e uma limpeza na quadra da Comunidade de Lagoa Seca, neste município.</t>
   </si>
   <si>
     <t>1599</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1599/indicacao_no_175_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1599/indicacao_no_175_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que venha ser feito a recuperação no calçamento da Rua Geraldo Peixoto Marinho localizada no Bairro Planalto.</t>
   </si>
   <si>
     <t>1600</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1600/indicacao_no_176_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1600/indicacao_no_176_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja colocado uma carrada de metralhas próximo ao Rio Curimataú ao lado da Comunidade Boqueirão, neste município</t>
   </si>
   <si>
     <t>1604</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1604/indicacao_no_177_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1604/indicacao_no_177_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a inclusão por parte do município de aulas gratuitas de música e instrumentos musicais.</t>
   </si>
   <si>
     <t>1606</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1606/indicacao_no_178_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1606/indicacao_no_178_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o calçamento da Rua Aristides Porpino da Silva, localizada no bairro Cidade do Sol, neste município.</t>
   </si>
   <si>
     <t>1608</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1608/indicacao_no_179_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1608/indicacao_no_179_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a continuação do calçamento das Ruas José Duarte de Oliveira e Aristofanes Fernandes, neste município.</t>
   </si>
   <si>
     <t>1609</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1609/indicacao_no_180_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1609/indicacao_no_180_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o calçamento da Rua Josefa Soares da Silva, localizada no bairro Planalto.</t>
   </si>
   <si>
     <t>1610</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1610/indicacao_no_181_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1610/indicacao_no_181_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feita uma parceria entre a Prefeitura e o IFRN - Campus Nova Cruz; para a criação de um Projeto de avaliação da qualidade da água do nosso município.</t>
   </si>
   <si>
     <t>1611</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1611/indicacao_no_182_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1611/indicacao_no_182_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja efetuada a pavimentação (calçamento), na Rua Hildebrando Barbosa, localizada no bairro Vista do Sol, próxima a quadra de esportes.</t>
   </si>
   <si>
     <t>1612</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1612/indicacao_no_183_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1612/indicacao_no_183_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja construída uma bueira, na comunidade Açude Novo, neste município.</t>
   </si>
   <si>
     <t>1613</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1613/indicacao_no_184_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1613/indicacao_no_184_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito uma bueira no riacho da comunidade do Barbaço, neste município.</t>
   </si>
   <si>
     <t>1614</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1614/indicacao_no_185_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1614/indicacao_no_185_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a continuação da iluminação em LED nas comunidades de Lagoa da Mata e Lagoa Verde, neste município.</t>
   </si>
   <si>
     <t>1615</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>Edson Costa, Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1615/indicacao_no_186_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1615/indicacao_no_186_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizada a pavimentação do complemento em paralelepípedos da Rua Presidente Getúlio Vargas.</t>
   </si>
   <si>
     <t>1616</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1616/indicacao_no_187_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1616/indicacao_no_187_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a Pavimentação a Paralelepípedo e a Implantação de Luminárias de LED no córrego que recentemente recebeu um bueiro, na comunidade de Lagoa de Serra, e que essa melhoria possa se estender até Lagoa do Mato.</t>
   </si>
   <si>
     <t>1619</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>Carlos César F. de Melo (César de Augustinho), Álisson de Barão, Aluísio Soares de Sena (Aluísio Sena), Edson Costa, Gelson Vitor, Juninho Salú, Manga Rosa, Maria de Fátima, Marione de Alburqueque Moreira (Marione Moreira), Mateus Catolé, Patrícia Maria de Lima Silva (Patrícia Lima), Tiago da Costa de Araújo (Tiago Araújo), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1619/indicacao_no_188_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1619/indicacao_no_188_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a manutenção da estrada vicinal na comunidade do Sítio Fortaleza, e que sejam utilizados matérias que possam garantir uma boa compactação para que venha assegurar por meses a qualidade na locomoção dos que ali transitam no dia a dia.</t>
   </si>
   <si>
     <t>1621</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1621/indicacao_no_189_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1621/indicacao_no_189_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que der continuidade ao calçamento do pequeno trecho da Rua Pantaleão Justino de Lima, localizada no bairro Planalto, neste município.</t>
   </si>
   <si>
     <t>1622</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1622/indicacao_no_190_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1622/indicacao_no_190_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que proceda com a passagem do carro da coleta de lixo na rua de Cabo João, onde desce para o acesso da lagoa, em Lagoa dos Currais.</t>
   </si>
   <si>
     <t>1627</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>Victor Guerra, Álisson de Barão, Aluísio Soares de Sena (Aluísio Sena), Anne Gabriela Moreira de Souza Melo (Gabi Melo), Carlos César F. de Melo (César de Augustinho), Gelson Vitor, Juninho Salú, Manga Rosa, Maria de Fátima, Marione de Alburqueque Moreira (Marione Moreira), Mateus Catolé, Patrícia Maria de Lima Silva (Patrícia Lima), Tiago da Costa de Araújo (Tiago Araújo)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1627/indicacao_no_191_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1627/indicacao_no_191_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja construída uma passagem molhada na comunidade do Curralinho e do Boqueirão, neste município.</t>
   </si>
   <si>
     <t>1628</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1628/indicacao_no_192_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1628/indicacao_no_192_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o calçamento da Rua Geraldo Peixoto Mariano, localizada no bairro Planalto, neste município.</t>
   </si>
   <si>
     <t>1630</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>Juninho Salú, Álisson de Barão</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1630/indicacao_no_193_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1630/indicacao_no_193_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja colocado em cada bairro e rua placas com suas respectivas identificações, neste município.</t>
   </si>
   <si>
     <t>1631</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1631/indicacao_no_194_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1631/indicacao_no_194_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja passado a máquina e feito uma limpeza de modo geral na Rua Cônego Severino Ramalho, mais precisamente na Rua lateral da antiga Creche Maria Fernandes Tavares, até o início da Rua Urtigal.</t>
   </si>
   <si>
     <t>1633</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1633/indicacao_no_195_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1633/indicacao_no_195_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito o trabalho de alargamento, pavimentação de paralelepípedos e a implantação de luminárias de LED no pequeno trecho que dá acesso a matança de Valdir, na comunidade do Trigueiro, neste município.</t>
   </si>
   <si>
     <t>1638</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1638/indicacao_no_196_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1638/indicacao_no_196_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito lombadas na pavimentação que foi realizada próximo a Escola e ao posto de saúde da comunidade Conceição, neste município.</t>
   </si>
   <si>
     <t>1646</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1646/indicacao_no_197_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1646/indicacao_no_197_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizado o Plano de Carreiras e Cargos dos profissionais da área da Saúde.</t>
   </si>
   <si>
     <t>1647</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1647/indicacao_no_198_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1647/indicacao_no_198_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que de seis em seis meses seja realizado o exame de sangue e dermatológico para os Agentes de Saúde e os Agentes de Endemias deste município.</t>
   </si>
   <si>
     <t>1648</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>Carlos César F. de Melo (César de Augustinho), Álisson de Barão, Aluísio Soares de Sena (Aluísio Sena), Anne Gabriela Moreira de Souza Melo (Gabi Melo), Gelson Vitor, Juninho Salú, Manga Rosa, Maria de Fátima, Marione de Alburqueque Moreira (Marione Moreira), Mateus Catolé, Patrícia Maria de Lima Silva (Patrícia Lima), Tiago da Costa de Araújo (Tiago Araújo), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1648/indicacao_no_199_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1648/indicacao_no_199_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja restaurado de forma responsável e continua a rodovia RN-269 que interligam os municípios de Nova Cruz, Passa e Fica, Montanhas, Pedro Velho, e Canguaretama.</t>
   </si>
   <si>
     <t>1649</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1649/indicacao_no_200_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1649/indicacao_no_200_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito a reforma e manutenção da pista de skate.</t>
   </si>
   <si>
     <t>1654</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1654/indicacao_no_201_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1654/indicacao_no_201_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja construído uma lombada na rua Maria das Dores Albino da Silva, no bairro Portal, próximo ao mercadinho de Cristiano.</t>
   </si>
   <si>
     <t>1655</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1655/indicacao_no_202_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1655/indicacao_no_202_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feita a manutenção do Terminal Rodoviário Antônio Alves Flor da cidade de Nova Cruz/RN.</t>
   </si>
   <si>
     <t>1656</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1656/indicacao_no_203_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1656/indicacao_no_203_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja realizada uma Sessão Solene mirim.</t>
   </si>
   <si>
     <t>1657</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1657/indicacao_no_204_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1657/indicacao_no_204_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feita a manutenção dos parques infantis das praças do nosso município.</t>
   </si>
   <si>
     <t>1658</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1658/indicacao_no_205_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1658/indicacao_no_205_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feita a manutenção da Praça Barão do Rio Branco localizada no bairro São Sebastião, neste município.</t>
   </si>
   <si>
     <t>1659</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1659/indicacao_no_206_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1659/indicacao_no_206_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja construída uma lombada na Rua 13 de Maio, precisamente em frente ao mercadinho de Antônio Soares.</t>
   </si>
   <si>
     <t>1661</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1661/indicacao_no_207_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1661/indicacao_no_207_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que na travessa da Rua Severino Augusto de Morais, mais precisamente na esquina de Adriano do Açúcar, seja feito uma limpeza e colocado à disposição dos moradores da localidade um Contêiner de lixo ou lixeira específica para o local.</t>
   </si>
   <si>
     <t>1691</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1691/indicacao_no_208_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1691/indicacao_no_208_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja feito reparos no calçamento na Rua José Marquês Moreira, situada no bairro Alto das Flores, neste município.</t>
   </si>
   <si>
     <t>1692</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1692/indicacao_no_209_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1692/indicacao_no_209_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja averiguada se a instalação do Portal que foi construído pelo município de Logradouro /PB na pista do futuro, próximo ao Socity de Samuel que tem o nome da cidade de Logradouro-PB-071 não está situada em território norte riograndense.</t>
   </si>
   <si>
     <t>1696</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1696/indicacao_no_210_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1696/indicacao_no_210_-_2024.pdf</t>
   </si>
   <si>
     <t>Sugerindo que seja estudada a possibilidade de diminuir a calçada da praça Dona Carmosina localizada na rua Nestor Marinho, com o objetivo de enlarquecer a rua.</t>
   </si>
   <si>
     <t>1374</t>
   </si>
   <si>
     <t>MCA</t>
   </si>
   <si>
     <t>Moção de Aplausos</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1374/mocao_de_aplausos_no01-2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1374/mocao_de_aplausos_no01-2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Aplausos, a ser encaminhada a Direção do SEBRAE em nome de José Ferreira de Melo Neto - Diretor Superintendente; Marcelo Saldanha Toscano - Diretor de Operações; João Hélio Costa da Cunha Cavalcante - Diretor Técnico e Itamar Manso Maciel - Presidente do Conselho Deliberativo Estadual.</t>
   </si>
   <si>
     <t>1375</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1375/mocao_de_aplausos_no02-2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1375/mocao_de_aplausos_no02-2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Aplausos e Parabenização, a ser encaminhada ao Senhor José Leonel de Albuquerque Pontes - Diretor do SEBRAE Nova Cruz.</t>
   </si>
   <si>
     <t>1391</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1391/mocao_de_aplausos_no03-2024_.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1391/mocao_de_aplausos_no03-2024_.pdf</t>
   </si>
   <si>
     <t>Apresento nos termos dos Regimento Interno, a presente Moção de Aplausos e Parabenização, a  ser encaminhada ao senhor José Carlos Arcelino da Silva por ocasião de sua ordenação presbiteral, tornando – se o décimo terceiro novacruzense, pela graça de Deus, a ascender a Ordem Presbiteral.</t>
   </si>
   <si>
     <t>1395</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1395/mocao_de_aplausos_no04-2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1395/mocao_de_aplausos_no04-2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte Moção de Aplausos a ser encaminhada a senhora Sônia Ferreira da Silva que há trinta e seis anos vem prestando serviços ao nosso município.</t>
   </si>
   <si>
     <t>1396</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1396/mocao_de_aplausos_no05-2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1396/mocao_de_aplausos_no05-2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte Moção de Aplausos a ser encaminhada a senhora Conselheira Tutelar Liziane Richele Pinheiro dos Santos pelos serviços prestados a nossa população.</t>
   </si>
   <si>
     <t>1397</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1397/mocao_de_aplausos_no06-2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1397/mocao_de_aplausos_no06-2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte Moção de Aplausos a ser encaminhada a Policial Militar Thais Moreira Alves pelo trabalho desenvolvido na Patrulha Maria da Penha.</t>
   </si>
   <si>
     <t>1398</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1398/mocao_de_aplausos_no07-2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1398/mocao_de_aplausos_no07-2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte Moção de Aplausos a ser encaminhada a Policial Militar Juliane Ramalho Oliveira Martins pelo trabalho desenvolvido na Patrulha Maria da Penha.</t>
   </si>
   <si>
     <t>1418</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1418/mocao_de_aplausos_no08-2024_.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1418/mocao_de_aplausos_no08-2024_.pdf</t>
   </si>
   <si>
     <t>Apresento nos termos do Regimento Interno, a presente Moção de Aplausos e Parabenização, a ser encaminhada a Senhora Nádia Vitor Martins, representante da CDL, pelo destaque em nosso município em Homenagem ao dia Internacional da Mulher.</t>
   </si>
   <si>
     <t>1419</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1419/mocao_de_aplausos_no09-2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1419/mocao_de_aplausos_no09-2024.pdf</t>
   </si>
   <si>
     <t>Apresento nos termos do Regimento Interno, a presente Moção de Aplausos e Parabenização, a ser encaminhada a Senhora Márcia Cristina Soares, representante do Sindicato do Varejo Nova Cruz, pelo destaque em nosso município em homenagem ao Dia Internacional da Mulher.</t>
   </si>
   <si>
     <t>1421</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1421/mocao_de_aplausos_n10_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1421/mocao_de_aplausos_n10_-_2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Aplausos e Parabenização, a ser encaminhada a Senhora Paula Cavalcanti, pelos trabalhos realizados como mulher empreendedora no nosso Município.</t>
   </si>
   <si>
     <t>1422</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1422/mocao_de_aplausos_no11-2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1422/mocao_de_aplausos_no11-2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Aplausos e Parabenização, a ser encaminhada a Senhora Valda Maria de Carvalho Alves, pelos trabalhos realizados como mulher empreendedora no nosso Município.</t>
   </si>
   <si>
     <t>1446</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1446/mocao_de_aplausos_no12-2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1446/mocao_de_aplausos_no12-2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Aplausos e Parabenização, a ser encaminhada ao Reverendíssimo Senhor, Padre Robson Paulo de Oliveira Silva.</t>
   </si>
   <si>
     <t>1447</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1447/mocao_de_aplausos_no13-2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1447/mocao_de_aplausos_no13-2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Aplausos e Parabenização, a ser encaminhada ao Reverendíssimo Senhor, Padre George Vinícius Lima da Silva.</t>
   </si>
   <si>
     <t>1448</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1448/mocao_de_aplausos_no14-2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1448/mocao_de_aplausos_no14-2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Aplausos e Parabenização, a ser encaminhada ao Ilustríssimo Jovem Ramon Duarte.</t>
   </si>
   <si>
     <t>1449</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1449/mocao_de_aplausos_no15-2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1449/mocao_de_aplausos_no15-2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Aplausos e Parabenização, a ser encaminhada ao Ilustríssimo Jovem, Michael Wenderson da Silva.</t>
   </si>
   <si>
     <t>1450</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1450/mocao_de_aplausos_no16-2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1450/mocao_de_aplausos_no16-2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Aplausos e Parabenização, a ser encaminhada ao Ilustríssimo Jovem, João Maria Florêncio.</t>
   </si>
   <si>
     <t>1462</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1462/mocao_de_aplausos_no17-2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1462/mocao_de_aplausos_no17-2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Aplausos e Parabenização, a ser encaminhada ao Ilustríssimo Senhor, Adilson Xavier de Carvalho.</t>
   </si>
   <si>
     <t>1465</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1465/mocao_de_aplausos_no18-2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1465/mocao_de_aplausos_no18-2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Aplausos e Parabenização, a ser encaminhada a Associação dos Amigos da Parceria Solidária.</t>
   </si>
   <si>
     <t>1482</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1482/mocao_de_aplausos_no19-2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1482/mocao_de_aplausos_no19-2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Aplausos e Parabenização, a ser encaminhada ao Senhor Marcelo Fernandes de Queiroz.</t>
   </si>
   <si>
     <t>1516</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1516/mocao_de_aplausos_no_20_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1516/mocao_de_aplausos_no_20_-_2024.pdf</t>
   </si>
   <si>
     <t>Apresento nos termos do Regimento Interno, a presente Moção de Aplausos e Parabenização, a ser encaminhada a Professora Gabriela Mauricio de Pontes, pelo destaque em nosso município em Homenagem ao dia Internacional da Mulher.</t>
   </si>
   <si>
     <t>1527</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1527/mocao_de_aplausos_no_21_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1527/mocao_de_aplausos_no_21_-_2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Aplausos e Parabenização, a ser encaminhada ao Secretário Municipal de Obras, Transportes e Serviços Urbanos, Genilson Alves, pelo seu  relevante serviço.</t>
   </si>
   <si>
     <t>1617</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1617/mocao_de_aplausos_no_22_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1617/mocao_de_aplausos_no_22_-_2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Aplausos e Parabenização, a ser encaminhada a Senhora Andressa Viana de Lima, pelo seu relevante serviço ministrado na área da saúde no município de Nova Cruz.</t>
   </si>
   <si>
     <t>1618</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1618/mocao_de_aplausos_no_23_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1618/mocao_de_aplausos_no_23_-_2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Aplausos e Parabenização, a ser encaminhada ao Senhor Fábio Silva, conhecido por Fabinho Contador, pelo seu relevante serviço ministrado no município de Nova Cruz.</t>
   </si>
   <si>
     <t>1653</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1653/mocao_de_aplausos_no_24_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1653/mocao_de_aplausos_no_24_-_2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Aplausos e Parabenização, a ser encaminhada ao Senhor Michael Wenderson da Silva, pelos seus relevantes serviços ministrado no município de Nova Cruz.</t>
   </si>
   <si>
     <t>1660</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1660/mocao_de_aplausos_no_25_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1660/mocao_de_aplausos_no_25_-_2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Aplausos e Parabenização, a ser encaminhada a Senhora Elizabete Cristina da Silva Fernandes, pelos seus relevantes serviços desempenhados na Capela da comunidade rural Lagoa do Couro no município de Nova Cruz a qual é moradora.</t>
   </si>
   <si>
     <t>1347</t>
   </si>
   <si>
     <t>MCP</t>
   </si>
   <si>
     <t>Moção de Pesar</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1347/mocao_de_pesar_no_01_-_2024_.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1347/mocao_de_pesar_no_01_-_2024_.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte moção de Pesar a ser encaminhada aos familiares da Senhora Maria de Lourdes da Silva.</t>
   </si>
   <si>
     <t>1348</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1348/mocao_de_pesar_no02-2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1348/mocao_de_pesar_no02-2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte moção de Pesar a ser encaminhada aos familiares do Senhor José Amadeu do Nascimento.</t>
   </si>
   <si>
     <t>1368</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1368/mocao_de_pesar_no03-2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1368/mocao_de_pesar_no03-2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares da Senhora Maria das Dores de Lima Silva.</t>
   </si>
   <si>
     <t>1369</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1369/mocao_de_pesar_no04-2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1369/mocao_de_pesar_no04-2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares do Senhor Miguel Bezerra.</t>
   </si>
   <si>
     <t>1371</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1371/mocao_de_pesar_no05-2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1371/mocao_de_pesar_no05-2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares da Senhora Haydée Maria Pessoa Cunha Lima.</t>
   </si>
   <si>
     <t>1372</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1372/mocao_de_pesar_n06-2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1372/mocao_de_pesar_n06-2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares do Senhor Antônio Pedro Salustiano.</t>
   </si>
   <si>
     <t>1373</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1373/mocao_de_pesar_no07-2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1373/mocao_de_pesar_no07-2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares da Senhora Iraci Marques Guerra.</t>
   </si>
   <si>
     <t>1388</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1388/mocao_de_pesar_no_08_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1388/mocao_de_pesar_no_08_-_2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares da Senhora Joventina Pedro da Silva.</t>
   </si>
   <si>
     <t>1389</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1389/mocao_de_pesar_no_09_-2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1389/mocao_de_pesar_no_09_-2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares da Senhora Regina Maria Campos Teixeira.</t>
   </si>
   <si>
     <t>1414</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1414/mocao_de_pesar_no10-2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1414/mocao_de_pesar_no10-2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares do Senhor Hudson Luiz de Lima.</t>
   </si>
   <si>
     <t>1415</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1415/mocao_de_pesar_no11-2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1415/mocao_de_pesar_no11-2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares do Jovem Muryllo Fernandes Campos.</t>
   </si>
   <si>
     <t>1416</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1416/mocao_de_pesar_no12-2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1416/mocao_de_pesar_no12-2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares da Senhora Maria das Dores da Silva.</t>
   </si>
   <si>
     <t>1417</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1417/mocao_de_pesar_no13-2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1417/mocao_de_pesar_no13-2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares da Senhora Anatilde Alexandre da Silva.</t>
   </si>
   <si>
     <t>1420</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1420/mocao_de_pesar_no_14-2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1420/mocao_de_pesar_no_14-2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares da Senhora Iris de Fátima Lima.</t>
   </si>
   <si>
     <t>1443</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1443/mocao_de_pesar_no15-2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1443/mocao_de_pesar_no15-2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares do Senhor Júlio Paulino dos Santos.</t>
   </si>
   <si>
     <t>1463</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1463/mocao_de_pesar_no16-2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1463/mocao_de_pesar_no16-2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa  a seguinte Moção de Pesar a ser encaminhada aos familiares da Senhora Anita Januário dos Santos.</t>
   </si>
   <si>
     <t>1464</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1464/mocao_de_pesar_no17-2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1464/mocao_de_pesar_no17-2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares do Senhor Erivaldo de Freitas Ribeiro.</t>
   </si>
   <si>
     <t>1471</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1471/mocao_de_pesar_no_18_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1471/mocao_de_pesar_no_18_-_2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares do Senhor Lourival Bezerra.</t>
   </si>
   <si>
     <t>1472</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1472/mocao_de_pesar_no_19-2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1472/mocao_de_pesar_no_19-2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares da Senhora Maria Francisca Gomes.</t>
   </si>
   <si>
     <t>1499</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1499/mocao_de_pesar_no_20_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1499/mocao_de_pesar_no_20_-_2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares do Senhor Marcos Antônio Felipe.</t>
   </si>
   <si>
     <t>1525</t>
   </si>
   <si>
     <t>Álisson de Barão, Aluísio Soares de Sena (Aluísio Sena), Anne Gabriela Moreira de Souza Melo (Gabi Melo), Carlos César F. de Melo (César de Augustinho), Gelson Vitor, Juninho Salú, Manga Rosa, Maria de Fátima, Marione de Alburqueque Moreira (Marione Moreira), Mateus Catolé, Patrícia Maria de Lima Silva (Patrícia Lima), Tiago da Costa de Araújo (Tiago Araújo), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1525/mocao_de_pesar_no_21_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1525/mocao_de_pesar_no_21_-_2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares do Senhor Leonardo Arruda Câmara.</t>
   </si>
   <si>
     <t>1526</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1526/mocao_de_pesar_no_22_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1526/mocao_de_pesar_no_22_-_2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares da Jovem Renata Costa Félix de Araújo Faustino.</t>
   </si>
   <si>
     <t>1529</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1529/mocao_de_pesar_no_23_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1529/mocao_de_pesar_no_23_-_2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares do Senhor Marcos César Campos.</t>
   </si>
   <si>
     <t>1579</t>
   </si>
   <si>
     <t>Carlos César F. de Melo (César de Augustinho), Álisson de Barão, Aluísio Soares de Sena (Aluísio Sena), Gelson Vitor, Juninho Salú, Manga Rosa, Maria de Fátima, Marione de Alburqueque Moreira (Marione Moreira), Mateus Catolé, Patrícia Maria de Lima Silva (Patrícia Lima), Tiago da Costa de Araújo (Tiago Araújo), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1579/mocao_de_pesar_no_24_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1579/mocao_de_pesar_no_24_-_2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares da Senhora Maria Odete Soares de Oliveira.</t>
   </si>
   <si>
     <t>1580</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1580/mocao_de_pesar_no_25_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1580/mocao_de_pesar_no_25_-_2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares do Senhor Luiz Antônio Pereira Alves.</t>
   </si>
   <si>
     <t>1581</t>
   </si>
   <si>
     <t>Marione de Alburqueque Moreira (Marione Moreira), Álisson de Barão, Aluísio Soares de Sena (Aluísio Sena), Carlos César F. de Melo (César de Augustinho), Gelson Vitor, Juninho Salú, Manga Rosa, Maria de Fátima, Mateus Catolé, Patrícia Maria de Lima Silva (Patrícia Lima), Tiago da Costa de Araújo (Tiago Araújo), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1581/mocao_de_pesar_no_26_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1581/mocao_de_pesar_no_26_-_2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares da Senhora Maria da Penha Souza Silva.</t>
   </si>
   <si>
     <t>1592</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1592/mocao_de_pesar_no_27_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1592/mocao_de_pesar_no_27_-_2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares do Senhor Carlos Alberto Rodrigues.</t>
   </si>
   <si>
     <t>1601</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1601/mocao_de_pesar_no_28_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1601/mocao_de_pesar_no_28_-_2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares do Senhor Antônio Alves da Silva.</t>
   </si>
   <si>
     <t>1602</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1602/mocao_de_pesar_no_29_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1602/mocao_de_pesar_no_29_-_2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares da Senhora Angelina Cunha Lima.</t>
   </si>
   <si>
     <t>1603</t>
   </si>
   <si>
     <t>Edson Costa</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares da Senhora Maria das Graças Cândido Barbosa.</t>
   </si>
   <si>
     <t>1620</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1620/mocao_de_pesar_no_31_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1620/mocao_de_pesar_no_31_-_2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares do Senhor Edson dos Santos Bezerra.</t>
   </si>
   <si>
     <t>1623</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1623/mocao_de_pesar_no_32_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1623/mocao_de_pesar_no_32_-_2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares do Senhor José Fernandes de Moura.</t>
   </si>
   <si>
     <t>1624</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1624/mocao_de_pesar_no_33_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1624/mocao_de_pesar_no_33_-_2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares do Senhor Geraldo Marques de Lima.</t>
   </si>
   <si>
     <t>1632</t>
   </si>
   <si>
     <t>Juninho Salú, Álisson de Barão, Aluísio Soares de Sena (Aluísio Sena), Anne Gabriela Moreira de Souza Melo (Gabi Melo), Carlos César F. de Melo (César de Augustinho), Gelson Vitor, Manga Rosa, Maria de Fátima, Marione de Alburqueque Moreira (Marione Moreira), Mateus Catolé, Patrícia Maria de Lima Silva (Patrícia Lima), Tiago da Costa de Araújo (Tiago Araújo), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1632/mocao_de_pesar_no_34_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1632/mocao_de_pesar_no_34_-_2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares do Senhor Luiz Carlos da Costa (Lulinha).</t>
   </si>
   <si>
     <t>1643</t>
   </si>
   <si>
     <t>Patrícia Maria de Lima Silva (Patrícia Lima), Álisson de Barão, Aluísio Soares de Sena (Aluísio Sena), Anne Gabriela Moreira de Souza Melo (Gabi Melo), Carlos César F. de Melo (César de Augustinho), Gelson Vitor, Juninho Salú, Manga Rosa, Maria de Fátima, Marione de Alburqueque Moreira (Marione Moreira), Mateus Catolé, Tiago da Costa de Araújo (Tiago Araújo), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1643/mocao_de_pesar_no_35_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1643/mocao_de_pesar_no_35_-_2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares do Senhor Pedro Francisco de Oliveira.</t>
   </si>
   <si>
     <t>1644</t>
   </si>
   <si>
     <t>Maria de Fátima, Álisson de Barão, Aluísio Soares de Sena (Aluísio Sena), Anne Gabriela Moreira de Souza Melo (Gabi Melo), Carlos César F. de Melo (César de Augustinho), Gelson Vitor, Juninho Salú, Manga Rosa, Marione de Alburqueque Moreira (Marione Moreira), Mateus Catolé, Patrícia Maria de Lima Silva (Patrícia Lima), Tiago da Costa de Araújo (Tiago Araújo), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1644/mocao_de_pesar_no_36_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1644/mocao_de_pesar_no_36_-_2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares da Senhora Virgínia Maria Duarte.</t>
   </si>
   <si>
     <t>1645</t>
   </si>
   <si>
     <t>Carlos César F. de Melo (César de Augustinho), Patrícia Maria de Lima Silva (Patrícia Lima)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1645/mocao_de_pesar_no_37_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1645/mocao_de_pesar_no_37_-_2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares do Senhor Antônio Basílio de Lima.</t>
   </si>
   <si>
     <t>1651</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1651/mocao_de_pesar_no_38_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1651/mocao_de_pesar_no_38_-_2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares da Senhora Francisca Targino.</t>
   </si>
   <si>
     <t>1652</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1652/mocao_de_pesar_no_39_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1652/mocao_de_pesar_no_39_-_2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares do Senhor José Pedro da Silva.</t>
   </si>
   <si>
     <t>1695</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1695/mocao_de_pesar_no_40_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1695/mocao_de_pesar_no_40_-_2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares do Senhor João Pedro da Costa.</t>
   </si>
   <si>
     <t>1697</t>
   </si>
   <si>
     <t>Marione de Alburqueque Moreira (Marione Moreira), Álisson de Barão, Aluísio Soares de Sena (Aluísio Sena), Anne Gabriela Moreira de Souza Melo (Gabi Melo), Carlos César F. de Melo (César de Augustinho), Gelson Vitor, Juninho Salú, Manga Rosa, Maria de Fátima, Mateus Catolé, Patrícia Maria de Lima Silva (Patrícia Lima), Tiago da Costa de Araújo (Tiago Araújo), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1697/mocao_de_pesar_no_41_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1697/mocao_de_pesar_no_41_-_2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares do Senhor Geraldo Antônio de Oliveira.</t>
   </si>
   <si>
     <t>1705</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1705/mocao_de_pesar_no_42_-_2024.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1705/mocao_de_pesar_no_42_-_2024.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares da Senhora Cleoneide Ferreira Barbosa.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -4224,67 +4224,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1392/lei_no1.481-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1554/projeto_de_lei_no_05_-_2024_despacho.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1553/projeto_de_lei_no_06_-_2024_despacho.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1562/projeto_de_lei_no_11_-_2024_despacho.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1560/projeto_de_lei_no_12_-_2024_despacho.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1626/projeto_de_lei_no_14_-_2024_-_despacho.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1634/projeto_de_lei_no_15_-_2024_-_despacho.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1635/projeto_de_lei_no_16_-_2024-_despacho.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1636/projeto_de_lei_no_17_-_2024_-_despacho.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1702/projeto_de_lei_no_20_-_2024_despacho.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1703/projeto_de_lei_no_21_-_2024_-_despacho.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1704/projeto_de_lei_no_22_-_2024_-_despacho.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1370/projeto_de_lei_no_01_-_2024__despacho_-_magisterio.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1377/projeto_de_lei_no_02_-_2024_despacho_-_salario_minimo.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1474/projeto_de_lei_no_03_-_2024_educacao_integral_despacho.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1532/projeto_de_lei_no_04_-_2024_despacho.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1552/projeto_de_lei_no_06_-_2024_credito_adicional_despacho.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1625/projeto_de_lei_no_09_-_2024_loa_-_despacho.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1641/projeto_de_lei_no_10_-_2024_despacho.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1698/projeto_de_lei_no_11_-_2024_despacho.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1699/projeto_de_lei_no_12-_2024_-_despacho.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1700/projeto_de_lei_no_13_-_2024_despacho.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1571/projeto_de_lei_complementar_no_01_-_2024_despacho.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1640/projeto_de_lei_complementar_no_03_-_2024_despacho.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1650/projeto_de_lei_complementar_no_04_-_2024_despacho.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1350/indicacao_n_o01-_2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1349/indicacao_no_02_-_2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1351/indicacao_no_03_-_2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1352/indicacao_no_21_-_2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1353/indicacao_no_05_-_2024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1354/indicacao_no_06_-_2024.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1355/indicacao_no_07_-_2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1356/indicacao_no_08_-_2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1357/indicacao_no_09_-_2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1358/indicacao_no_10_-_2024.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1359/indicacao_no_11_-_2024.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1360/indicacao_no_12_-_2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1361/indicacao_no_13_-_2024.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1362/indicacao_no_14_-_2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1363/indicacao_no_15_-_2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1364/indicacao_no_16_-_2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1365/indicacao_no_17_-_2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1366/indicacao_no_18_-_2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1367/indicacao_no_19_-_2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1376/indicacao_no_20_-_2024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1394/indicacao_no_22_-_2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1380/indicacao_no_23_-_2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1381/indicacao_no_24_-_2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1382/indicacao_no_25_-_2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1383/indicacao_no_26_-_2024.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1384/indicacao_no_27_-_2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1385/indicacao_no_28_-_2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1386/indicacao_no_29_-_2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1387/indicacao_no_30_-_2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1390/indicacao_no_31_-_2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1399/indicacao_no_32_-_2024.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1400/indicacao_no_33_-_2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1401/indicacao_no_34_-_2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1402/indicacao_no_35_-_2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1403/indicacao_no_36_-_2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1404/indicacao_no_37_-_2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1405/indicacao_n_38_-_2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1406/indicacao_no_39_-_2024.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1407/indicacao_no_40_-_2024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1408/indicacao_no_41_-_2024.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1409/indicacao_no_42_-_2024.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1410/indicacao_no_43_-_2024.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1411/indicacao_no_44_-_2024.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1412/indicacao_no_45_-_2024.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1413/indicacao_no_46_-_2024.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1423/indicacao_no_47_-_2024.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1424/indicacao_no48-2024.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1425/indicacao_no_49_-_2024.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1426/indicacao_no_50_-_2024.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1427/indicacao_no_51_-2024.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1428/indicacao_no_52_-_2024.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1429/indicacao_no_53_-_2024.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1430/indicacao_no54-2024.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1431/indicacao_no_55_-2024.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1432/indicacao_no_56_-_2024.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1433/indicacao_no_57_-_2024.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1434/indicacao_no_58_-_2024.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1435/indicacao_no_59_-_2024.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1436/indicacao_no_60_-_2024.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1437/indicacao_no_61_-_2024.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1438/indicacao_no_62_-_2024.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1439/indicacao_no_63_-_2024.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1440/indicacao_no_64_-_2024.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1441/indicacao_no_65_-_2024.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1442/indicacao_no_66_-_2024.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1444/indicacao_no_67_-_2024.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1445/indicacao_no_68_-_2024.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1451/indicacao_no_69_-_2024.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1452/indicacao_no_70_-_2024.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1453/indicacao_no_71_-_2024.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1454/indicacao_no_72_-_2024.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1455/indicacao_no_73_-_2024.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1456/indicacao_no_74_-_2024.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1457/indicacao_no_75_-_2024.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1458/indicacao_no_76_-_2024.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1461/indicacao_no_78_-_2024.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1466/indicacao_no_79_-_2024.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1467/indicacao_no_80_-_2024.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1468/indicacao_no_81_-_2024.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1469/indicacao_no_82_-_2024.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1470/indicacao_no_83_-_2024.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1475/indicacao_no_84_-_2024.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1476/indicacao_no_85_-_2024.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1477/indicacao_no_86_-_2024.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1478/indicacao_no_87_-_2024.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1479/indicacao_no_88_-_2024.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1480/indicacao_no_89_-_2024.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1481/indicacao_no_90_-_2024.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1483/indicacao_no_91_-_2024.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1485/indicacao_no_92_-_2024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1486/indicacao_no_93_-_2024.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1487/indicacao_no_94_-_2024.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1488/indicacao_no_95_-_2024.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1489/indicacao_no_96_-_2024.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1490/indicacao_no_97_-_2024.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1491/indicacao_no_98_-_2024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1492/indicacao_no_99_-_2024.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1493/indicacao_no_100_-_2024_.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1494/indicacao_no_101_-_2024.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1495/indicacao_no_102_-_2024.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1497/indicacao_no_103_-_2024.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1498/indicacao_no_104_-_2024.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1500/indicacao_no_105_-_2024_.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1501/indicacao_no_106_-_2024.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1502/indicacao_no_107_-_2024.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1503/indicacao_no_108_-_2024.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1504/indicacao_no_109_-_2024.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1505/indicacao_no_110_-_2024.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1506/indicacao_no_111_-_2024.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1507/indicacao_no_112_-_2024.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1508/indicacao_no_113_-_2024.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1509/indicacao_no_114_-_2024.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1510/indicacao_no_115_-_2024.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1511/indicacao_no_116_-_2024.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1512/indicacao_no_117_-_2024.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1517/indicacao_no_118_-_2024.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1518/indicacao_no_119_-_2024.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1519/indicacao_no_120_-_2024.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1520/indicacao_no_121_-_2024.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1521/indicacao_no_122_-_2024.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1522/indicacao_no_123_-_2024.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1523/indicacao_no_124_-_2024.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1524/indicacao_no_125_-_2024.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1528/indicacao_no_126_-_2024.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1530/indicacao_no_127_-_2024.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1531/indicacao_no_128_-_2024.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1533/indicacao_no_129_-_2024.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1534/indicacao_no_130_-_2024.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1535/indicacao_no_131_-_2024.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1536/indicacao_no_132_-_2024.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1537/indicacao_no_133_-_2024.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1538/indicacao_no_134_-_2024.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1539/indicacao_no_135_-_2024.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1540/indicacao_no_136_-_2024.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1541/indicacao_no_137_-_2024.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1542/indicacao_no_138_-_2024.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1543/indicacao_no_139_-_2024.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1544/indicacao_no_140_-_2024.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1546/indicacao_no_141_-_2024.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1547/indicacao_no_142_-_2024.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1548/indicacao_no_143_-_2024.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1549/indicacao_no_144_-_2024.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1555/indicacao_no_145_-_2024.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1556/indicacao_no_146_-_2024.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1564/indicacao_no_147_-_2024.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1565/indicacao_no_148_-_2024.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1566/indicacao_no_149_-_2024__retirado_da_pauta_.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1567/indicacao_no_150_-_2024.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1568/indicacao_no_151_-_2024.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1570/indicacao_no_152_-_2024.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1582/indicacao_no_153_-_2024.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1573/indicacao_no_154_-_2024.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1574/indicacao_no_155_-_2024.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1575/indicacao_no_156_-_2024.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1576/indicacao_no_157_-_2024.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1577/indicacao_no_158_-_2024.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1578/indicacao_no_159_-_2024.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1583/indicacao_no_160_-_2024.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1584/indicacao_no_161_-_2024.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1585/indicacao_no_162_-_2024.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1586/indicacao_no_163_-_2024.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1587/indicacao_no_164_-_2024.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1588/indicacao_no_165_-_2024.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1589/indicacao_no_166_-_2024.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1590/indicacao_no_167_-_2024.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1591/indicacao_no_168_-_2024.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1593/indicacao_no_169_-_2024.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1594/indicacao_no_170_-_2024.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1595/indicacao_no_171_-_2024.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1596/indicacao_no_172_-_2024.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1597/indicacao_no_173_-_2024.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1598/indicacao_no_174_-_2024.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1599/indicacao_no_175_-_2024.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1600/indicacao_no_176_-_2024.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1604/indicacao_no_177_-_2024.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1606/indicacao_no_178_-_2024.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1608/indicacao_no_179_-_2024.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1609/indicacao_no_180_-_2024.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1610/indicacao_no_181_-_2024.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1611/indicacao_no_182_-_2024.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1612/indicacao_no_183_-_2024.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1613/indicacao_no_184_-_2024.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1614/indicacao_no_185_-_2024.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1615/indicacao_no_186_-_2024.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1616/indicacao_no_187_-_2024.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1619/indicacao_no_188_-_2024.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1621/indicacao_no_189_-_2024.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1622/indicacao_no_190_-_2024.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1627/indicacao_no_191_-_2024.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1628/indicacao_no_192_-_2024.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1630/indicacao_no_193_-_2024.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1631/indicacao_no_194_-_2024.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1633/indicacao_no_195_-_2024.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1638/indicacao_no_196_-_2024.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1646/indicacao_no_197_-_2024.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1647/indicacao_no_198_-_2024.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1648/indicacao_no_199_-_2024.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1649/indicacao_no_200_-_2024.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1654/indicacao_no_201_-_2024.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1655/indicacao_no_202_-_2024.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1656/indicacao_no_203_-_2024.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1657/indicacao_no_204_-_2024.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1658/indicacao_no_205_-_2024.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1659/indicacao_no_206_-_2024.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1661/indicacao_no_207_-_2024.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1691/indicacao_no_208_-_2024.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1692/indicacao_no_209_-_2024.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1696/indicacao_no_210_-_2024.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1374/mocao_de_aplausos_no01-2024.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1375/mocao_de_aplausos_no02-2024.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1391/mocao_de_aplausos_no03-2024_.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1395/mocao_de_aplausos_no04-2024.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1396/mocao_de_aplausos_no05-2024.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1397/mocao_de_aplausos_no06-2024.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1398/mocao_de_aplausos_no07-2024.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1418/mocao_de_aplausos_no08-2024_.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1419/mocao_de_aplausos_no09-2024.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1421/mocao_de_aplausos_n10_-_2024.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1422/mocao_de_aplausos_no11-2024.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1446/mocao_de_aplausos_no12-2024.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1447/mocao_de_aplausos_no13-2024.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1448/mocao_de_aplausos_no14-2024.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1449/mocao_de_aplausos_no15-2024.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1450/mocao_de_aplausos_no16-2024.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1462/mocao_de_aplausos_no17-2024.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1465/mocao_de_aplausos_no18-2024.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1482/mocao_de_aplausos_no19-2024.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1516/mocao_de_aplausos_no_20_-_2024.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1527/mocao_de_aplausos_no_21_-_2024.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1617/mocao_de_aplausos_no_22_-_2024.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1618/mocao_de_aplausos_no_23_-_2024.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1653/mocao_de_aplausos_no_24_-_2024.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1660/mocao_de_aplausos_no_25_-_2024.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1347/mocao_de_pesar_no_01_-_2024_.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1348/mocao_de_pesar_no02-2024.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1368/mocao_de_pesar_no03-2024.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1369/mocao_de_pesar_no04-2024.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1371/mocao_de_pesar_no05-2024.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1372/mocao_de_pesar_n06-2024.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1373/mocao_de_pesar_no07-2024.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1388/mocao_de_pesar_no_08_-_2024.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1389/mocao_de_pesar_no_09_-2024.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1414/mocao_de_pesar_no10-2024.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1415/mocao_de_pesar_no11-2024.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1416/mocao_de_pesar_no12-2024.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1417/mocao_de_pesar_no13-2024.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1420/mocao_de_pesar_no_14-2024.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1443/mocao_de_pesar_no15-2024.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1463/mocao_de_pesar_no16-2024.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1464/mocao_de_pesar_no17-2024.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1471/mocao_de_pesar_no_18_-_2024.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1472/mocao_de_pesar_no_19-2024.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1499/mocao_de_pesar_no_20_-_2024.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1525/mocao_de_pesar_no_21_-_2024.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1526/mocao_de_pesar_no_22_-_2024.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1529/mocao_de_pesar_no_23_-_2024.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1579/mocao_de_pesar_no_24_-_2024.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1580/mocao_de_pesar_no_25_-_2024.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1581/mocao_de_pesar_no_26_-_2024.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1592/mocao_de_pesar_no_27_-_2024.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1601/mocao_de_pesar_no_28_-_2024.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1602/mocao_de_pesar_no_29_-_2024.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1620/mocao_de_pesar_no_31_-_2024.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1623/mocao_de_pesar_no_32_-_2024.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1624/mocao_de_pesar_no_33_-_2024.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1632/mocao_de_pesar_no_34_-_2024.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1643/mocao_de_pesar_no_35_-_2024.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1644/mocao_de_pesar_no_36_-_2024.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1645/mocao_de_pesar_no_37_-_2024.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1651/mocao_de_pesar_no_38_-_2024.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1652/mocao_de_pesar_no_39_-_2024.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1695/mocao_de_pesar_no_40_-_2024.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1697/mocao_de_pesar_no_41_-_2024.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1705/mocao_de_pesar_no_42_-_2024.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1392/lei_no1.481-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1554/projeto_de_lei_no_05_-_2024_despacho.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1553/projeto_de_lei_no_06_-_2024_despacho.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1562/projeto_de_lei_no_11_-_2024_despacho.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1560/projeto_de_lei_no_12_-_2024_despacho.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1626/projeto_de_lei_no_14_-_2024_-_despacho.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1634/projeto_de_lei_no_15_-_2024_-_despacho.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1635/projeto_de_lei_no_16_-_2024-_despacho.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1636/projeto_de_lei_no_17_-_2024_-_despacho.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1702/projeto_de_lei_no_20_-_2024_despacho.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1703/projeto_de_lei_no_21_-_2024_-_despacho.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1704/projeto_de_lei_no_22_-_2024_-_despacho.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1370/projeto_de_lei_no_01_-_2024__despacho_-_magisterio.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1377/projeto_de_lei_no_02_-_2024_despacho_-_salario_minimo.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1474/projeto_de_lei_no_03_-_2024_educacao_integral_despacho.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1532/projeto_de_lei_no_04_-_2024_despacho.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1552/projeto_de_lei_no_06_-_2024_credito_adicional_despacho.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1625/projeto_de_lei_no_09_-_2024_loa_-_despacho.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1641/projeto_de_lei_no_10_-_2024_despacho.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1698/projeto_de_lei_no_11_-_2024_despacho.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1699/projeto_de_lei_no_12-_2024_-_despacho.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1700/projeto_de_lei_no_13_-_2024_despacho.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1571/projeto_de_lei_complementar_no_01_-_2024_despacho.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1640/projeto_de_lei_complementar_no_03_-_2024_despacho.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1650/projeto_de_lei_complementar_no_04_-_2024_despacho.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1350/indicacao_n_o01-_2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1349/indicacao_no_02_-_2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1351/indicacao_no_03_-_2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1352/indicacao_no_21_-_2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1353/indicacao_no_05_-_2024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1354/indicacao_no_06_-_2024.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1355/indicacao_no_07_-_2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1356/indicacao_no_08_-_2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1357/indicacao_no_09_-_2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1358/indicacao_no_10_-_2024.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1359/indicacao_no_11_-_2024.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1360/indicacao_no_12_-_2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1361/indicacao_no_13_-_2024.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1362/indicacao_no_14_-_2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1363/indicacao_no_15_-_2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1364/indicacao_no_16_-_2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1365/indicacao_no_17_-_2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1366/indicacao_no_18_-_2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1367/indicacao_no_19_-_2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1376/indicacao_no_20_-_2024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1394/indicacao_no_22_-_2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1380/indicacao_no_23_-_2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1381/indicacao_no_24_-_2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1382/indicacao_no_25_-_2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1383/indicacao_no_26_-_2024.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1384/indicacao_no_27_-_2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1385/indicacao_no_28_-_2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1386/indicacao_no_29_-_2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1387/indicacao_no_30_-_2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1390/indicacao_no_31_-_2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1399/indicacao_no_32_-_2024.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1400/indicacao_no_33_-_2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1401/indicacao_no_34_-_2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1402/indicacao_no_35_-_2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1403/indicacao_no_36_-_2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1404/indicacao_no_37_-_2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1405/indicacao_n_38_-_2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1406/indicacao_no_39_-_2024.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1407/indicacao_no_40_-_2024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1408/indicacao_no_41_-_2024.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1409/indicacao_no_42_-_2024.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1410/indicacao_no_43_-_2024.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1411/indicacao_no_44_-_2024.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1412/indicacao_no_45_-_2024.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1413/indicacao_no_46_-_2024.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1423/indicacao_no_47_-_2024.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1424/indicacao_no48-2024.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1425/indicacao_no_49_-_2024.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1426/indicacao_no_50_-_2024.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1427/indicacao_no_51_-2024.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1428/indicacao_no_52_-_2024.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1429/indicacao_no_53_-_2024.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1430/indicacao_no54-2024.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1431/indicacao_no_55_-2024.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1432/indicacao_no_56_-_2024.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1433/indicacao_no_57_-_2024.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1434/indicacao_no_58_-_2024.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1435/indicacao_no_59_-_2024.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1436/indicacao_no_60_-_2024.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1437/indicacao_no_61_-_2024.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1438/indicacao_no_62_-_2024.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1439/indicacao_no_63_-_2024.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1440/indicacao_no_64_-_2024.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1441/indicacao_no_65_-_2024.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1442/indicacao_no_66_-_2024.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1444/indicacao_no_67_-_2024.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1445/indicacao_no_68_-_2024.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1451/indicacao_no_69_-_2024.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1452/indicacao_no_70_-_2024.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1453/indicacao_no_71_-_2024.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1454/indicacao_no_72_-_2024.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1455/indicacao_no_73_-_2024.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1456/indicacao_no_74_-_2024.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1457/indicacao_no_75_-_2024.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1458/indicacao_no_76_-_2024.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1461/indicacao_no_78_-_2024.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1466/indicacao_no_79_-_2024.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1467/indicacao_no_80_-_2024.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1468/indicacao_no_81_-_2024.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1469/indicacao_no_82_-_2024.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1470/indicacao_no_83_-_2024.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1475/indicacao_no_84_-_2024.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1476/indicacao_no_85_-_2024.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1477/indicacao_no_86_-_2024.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1478/indicacao_no_87_-_2024.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1479/indicacao_no_88_-_2024.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1480/indicacao_no_89_-_2024.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1481/indicacao_no_90_-_2024.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1483/indicacao_no_91_-_2024.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1485/indicacao_no_92_-_2024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1486/indicacao_no_93_-_2024.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1487/indicacao_no_94_-_2024.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1488/indicacao_no_95_-_2024.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1489/indicacao_no_96_-_2024.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1490/indicacao_no_97_-_2024.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1491/indicacao_no_98_-_2024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1492/indicacao_no_99_-_2024.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1493/indicacao_no_100_-_2024_.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1494/indicacao_no_101_-_2024.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1495/indicacao_no_102_-_2024.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1497/indicacao_no_103_-_2024.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1498/indicacao_no_104_-_2024.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1500/indicacao_no_105_-_2024_.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1501/indicacao_no_106_-_2024.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1502/indicacao_no_107_-_2024.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1503/indicacao_no_108_-_2024.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1504/indicacao_no_109_-_2024.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1505/indicacao_no_110_-_2024.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1506/indicacao_no_111_-_2024.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1507/indicacao_no_112_-_2024.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1508/indicacao_no_113_-_2024.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1509/indicacao_no_114_-_2024.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1510/indicacao_no_115_-_2024.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1511/indicacao_no_116_-_2024.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1512/indicacao_no_117_-_2024.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1517/indicacao_no_118_-_2024.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1518/indicacao_no_119_-_2024.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1519/indicacao_no_120_-_2024.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1520/indicacao_no_121_-_2024.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1521/indicacao_no_122_-_2024.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1522/indicacao_no_123_-_2024.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1523/indicacao_no_124_-_2024.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1524/indicacao_no_125_-_2024.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1528/indicacao_no_126_-_2024.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1530/indicacao_no_127_-_2024.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1531/indicacao_no_128_-_2024.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1533/indicacao_no_129_-_2024.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1534/indicacao_no_130_-_2024.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1535/indicacao_no_131_-_2024.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1536/indicacao_no_132_-_2024.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1537/indicacao_no_133_-_2024.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1538/indicacao_no_134_-_2024.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1539/indicacao_no_135_-_2024.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1540/indicacao_no_136_-_2024.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1541/indicacao_no_137_-_2024.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1542/indicacao_no_138_-_2024.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1543/indicacao_no_139_-_2024.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1544/indicacao_no_140_-_2024.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1546/indicacao_no_141_-_2024.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1547/indicacao_no_142_-_2024.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1548/indicacao_no_143_-_2024.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1549/indicacao_no_144_-_2024.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1555/indicacao_no_145_-_2024.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1556/indicacao_no_146_-_2024.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1564/indicacao_no_147_-_2024.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1565/indicacao_no_148_-_2024.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1566/indicacao_no_149_-_2024__retirado_da_pauta_.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1567/indicacao_no_150_-_2024.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1568/indicacao_no_151_-_2024.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1570/indicacao_no_152_-_2024.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1582/indicacao_no_153_-_2024.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1573/indicacao_no_154_-_2024.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1574/indicacao_no_155_-_2024.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1575/indicacao_no_156_-_2024.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1576/indicacao_no_157_-_2024.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1577/indicacao_no_158_-_2024.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1578/indicacao_no_159_-_2024.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1583/indicacao_no_160_-_2024.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1584/indicacao_no_161_-_2024.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1585/indicacao_no_162_-_2024.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1586/indicacao_no_163_-_2024.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1587/indicacao_no_164_-_2024.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1588/indicacao_no_165_-_2024.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1589/indicacao_no_166_-_2024.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1590/indicacao_no_167_-_2024.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1591/indicacao_no_168_-_2024.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1593/indicacao_no_169_-_2024.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1594/indicacao_no_170_-_2024.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1595/indicacao_no_171_-_2024.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1596/indicacao_no_172_-_2024.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1597/indicacao_no_173_-_2024.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1598/indicacao_no_174_-_2024.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1599/indicacao_no_175_-_2024.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1600/indicacao_no_176_-_2024.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1604/indicacao_no_177_-_2024.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1606/indicacao_no_178_-_2024.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1608/indicacao_no_179_-_2024.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1609/indicacao_no_180_-_2024.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1610/indicacao_no_181_-_2024.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1611/indicacao_no_182_-_2024.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1612/indicacao_no_183_-_2024.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1613/indicacao_no_184_-_2024.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1614/indicacao_no_185_-_2024.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1615/indicacao_no_186_-_2024.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1616/indicacao_no_187_-_2024.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1619/indicacao_no_188_-_2024.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1621/indicacao_no_189_-_2024.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1622/indicacao_no_190_-_2024.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1627/indicacao_no_191_-_2024.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1628/indicacao_no_192_-_2024.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1630/indicacao_no_193_-_2024.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1631/indicacao_no_194_-_2024.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1633/indicacao_no_195_-_2024.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1638/indicacao_no_196_-_2024.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1646/indicacao_no_197_-_2024.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1647/indicacao_no_198_-_2024.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1648/indicacao_no_199_-_2024.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1649/indicacao_no_200_-_2024.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1654/indicacao_no_201_-_2024.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1655/indicacao_no_202_-_2024.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1656/indicacao_no_203_-_2024.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1657/indicacao_no_204_-_2024.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1658/indicacao_no_205_-_2024.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1659/indicacao_no_206_-_2024.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1661/indicacao_no_207_-_2024.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1691/indicacao_no_208_-_2024.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1692/indicacao_no_209_-_2024.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1696/indicacao_no_210_-_2024.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1374/mocao_de_aplausos_no01-2024.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1375/mocao_de_aplausos_no02-2024.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1391/mocao_de_aplausos_no03-2024_.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1395/mocao_de_aplausos_no04-2024.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1396/mocao_de_aplausos_no05-2024.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1397/mocao_de_aplausos_no06-2024.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1398/mocao_de_aplausos_no07-2024.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1418/mocao_de_aplausos_no08-2024_.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1419/mocao_de_aplausos_no09-2024.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1421/mocao_de_aplausos_n10_-_2024.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1422/mocao_de_aplausos_no11-2024.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1446/mocao_de_aplausos_no12-2024.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1447/mocao_de_aplausos_no13-2024.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1448/mocao_de_aplausos_no14-2024.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1449/mocao_de_aplausos_no15-2024.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1450/mocao_de_aplausos_no16-2024.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1462/mocao_de_aplausos_no17-2024.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1465/mocao_de_aplausos_no18-2024.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1482/mocao_de_aplausos_no19-2024.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1516/mocao_de_aplausos_no_20_-_2024.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1527/mocao_de_aplausos_no_21_-_2024.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1617/mocao_de_aplausos_no_22_-_2024.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1618/mocao_de_aplausos_no_23_-_2024.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1653/mocao_de_aplausos_no_24_-_2024.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1660/mocao_de_aplausos_no_25_-_2024.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1347/mocao_de_pesar_no_01_-_2024_.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1348/mocao_de_pesar_no02-2024.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1368/mocao_de_pesar_no03-2024.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1369/mocao_de_pesar_no04-2024.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1371/mocao_de_pesar_no05-2024.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1372/mocao_de_pesar_n06-2024.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1373/mocao_de_pesar_no07-2024.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1388/mocao_de_pesar_no_08_-_2024.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1389/mocao_de_pesar_no_09_-2024.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1414/mocao_de_pesar_no10-2024.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1415/mocao_de_pesar_no11-2024.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1416/mocao_de_pesar_no12-2024.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1417/mocao_de_pesar_no13-2024.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1420/mocao_de_pesar_no_14-2024.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1443/mocao_de_pesar_no15-2024.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1463/mocao_de_pesar_no16-2024.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1464/mocao_de_pesar_no17-2024.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1471/mocao_de_pesar_no_18_-_2024.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1472/mocao_de_pesar_no_19-2024.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1499/mocao_de_pesar_no_20_-_2024.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1525/mocao_de_pesar_no_21_-_2024.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1526/mocao_de_pesar_no_22_-_2024.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1529/mocao_de_pesar_no_23_-_2024.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1579/mocao_de_pesar_no_24_-_2024.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1580/mocao_de_pesar_no_25_-_2024.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1581/mocao_de_pesar_no_26_-_2024.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1592/mocao_de_pesar_no_27_-_2024.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1601/mocao_de_pesar_no_28_-_2024.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1602/mocao_de_pesar_no_29_-_2024.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1620/mocao_de_pesar_no_31_-_2024.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1623/mocao_de_pesar_no_32_-_2024.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1624/mocao_de_pesar_no_33_-_2024.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1632/mocao_de_pesar_no_34_-_2024.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1643/mocao_de_pesar_no_35_-_2024.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1644/mocao_de_pesar_no_36_-_2024.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1645/mocao_de_pesar_no_37_-_2024.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1651/mocao_de_pesar_no_38_-_2024.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1652/mocao_de_pesar_no_39_-_2024.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1695/mocao_de_pesar_no_40_-_2024.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1697/mocao_de_pesar_no_41_-_2024.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2024/1705/mocao_de_pesar_no_42_-_2024.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H347"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="41" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="128.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="127.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>