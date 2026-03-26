--- v0 (2025-12-24)
+++ v1 (2026-03-26)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Legislativo</t>
   </si>
   <si>
     <t>Aluísio Soares de Sena (Aluísio Sena)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/</t>
   </si>
   <si>
     <t>Denomina de Carmosina Lizete de Oliveira, a praça localizada na Rua Nestor Marinho, São Sebastião, neste município e dá outras providências</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Gelson Vitor</t>
   </si>
   <si>
     <t>Denomina de Manoel Pereira Bezerra a estrada rural que liga a RN 269 ao Serrote dos Bezerras, Município de Nova Cruz, RN</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Anne Gabriela Moreira de Souza Melo (Gabi Melo)</t>
   </si>
@@ -216,111 +216,111 @@
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Denomina de Antônio Soares Sobrinho (Antônio Pinto) a rua projetada localizada as margens da lagoa, na Comunidade de Primeira Lagoa.</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Maria de Fátima</t>
   </si>
   <si>
     <t>Denomina de Francisca Marques da Costa a Rua Projetada 18, localizada no bairro Bela Vista, Nova Cruz/RN.</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/899/projeto_de_lei_no_16.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/899/projeto_de_lei_no_16.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE INCENTIVO À CRIAÇÃO DE BIBLIOTECAS COMUNITÁRIAS NOS BAIRROS.</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/900/projeto_de_lei_no_17.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/900/projeto_de_lei_no_17.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DO MUNICÍPIO DE NOVA CRUZ/RN A CAMPANHA DE CONSCIENTIZAÇÃO SOBRE A CASTRAÇÃO E COMBATE AO CÂNCER EM ANIMAIS.</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/902/projeto_de_lei__no_18.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/902/projeto_de_lei__no_18.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO, DA “GALERIA LILÁS” NO ÂMBITO DA CÂMARA MUNICIPAL DE NOVA CRUZ.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Executivo</t>
   </si>
   <si>
     <t>Poder Executivo - PE</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/519/pl_1.2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/519/pl_1.2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a adoção do salário mínimo nacional nas remunerações dos servidores públicos municipais e dá outras providências</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/522/pl_2.2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/522/pl_2.2022.pdf</t>
   </si>
   <si>
     <t>Altera o Plano Plurianual vigente e dá outras providências.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/523/pl_3.2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/523/pl_3.2022.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial ao orçamento vigente e dá outras providências.</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
     <t>Concede reajuste ao piso salarial do magistério público municipal de Nova Cruz/RN, em cumprimento à Lei Federal nº 11.738/2008 determinado pela portaria nº 67, de 04 de fevereiro de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>Dispõe sobre a qualificação de Organizações Entidades Sociais, no âmbito do município, cria o Programa Municipal de Publicização e a Comissão Municipal de Publicização e dá outras providências.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>Autoriza o chefe do Poder Executivo a efetuar contratação temporária de excecional interesse público, nos termos do inciso IX, artigo 37, da Constituição Federal e dá outras providencias.</t>
   </si>
@@ -426,4338 +426,4338 @@
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Álisson de Barão, Juninho Salú</t>
   </si>
   <si>
     <t>Dispõe sobre o procedimento a ser observado nas Sessões Ordinárias e Extraordinárias, da Câmara Municipal de Nova Cruz/RN, de caráter híbrido (Presencial e/ou formato remoto), com o uso de tecnologia remota, bem como das sessões ordinárias e extraordinária e dá outras providências</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Álisson de Barão</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/524/requerimento_no_01_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/524/requerimento_no_01_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário Estadual de Infraestrutura do RN para que venha ser feito as adequações na ponte Régis Bittencourt que liga a nossa cidade Nova Cruz/RN.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/525/requerimento_no_02_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/525/requerimento_no_02_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário Estadual de Agricultura, Pesca e Pescado do RN para que venha ser retomado as obras do abatedouro Público Estadual.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>Juninho Salú, Álisson de Barão</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/526/requerimento_no_03_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/526/requerimento_no_03_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito e a Secretária de Infraestrutura a continuidade da obra de Pavimentação (calçamento) na Rua Carlos Alves Barbosa.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/527/requerimento_no_04_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/527/requerimento_no_04_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras e ao Secretário de Meio Ambiente que seja desempenhado um serviço de limpeza na lagoa da comunidade Lagoa dos Currais.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>Tiago da Costa de Araújo (Tiago Araújo)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/528/requerimento_no_05_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/528/requerimento_no_05_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras para que seja implantado melhorias nas sinalizações de trânsito e faixas de pedestre, nas proximidades da R. 18 de Abril, mais preciso no setor da Escola Modelo onde funciona o portão de saída para alunos, a fim de evitar tragédias.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/530/requerimento_no_06_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/530/requerimento_no_06_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras, Transporte e Serviço Urbano que seja utilizado a máquina patrol e o que for necessário de maquinário na estrada que liga o Sitio Bastiões até a comunidade do Xique-xique.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/531/requerimento_no_07_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/531/requerimento_no_07_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja realizado o conserto dos canteiros da Rua Severino Augusto de Moraes, que foram danificados pelas chuvas</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>Mateus Catolé</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/533/requerimento_no_08_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/533/requerimento_no_08_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras, Transporte e Serviço Urbano que seja feito a revitalização e manutenção de todas as estradas vicinais do município.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>Maria de Fátima, Patrícia Maria de Lima Silva (Patrícia Lima)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/534/requerimento_no_09_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/534/requerimento_no_09_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras, Transporte e Serviços Urbanos que sejam buscadas formas de incluir novas rotas para os dias de feira, devido haver somente uma via de passagem na rua Capitão José da Penha.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/535/requerimento_no_10_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/535/requerimento_no_10_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras, Transporte e Serviços Urbanos que passe a máquina Patrol na estrada que liga a comunidade da Lapa até a Lagoa do couro.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/536/requerimento_no_11_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/536/requerimento_no_11_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando a Secretaria de Obras e Serviços Urbanos, para que seja feita a reforma do posto de saúde do sítio Xique-xique.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>Anne Gabriela Moreira de Souza Melo (Gabi Melo), Marione de Alburqueque Moreira (Marione Moreira)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/537/requerimento_no_12_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/537/requerimento_no_12_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal que seja concedido o reajuste do piso salarial aos profissionais do magistério do nosso município.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>Aluísio Soares de Sena (Aluísio Sena), Álisson de Barão</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/538/requerimento_no_13_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/538/requerimento_no_13_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal a iluminação de LED na Rua Alberto Maranhão até a Rua Sargento Pantaleão.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/539/requerimento_no_14_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/539/requerimento_no_14_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando a pavimentação asfáltica das ruas próximas da Igreja do bairro do Frei Damião</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/540/requerimento_no_15_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/540/requerimento_no_15_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras, Transporte e Serviços Urbanos e ao Prefeito Municipal uma reforma e ampliação no Posto de Saúde da Comunidade de Lagoa Limpa.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>Gelson Vitor, Patrícia Maria de Lima Silva (Patrícia Lima)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/541/requerimento_no_16_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/541/requerimento_no_16_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal a pavimentação asfáltica das ruas Severino Freire Barbosa e Luiz Pedro da Costa, localizadas no bairro Planalto.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/543/requerimento_no_17_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/543/requerimento_no_17_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal informações quanto ao andamento da obra do parque de exposições que a algum tempo encontra-se parada.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>Álisson de Barão, Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/544/requerimento_no_18_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/544/requerimento_no_18_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal para que venha ser feito uma reforma na quadra esportiva na comunidade da Conceição do nosso município Nova Cruz/RN.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>Álisson de Barão, Aluísio Soares de Sena (Aluísio Sena)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/545/requerimento_no_19_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/545/requerimento_no_19_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Diretor do DER para que venha ser feito o recapeamento asfáltico da Rua Frei Serafim de Catânea na nossa cidade Nova Cruz/RN.</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>Manga Rosa</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/546/requerimento_no_20_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/546/requerimento_no_20_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal a construção de uma (01) passagem molhada na Comunidade de Lagoa do Couro e uma (01) na Comunidade do Curralinho.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Marione de Alburqueque Moreira (Marione Moreira), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/547/requerimento_no_21_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/547/requerimento_no_21_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras, Transporte e Serviços Urbanos que seja providenciada a recuperação de todas as estradas vicinais, bem como a limpeza no que diz respeito ao roço dos matos que liga a Fazenda Lapa aos Sítios Lagoa do Couro e Gravatá.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/548/requerimento_no_22_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/548/requerimento_no_22_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras, Transporte e Serviços Urbanos que seja feita a recuperação da Instalação Elétrica da quadra de esporte da Comunidade de Lagoa de Serra da Lapa.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/549/requerimento_no_23_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/549/requerimento_no_23_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Major do 5º DPRE que seja instalada uma placa informando que é proibido estacionar em frente ao Hospital Pedro Moura.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Patrícia Maria de Lima Silva (Patrícia Lima), Álisson de Barão, Tiago da Costa de Araújo (Tiago Araújo)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/550/requerimento_no_24_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/550/requerimento_no_24_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras, Transporte e Serviços Urbanos a pavimentação asfáltica da rua 8 de Dezembro do bairro Antônio Peixoto e a rua Emanoel Dias da Silva no bairro Planalto.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Juninho Salú, Manga Rosa, Patrícia Maria de Lima Silva (Patrícia Lima)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/551/requerimento_no_25_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/551/requerimento_no_25_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal a construção de um ponto de ônibus próximo ao pórtico da cidade.</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Juninho Salú, Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/552/requerimento_no_26_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/552/requerimento_no_26_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal a instalação de iluminação pública, luminárias com lâmpada de LED, iniciando nas proximidades da fazenda de Seu Marcelo até o pórtico da cidade.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Juninho Salú, Anne Gabriela Moreira de Souza Melo (Gabi Melo), Patrícia Maria de Lima Silva (Patrícia Lima)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/553/requerimento_no_27_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/553/requerimento_no_27_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal a criação e implementação da Guarda Municipal na cidade de Nova Cruz/RN.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Mateus Catolé, Álisson de Barão</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/554/requerimento_no_28_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/554/requerimento_no_28_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras, Transporte e Serviços Urbanos que seja feito a manutenção e reparos necessários para todas as passagens molhadas do município de Nova Cruz.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/555/requerimento_no_29_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/555/requerimento_no_29_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Juventude, Esporte e Lazer que seja elaborado um calendário esportivo para o ano de 2022.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Tiago da Costa de Araújo (Tiago Araújo), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/556/requerimento_no_30_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/556/requerimento_no_30_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras, Transporte e Serviços Urbanos que seja feito o asfalto junto com a instalação da iluminação de LED, na R. Antônio Crisanto da Costa.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/557/requerimento_no_31_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/557/requerimento_no_31_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras, Transporte e Serviços Urbanos que seja feito um mutirão de limpeza completa nas proximidades de toda linha férrea na R. Valdemiro M. Da Silva, no Bairro Antônio Peixoto</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/558/requerimento_no_32_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/558/requerimento_no_32_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal a implantação de duas lombadas do modelo tachões nas duas vias da rua Doutor Mario Negócio mais precisamente em frente ao Hospital Municipal da nossa cidade.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/559/requerimento_no_33_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/559/requerimento_no_33_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretario de Obras para que venha ser feito a implantação do piso intertravado no canteiro Central da rua Alberto Maranhão e a travessa Alberto Maranhão no bairro São Sebastião.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/560/requerimento_no_34_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/560/requerimento_no_34_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal para que venha ser feito a recuperação do calçamento da rua travessa Alberto Maranhão com a rua travessa Frei Serafim de Catanea no bairro São Sebastião, mais precisamente por trás do campo de futebol do São Sebastião em nossa cidade.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>Carlos César F. de Melo (César de Augustinho), Álisson de Barão, Gelson Vitor, Maria de Fátima, Marione de Alburqueque Moreira (Marione Moreira), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/561/requerimento_no_35_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/561/requerimento_no_35_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal que seja feito uma passagem molhada para ligar a zona urbana do nosso município ao Sitio Boqueirão</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Carlos César F. de Melo (César de Augustinho), Patrícia Maria de Lima Silva (Patrícia Lima), Tiago da Costa de Araújo (Tiago Araújo), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/562/requerimento_no_36_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/562/requerimento_no_36_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal a construção de uma praça de eventos no Bairro do Planalto</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Carlos César F. de Melo (César de Augustinho), Tiago da Costa de Araújo (Tiago Araújo), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/563/requerimento_no_37_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/563/requerimento_no_37_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal que veja a possibilidade de levar aos bairros do nosso município algumas secretarias para fazer um atendimento móvel.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/566/requerimento_no_38_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/566/requerimento_no_38_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando à Mesa Diretora a criação de uma Frente Parlamentar Feminina formada pelas vereadoras desta Casa.</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Manga Rosa, Marione de Alburqueque Moreira (Marione Moreira)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/568/requerimento_no_39_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/568/requerimento_no_39_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal a conclusão do saneamento básico em toda nossa cidade.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/569/requerimento_no_40_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/569/requerimento_no_40_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal a conclusão do calçamento do Loteamento Portal do Agreste, no bairro Santa Luzia</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>Manga Rosa, Marione de Alburqueque Moreira (Marione Moreira), Tiago da Costa de Araújo (Tiago Araújo)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/571/requerimento_no_41_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/571/requerimento_no_41_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Esporte que seja realizada uma manutenção completa no Ginásio Poliesportivo Geovana de Azevedo Targino.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/572/requerimento_no_42_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/572/requerimento_no_42_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja feito um anexo de um posto de saúde na sala de aula desativada da escola da comunidade Gravata.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/574/requerimento_no_43_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/574/requerimento_no_43_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal a recuperação da praça Getúlio Vargas, localizada na Rua Senador Georgino Avelino.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Álisson de Barão, Tiago da Costa de Araújo (Tiago Araújo)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/575/requerimento_no_44_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/575/requerimento_no_44_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal para que venha ser feito o calçamento da Rua Vereador Zacarias Martins no bairro Antônio Peixoto Mariano da nossa cidade Nova Cruz RN</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/576/requerimento_no_45_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/576/requerimento_no_45_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras um serviço de limpeza na Linha Férrea, localizada nas proximidades da prefeitura, até chegar à Coreia.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>Juninho Salú, Álisson de Barão, Maria de Fátima</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/577/requerimento_no_46_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/577/requerimento_no_46_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal a execução de obra de Pavimentação (calçamento) iniciando na Rua Jorge Felipe da Silva e que se estenda até o antigo Matadouro Público Municipal</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/578/requerimento_no_47_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/578/requerimento_no_47_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja encaminhada a mesa diretora da Câmara Municipal de Nova Cruz para nos reunirmos com o sindicato e os professores para tratar a respeito do Piso Salarial do magistério</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/579/requerimento__no_48_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/579/requerimento__no_48_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal informações sobre a emenda para a construção do CEO em Nova Cruz, emenda do Deputado Federal Rafael Mota no valor de 100.000.00 (cem mil reais) e da Excelentíssima Governadora Fátima Bezerra no valor de 250.000.00 (duzentos e cinquenta mil reais) peço informações sobre essa emenda se aconteceu algo ou não foi liberada</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/580/requerimento_no_49_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/580/requerimento_no_49_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Saúde um anexo da Unidade Básica de Saúde (UBS) no Assentamento José Rodrigues Sobrinho</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/581/requerimento_no_50_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/581/requerimento_no_50_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Saúde que seja encaminhado a Cópia do Relatório Quadrimestral da Saúde, apresentado nesta última semana, a qual não foi comunicado a população que haveria a prestação do mesmo.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/582/requerimento_no_51_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/582/requerimento_no_51_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal um pedido de informação sobre o recurso da emenda que o Deputado General Girão mandou para uma Academia de Saúde no ano de 2019.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>Tiago da Costa de Araújo (Tiago Araújo), Maria de Fátima</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/583/requerimento_no_52_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/583/requerimento_no_52_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja feito uma praça com Playground na junção da R. Primeiro de Maio com a R. Sen. Georgino Avelino, para que seja aproveitado este terreno pertencente ao município</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/584/requerimento_no_53_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/584/requerimento_no_53_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja feito periodicamente capinagem nas escolas do nosso município e também nos postos de saúde, a fim de evitar proliferação de doenças.</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>Carlos César F. de Melo (César de Augustinho), Álisson de Barão, Aluísio Soares de Sena (Aluísio Sena), Anne Gabriela Moreira de Souza Melo (Gabi Melo), Gelson Vitor, Juninho Salú, Manga Rosa, Maria de Fátima, Marione de Alburqueque Moreira (Marione Moreira), Mateus Catolé, Patrícia Maria de Lima Silva (Patrícia Lima), Tiago da Costa de Araújo (Tiago Araújo), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/585/requerimento_no_54_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/585/requerimento_no_54_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Ministro da Saúde, Secretário Estadual de Saúde e ao Secretário Municipal de Saúde que sejam destinados recursos para a construção de uma UPA (Unidade de Pronto Atendimento) em nosso município.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/586/requerimento_no_55_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/586/requerimento_no_55_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário Municipal de Saúde que seja feito o uso do carro fumacê para fins de combate à Dengue e à Chikungunya, em nossa cidade.</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>Mateus Catolé, Álisson de Barão, Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/587/requerimento_no_56_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/587/requerimento_no_56_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a implantação de um hemonúcleo no município de Nova Cruz.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/588/requerimento_no_57_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/588/requerimento_no_57_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a construção de um novo cemitério público.</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>Manga Rosa, Tiago da Costa de Araújo (Tiago Araújo)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/589/requerimento_no_58_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/589/requerimento_no_58_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a construção de um banheiro público nas proximidades da feira livre de Nova Cruz.</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>Gelson Vitor, Álisson de Barão</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/590/requerimento_no_59_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/590/requerimento_no_59_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Coordenador da Unidade da CAERN em nosso município a expansão de rede de abastecimento água, na rua Antônio Gouveia Neto, no bairro vista do sol.</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/592/requerimento_no_60_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/592/requerimento_no_60_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito para que venha ser feito a recuperação do calçamento da Rua São Pedro Antiga Urtigal no bairro São Judas Tadeu da nossa cidade Nova Cruz RN</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>Anne Gabriela Moreira de Souza Melo (Gabi Melo), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/593/requerimento_no_61_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/593/requerimento_no_61_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a ampliação da Escola Municipal da comunidade rural da Conceição, Nova Cruz/RN</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>Juninho Salú, Álisson de Barão, Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/594/requerimento_no_62_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/594/requerimento_no_62_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito o recapeamento asfáltico da Rua Prof. Reginaldo de Oliveira, mais especificamente na rua da Escola Estadual Rosa Pignataro.</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/595/requerimento_no_63_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/595/requerimento_no_63_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Planejamento e Meio Ambiente que seja implantada Lixeiras para Lixos Eletrônicos do nosso Município</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/596/requerimento_no_64_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/596/requerimento_no_64_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja realizada uma revitalização na comunidade do Xique-Xique, bem como a reparação da iluminação danificadas utilizando lâmpadas de LED.</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>Juninho Salú, Álisson de Barão, Aluísio Soares de Sena (Aluísio Sena), Anne Gabriela Moreira de Souza Melo (Gabi Melo), Carlos César F. de Melo (César de Augustinho), Gelson Vitor, Manga Rosa, Maria de Fátima, Marione de Alburqueque Moreira (Marione Moreira), Mateus Catolé, Patrícia Maria de Lima Silva (Patrícia Lima), Tiago da Costa de Araújo (Tiago Araújo), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/599/requerimento_no_65_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/599/requerimento_no_65_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a construção de um memorial para todas as pessoas, de nosso Município, que faleceram “em razão do combate à pandemia da Covid-19”.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/600/requerimento_no_66_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/600/requerimento_no_66_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Presidente desta Casa que seja efetuada uma audiência pública na Câmara Municipal, junto à participação dos funcionários da saúde.</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/601/requerimento_no_67_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/601/requerimento_no_67_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando a Secretaria de Educação para que venha ser feito uma reforma na quadra de esportes Henrique César, no Bairro Vista do Sol em nosso município.</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/602/requerimento_no_68_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/602/requerimento_no_68_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a iluminação de LED na Rua Juscelino Kubitschek.</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>Victor Guerra, Tiago da Costa de Araújo (Tiago Araújo)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/603/requerimento_no_69_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/603/requerimento_no_69_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando a Secretária de Infraestrutura um Plano de Drenagem</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/604/requerimento_no_70_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/604/requerimento_no_70_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja realizado o recapeamento asfáltico da rua Frei Serafim de Catânea.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/605/requerimento_no_71_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/605/requerimento_no_71_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja feito a restauração de todas as paradas de ônibus de nossa cidade, assim como também nas comunidades rurais que ficam próximo as nossas rodovias</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>Maria de Fátima, Álisson de Barão</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/606/requerimento_no_72_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/606/requerimento_no_72_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando que sejam feitas melhorias nas estradas das comunidades do Curralinho, Lagoa de Serra e Fortaleza</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/607/requerimento_no_73_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/607/requerimento_no_73_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja feito o serviço de limpeza na Bueira localizada no bairro da Coréia.</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>Anne Gabriela Moreira de Souza Melo (Gabi Melo), Álisson de Barão, Aluísio Soares de Sena (Aluísio Sena), Carlos César F. de Melo (César de Augustinho), Gelson Vitor, Juninho Salú, Manga Rosa, Maria de Fátima, Marione de Alburqueque Moreira (Marione Moreira), Mateus Catolé, Patrícia Maria de Lima Silva (Patrícia Lima), Tiago da Costa de Araújo (Tiago Araújo), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/612/requerimento_no_74_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/612/requerimento_no_74_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras para que seja feita a reforma, manutenção e reparos de todas as quadras esportivas (Frei Damião, Primeira Lagoa, Jurití, Lagoa Seca...) do nosso município</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/613/requerimento_no_75_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/613/requerimento_no_75_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a perfuração de dois poços artesiano, um para atender a comunidade de Lagoa de Serra, e o segundo poço para atender a comunidade de Lagoa do Couro.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>Tiago da Costa de Araújo (Tiago Araújo), Carlos César F. de Melo (César de Augustinho)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/614/requerimento_no_76_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/614/requerimento_no_76_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja feito uma lombada em frente ao Campo de futebol da AABB, na Rua Cônego Luiz Adolfo.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/615/requerimento_no_77_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/615/requerimento_no_77_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando a Secretaria de Educação do Estado a reforma e restauração de todo o Caic de nosso cidade, para a volta das atividades</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/616/requerimento_no_78_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/616/requerimento_no_78_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Saúde que o carro fumacê volte a passar pela Zona Rural, principalmente na comunidade de Lagoa de Serra.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/617/requerimento_no_79_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/617/requerimento_no_79_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja feito a recuperação da quadra de esportes da comunidade da Conceição.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/620/requerimento_no_80_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/620/requerimento_no_80_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja utilizado a máquina patrol na comunidade Lagoa do Lima, tendo como ponto de referência a casa de Zé de Bil, para melhoria do tráfego de carros e motos</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/621/requerimento_no_81_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/621/requerimento_no_81_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja instalado um poste de luz na junção da R. Francisco de Assis Soares com a R. Antônio Galdino da Costa, situada no bairro Nova Esperança</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/622/requerimento_no_82_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/622/requerimento_no_82_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Saúde para que seja designado um agente de saúde para a comunidade do capim açu.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/623/requerimento_no_83_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/623/requerimento_no_83_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja feito a limpeza do canteiro da Rua José Batistas da Silva.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/624/requerimento_no_84__-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/624/requerimento_no_84__-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja feita a complementação da Rua Marcio Marinho.</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/625/requerimento_no_85_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/625/requerimento_no_85_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a recuperação da estrada do Barbaço que está praticamente intrafegável utilizando a máquina patrol e o que for necessário de maquinário.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/626/requerimento_no_86_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/626/requerimento_no_86_-_2022.pdf</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/628/requerimento_no_87_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/628/requerimento_no_87_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a instalação de um banco de rações para cães e gatos em situação de vulnerabilidade, a doação seria para ONG’S e protetores independentes.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>Maria de Fátima, Tiago da Costa de Araújo (Tiago Araújo), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/629/requerimento_no_88_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/629/requerimento_no_88_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Presidente desta Casa seja feito um multirão juntamente com o cartório eleitoral para ajudar as pessoas que querem fazer, transferir ou renovar o título eleitoral.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>Victor Guerra, Álisson de Barão</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/632/requerimento_no_89_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/632/requerimento_no_89_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a manutenção na RN que liga Nova Cruz a Passa e fica.</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/633/requerimentos_no_90_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/633/requerimentos_no_90_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras para que venha ser feito e passando a máquina patrol nas estradas se liga a comunidade da Conceição até a comunidade do Relâmpago pela comunidade da Carnaúba na nossa cidade de Nova Cruz RN.</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/634/requerimento_no_91_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/634/requerimento_no_91_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a manutenção de todas as estradas estaduais RN’S que cortam todo o município.</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/635/requerimento_no_92_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/635/requerimento_no_92_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja incluso no cronograma de instalações de iluminação de LED a rua 06 de julho.</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/636/requerimento_no_93_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/636/requerimento_no_93_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja instalados postes com iluminação de LED na Rua Franco de Oliveira.</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/637/requerimento_no_94_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/637/requerimento_no_94_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja feito a manutenção das quadras de esportes da cidade.</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/639/requerimento_no_95_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/639/requerimento_no_95_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Segurança Pública e da Defesa Social e a Governadora do Estado a implantação de unidade do corpo de bombeiros militar no município de Nova Cruz-RN.</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/640/requerimento_no_96_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/640/requerimento_no_96_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal para que seja exposta as placas de publicidade contendo o valor da obra, o prazo de execução e o número do contrato das obras, que estão em andamento em nosso município.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>Victor Guerra, Marione de Alburqueque Moreira (Marione Moreira)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/641/requerimento_no_97_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/641/requerimento_no_97_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Meio Ambiente a fiscalização e apreensão dos animais soltos nas ruas.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/642/requerimento_no_98_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/642/requerimento_no_98_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Saúde que o carro fumacê passe nas ruas de nossa cidade.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/643/requerimento_no_99_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/643/requerimento_no_99_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário Obras que seja demolida a Caixa d’agua ao lado da UBS na Comunidade da Conceição, que encontra-se desativada.</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/644/requerimento_no_100_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/644/requerimento_no_100_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja passada a Máquina Motoniveladora (Patrol) nas estradas da comunidade de Lagoa de Serra e suas adjacentes.</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>Patrícia Maria de Lima Silva (Patrícia Lima), Carlos César F. de Melo (César de Augustinho), Manga Rosa</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/645/requerimento_no_101_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/645/requerimento_no_101_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao DER que fosse sinalizado todas as lombadas da RN 120 de Nova Cruz até a comunidade de Lajedo do Paiva e também a RN 269 que liga Nova Cruz a Passa e Fica e a Montanhas.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/646/requerimento_no_102_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/646/requerimento_no_102_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao DER o roço do canteiro da RN 120, que liga Nova Cruz a Santo Antônio.</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/647/requerimento_no_103_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/647/requerimento_no_103_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito o recapeamento asfáltico da Rua Frei Serafim de Catânia.</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/648/requerimento_no_104_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/648/requerimento_no_104_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Presidente que seja realizada uma Audiência Pública em que seja debatida a feira livre municipal e sua atual situação bem como o termino da reforma do mercado público municipal.</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>Aluísio Soares de Sena (Aluísio Sena), Tiago da Costa de Araújo (Tiago Araújo), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/655/requerimento_no_105_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/655/requerimento_no_105_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal que seja feita a reforma na praça Samuel José De Melo.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/656/requerimento_no_106_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/656/requerimento_no_106_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras uma reforma na estrutura do antigo prédio do PET.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>Carlos César F. de Melo (César de Augustinho), Manga Rosa, Marione de Alburqueque Moreira (Marione Moreira)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/657/requerimento_no_107_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/657/requerimento_no_107_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal que seja feito uma passagem molhada para ligar a Rua Frei Alberto Cabral ao Sitio Boqueirão, mais precisamente por trás do Cemitério do município.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>Manga Rosa, Gelson Vitor, Marione de Alburqueque Moreira (Marione Moreira)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/658/requerimento_no_108_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/658/requerimento_no_108_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Saúde que seja realizada uma campanha de conscientização junto à população visando a prevenção da Dengue, Chikungunya e Zika.</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>Juninho Salú, Patrícia Maria de Lima Silva (Patrícia Lima), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/660/requerimento_no_109_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/660/requerimento_no_109_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal e a Secretaria de Infraestrutura a construção não só de uma praça pública como também de uma quadra poliesportiva na comunidade do Xique-Xique.</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/661/requerimento_no_110_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/661/requerimento_no_110_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal e a Secretaria de Infraestrutura disponibilizar a construção de um Centro Social, localizada em um antigo prédio que se encontra desativado, na Comunidade do Xique Xique.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>Maria de Fátima, Gelson Vitor, Tiago da Costa de Araújo (Tiago Araújo), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/662/requerimento_no_111_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/662/requerimento_no_111_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando Excelentíssima Governadora do nosso Estado que seja disponibilizado mais um funcionário de vistoria para o Departamento de Trânsito (Detran) de Nova Cruz.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/663/requerimento_no_112_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/663/requerimento_no_112_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal que seja reativado o Clube de Mães que havia na cidade.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/664/requerimento_no_113_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/664/requerimento_no_113_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal que seja feita a pavimentação asfáltica da comunidade do Trigueiro.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>Mateus Catolé, Marione de Alburqueque Moreira (Marione Moreira), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/665/requerimento_no_114_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/665/requerimento_no_114_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Saúde a manutenção e recuperação de todos os postos de saúde do município, zona urbana e zona rural.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/666/requerimento_no_115_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/666/requerimento_no_115_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal e ao Secretário de Saúde a construção e instalação de um posto de atendimento médico, nas proximidades do lajeiro, localizado no bairro São Judas Tadeu.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/667/requerimento_no_116_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/667/requerimento_no_116_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a manutenção das bueiras do município de Nova Cruz.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/668/requerimento_no_117_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/668/requerimento_no_117_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Esporte e Lazer para que venha ser feito a solicitado a criação de um Conselho Municipal da Juventude aqui na nossa cidade de Nova Cruz-RN.</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/671/requerimento_no_118_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/671/requerimento_no_118_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal e ao Secretário de Obras que seja feito uma passagem molhada na Comunidade do Mourisco.</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/672/requerimento_no_119_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/672/requerimento_no_119_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Batalhão de Polícia Militar um posto de policial na comunidade de Lagoa Limpa</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/674/requerimento_no_120_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/674/requerimento_no_120_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao DER o recapeamento asfáltico da estrada entre as cidades Nova Cruz e Jacaraú, mais precisamente de Nova Cruz até a residência do Sr. Chico Delfino.</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/675/requerimento_no_121_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/675/requerimento_no_121_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja realizada uma limpeza na rua Senador Georgino Avelino, mais precisamente nas proximidades do antigo azulão.</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>Álisson de Barão, Maria de Fátima, Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/677/requerimento_no_122_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/677/requerimento_no_122_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito para que venha ser feito a reforma da quadra de esportes da comunidade rural da Conceição na nossa cidade Nova Cruz-RN.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/678/requerimento_no_123_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/678/requerimento_no_123_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras para que venha ser feito a recuperação do calçamento da Travessa da rua: Alberto Maranhão, mais precisamente por trás do Campo São Sebastião da nossa cidade Nova Cruz-RN.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>Mateus Catolé, Manga Rosa</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/679/requerimento_no_124_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/679/requerimento_no_124_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a reforma e manutenção das passagens molhadas do município.</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/680/requerimento_no_125_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/680/requerimento_no_125_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao DER a manutenção na RN que liga Nova Cruz a Passa e fica.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/681/requerimento_no_126_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/681/requerimento_no_126_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras um pedido de informação sobre a ausência de comparecimento do transporte para a locomoção dos alunos do sitio fortaleza.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/682/requerimento_no_127_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/682/requerimento_no_127_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja feita manutenção e reparos da iluminação pública em toda zona rural do nosso município.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/683/requerimento_no_128_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/683/requerimento_no_128_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a recuperação e manutenção dos centros sociais do nosso município.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/684/requerimento_no_129_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/684/requerimento_no_129_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando a CAERN esclarecimentos acerca da escassez de água em nosso município.</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/686/requerimento_no_130_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/686/requerimento_no_130_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja feito a finalização do calçamento da Rua Severino Freire Barbosa</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/687/requerimento_no_131_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/687/requerimento_no_131_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja feito a finalização do asfalto e lapadas de LED da Rua Maria Lenda Mousinho</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/688/requerimento_no_132_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/688/requerimento_no_132_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja feito a pavimentação asfáltica ao lado do matadouro municipal, mais precisamente no pequeno trecho de estrada que dá acesso a pocilga.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/689/requerimento_no_133_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/689/requerimento_no_133_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja feito o recapeamento asfáltico (ou ao menos a operação tapa buracos) na pista RN-269.</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>Manga Rosa, Álisson de Barão, Aluísio Soares de Sena (Aluísio Sena), Anne Gabriela Moreira de Souza Melo (Gabi Melo), Carlos César F. de Melo (César de Augustinho), Gelson Vitor, Juninho Salú, Maria de Fátima, Marione de Alburqueque Moreira (Marione Moreira), Mateus Catolé, Patrícia Maria de Lima Silva (Patrícia Lima), Tiago da Costa de Araújo (Tiago Araújo), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/690/requerimento_no_134_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/690/requerimento_no_134_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando a Governadora que seja realizada uma vistoria completa na Ponte Regis Bittencourt, e que façam os reparos necessários.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/691/requerimento_no_135_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/691/requerimento_no_135_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a recuperação da estrada que dá acesso a comunidade de Lagoa de Mata, neste município.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/692/requerimento_no_136_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/692/requerimento_no_136_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja realizado o roço de todas as estradas do nosso município.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/693/requerimento_no_137_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/693/requerimento_no_137_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a iluminação da rua José Batista da Silva situada no bairro Antônio Peixoto.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/698/requerimento_no_138_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/698/requerimento_no_138_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a construção de uma Quadra de Esportes na comunidade de Lagoa do Couro.</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/699/requerimento_no_139_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/699/requerimento_no_139_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja feito uma reforma no Posto de Saúde na comunidade do Xique Xique</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>Tiago da Costa de Araújo (Tiago Araújo), Marione de Alburqueque Moreira (Marione Moreira), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/700/requerimento_no_140_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/700/requerimento_no_140_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja feito o descarte de metralhas em duas entradas do Assentamento José Rodrigues.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/701/requerimento_no_141_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/701/requerimento_no_141_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito para que venha ser feito a revitalização na praça do bairro de Santa Luzia da nossa cidade Nova Cruz-RN.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/702/requerimento_no_142_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/702/requerimento_no_142_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito para que venha ser feito uma reforma na praça Luiz Moreira precisamente em frente a prefeitura no Centro da nossa cidade Nova Cruz-RN.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/703/requerimento_no_143_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/703/requerimento_no_143_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito para que venha ser feito a construção de uma quadra de esportes na comunidade de Lagoa Limpa do Fernando na nossa cidade Nova Cruz-RN.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>Mateus Catolé, Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/704/requerimento_no_144_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/704/requerimento_no_144_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a manutenção das estradas rurais do município.</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/705/requerimento_no_145_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/705/requerimento_no_145_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando a SEMARH a perfuração dos poços na comunidade de Arisco, Três voltas, Lagoa do couro e na comunidade do Jurití.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>Carlos César F. de Melo (César de Augustinho), Álisson de Barão</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/706/requerimento_no_146_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/706/requerimento_no_146_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito e a Secretaria de Infraestrutura equipamentos para que de forma gradativa seja implantado Academias Populares em todas as praças do nosso município, tanto nas praças da zona urbana, como nas praças da zona rural.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/707/requerimento_no_147_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/707/requerimento_no_147_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja feito o calçamento da Rua Lauro Soares.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/708/requerimento_no_148_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/708/requerimento_no_148_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito e a Secretaria de Infraestrutura a construção não só de uma praça pública como também de uma quadra poliesportiva no bairro São Judas Tadeu.</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/709/requerimento_no_149_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/709/requerimento_no_149_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito e a Secretaria de Infraestrutura a revitalização da principal praça pública do bairro Frei Damião, onde se encontra a estátua do referido Santo.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>Manga Rosa, Álisson de Barão, Tiago da Costa de Araújo (Tiago Araújo), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/710/requerimento_no_150_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/710/requerimento_no_150_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras o calçamento da Rua Presidente Getúlio Vargas por toda sua extensão.</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/711/requerimento_no_151_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/711/requerimento_no_151_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a recuperação asfáltica da Rua Coronel José de Brito e também da Rua Maria Lêda Mousinho.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/712/requerimento_no_152_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/712/requerimento_no_152_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja colocado algumas metralhas nas estradas da comunidade do Maranhão.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>Maria de Fátima, Álisson de Barão, Tiago da Costa de Araújo (Tiago Araújo)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/713/requerimento_no_153_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/713/requerimento_no_153_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja feito uma passagem molhada na estrada que dá acesso ao Boqueirão (por trás do cemitério).</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>Tiago da Costa de Araújo (Tiago Araújo), Álisson de Barão</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/716/requerimento_no_154_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/716/requerimento_no_154_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja renovado o calçamento na rua Zacarias Martins, situada no bairro Antônio Peixoto.</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/717/requerimento_no_155_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/717/requerimento_no_155_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja feita limpeza dos bueiros localizados no bairro Antônio Peixoto, como também a podagem e limpeza dos matos presentes no mesmo.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/718/requerimento_no_156_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/718/requerimento_no_156_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja revisto a ajuda de custo que a Prefeitura Municipal de Nova cruz/RN fornece, para compra de materiais, aos Agentes de Saúde e Agentes de Endemias.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/719/requerimento_no_157_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/719/requerimento_no_157_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito e a Secretaria de Infraestrutura construção de um bueiro na Comunidade do Xique Xique, localizado, especificamente, no riacho que dá sentido à escola municipal.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/720/requerimento_no_158_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/720/requerimento_no_158_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito para que venha ser feito uma reforma na quadra de esportes Henrique César no bairro vista do sol da nossa cidade Nova Cruz-RN.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/721/requerimento_no_159_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/721/requerimento_no_159_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito e ao Secretário de Obras a construção de um Bueiro na comunidade de Lagoa do Mato, mais precisamente na estrada que passa pelo riacho, onde também dá acesso a comunidade de Lagoa de Serra</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>Maria de Fátima, Tiago da Costa de Araújo (Tiago Araújo)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/722/requerimento_no_160_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/722/requerimento_no_160_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja colocado metralhas na estrada da comunidade de Lagoa de Serra, especificamente atrás da igreja.</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/724/requerimento_no_161_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/724/requerimento_no_161_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando a recuperação da estrada que liga as comunidades de Conceição e Curralinho usando metralha.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/725/requerimento_no_162_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/725/requerimento_no_162_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando a Governadora do Estado a perfuração de poços em todas as comunidades de nosso município que assim necessitar.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/726/requerimento_no_163_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/726/requerimento_no_163_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja feito uma revitalização na praça da rua Campo Santo.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/727/requerimento_no_164_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/727/requerimento_no_164_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja implantado a iluminação de LED na rua Campo Santo</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/729/requerimento_no_165_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/729/requerimento_no_165_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja feito a completação asfáltica da Rua Doutor Mario Negócio e a Rua José Bonifácio.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/734/requerimento_no_166_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/734/requerimento_no_166_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a vistoria das iluminações públicas na comunidade de Fortaleza</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/737/requerimento_no_167_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/737/requerimento_no_167_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando Secretário de Obras que seja feito o serviço de limpeza e capinagem no bairro SANTA LUZIA e a reforma do calçamento da primeira rua do conjunto Nova Vida</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/739/requerimento_no_168_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/739/requerimento_no_168_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito e a Secretária de Educação para que venha ser feito uma reforma no muro da Escola Municipal Nestor Marinho da nossa cidade Nova Cruz-RN</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/740/requerimento_no_169_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/740/requerimento_no_169_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito para que venha ser feito o calçamento da Rua: João Balbino no bairro do planalto da nossa cidade Nova Cruz-RN.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>Marione de Alburqueque Moreira (Marione Moreira), Anne Gabriela Moreira de Souza Melo (Gabi Melo)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/742/requerimento_no_170_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/742/requerimento_no_170_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito e ao Secretário de Obras a pavimentação, drenagem e iluminação das ruas, Luiz Pedro da Costa, continuação da rua professor Manoel Elias da Silva, Lauro Soares e Maria Felismina da Conceição, Bairro Planalto</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/743/requerimento_no_171_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/743/requerimento_no_171_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Saúde que seja encaminhado a Cópia do Relatório Quadrimestral da Saúde, apresentado nesta última semana e o anual, referente a 2021, a qual não foi comunicado a população que haveria a prestação do mesmo.</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>Patrícia Maria de Lima Silva (Patrícia Lima), Álisson de Barão, Carlos César F. de Melo (César de Augustinho)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/744/requerimento_no_172_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/744/requerimento_no_172_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja feito o calçamento nas três últimas ruas do conjunto Novo Horizonte na comunidade de Lagoa limpa.</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/745/requerimento_no_173_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/745/requerimento_no_173_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja construído um playground (parquinho) na Creche Marina Fernandes Peixoto, no Bairro de Santa Maria Gorete.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/746/requerimento_no_174_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/746/requerimento_no_174_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja feita a continuação do calçamento da Rua Maria Iracema da Cruz no Bairro do Frei Damião.</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>Aluísio Soares de Sena (Aluísio Sena), Tiago da Costa de Araújo (Tiago Araújo)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/747/requerimento_no_175_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/747/requerimento_no_175_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja feito o serviço de limpeza e capinagem na Rua José Batista da Silva.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/748/requerimento_no_176_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/748/requerimento_no_176_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a contratação do serviço de abastecimento de água através de caminhão-pipa.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/749/requerimento_no_177_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/749/requerimento_no_177_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando Comandante do 8º Batalhão de Polícia Militar um Policial Militar desta respeitada Corporação para atuar na segurança da portaria do Hospital Municipal Monsenhor Pedro Moura.</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/750/requerimento_no_178_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/750/requerimento_no_178_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito e ao Secretário de Obras que seja intensificado o serviço de recuperação de todas as estradas que dão acesso as comunidades rurais do nosso município.</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/751/requerimento_no_179_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/751/requerimento_no_179_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja construído um quebra-molas próximo ao depósito de Zeca Crisanto, situado na rua João Pimenta de Melo no bairro do Frei Damião.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/752/requerimento_no_180_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/752/requerimento_no_180_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja continuado o calçamento da rua Presidente Getúlio Vargas.</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/753/requerimento_no_181_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/753/requerimento_no_181_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito para que venha ser feito o asfalto da rua: Valdemar Soares da Cunha no bairro Frei Damião da nossa cidade Nova Cruz-RN.</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/754/requerimento_no_182_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/754/requerimento_no_182_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras um pedido de informação sobre a ausência de comparecimento do transporte para a locomoção dos alunos das comunidades de Lagoa de Serra, Arisco, Lagoa do Mato e Três Voltas.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/755/requerimento_no_183_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/755/requerimento_no_183_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja feita a recuperação das lâmpadas de LED na rua Assis Chateaubriand, após o sinal até as proximidades da uniferro.</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/756/requerimento_no_184_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/756/requerimento_no_184_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja feita a recuperação da praça em frente à Escola Estadual Getúlio Vargas.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>Patrícia Maria de Lima Silva (Patrícia Lima), Tiago da Costa de Araújo (Tiago Araújo)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/757/requerimento_no_185_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/757/requerimento_no_185_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a instalação de um anexo de um posto de saúde na escola desativada Antônio Arruda Câmara na comunidade do sitio Fernando.</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/758/requerimento_no_186_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/758/requerimento_no_186_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja feito o serviço de limpeza e revitalização na praça localizada no bairro do Frei Damião, mais precisamente na praça da Rua Ver. Neco Moreira com a Rua Ver. Severino Alves da Silva.</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/762/requerimento_no_187_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/762/requerimento_no_187_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja feito a complementação do calçamento da Rua José Batista da Silva.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/763/requerimento_no_188_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/763/requerimento_no_188_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja feito a complementação do calçamento da Rua Deputado Márcio Marinho.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/764/requerimento_no_189_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/764/requerimento_no_189_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras para que seja feita a manutenção da Iluminação Pública do Bairro Bela Vista.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/766/requerimento_no_190_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/766/requerimento_no_190_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a construção de uma quadra de esportes para comunidade de Lagoa verde, que possa atender Lagoa da Mata e Relâmpago.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>Aluísio Soares de Sena (Aluísio Sena), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/767/requerimento_no_191_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/767/requerimento_no_191_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja feito o calçamento do Sitio Catolé.</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>Carlos César F. de Melo (César de Augustinho), Mateus Catolé</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/768/requerimento_no_192_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/768/requerimento_no_192_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja implantado academias populares em todas as praças e áreas verdes do município.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/769/requerimento_no_193_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/769/requerimento_no_193_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja feito o serviço de poda das árvores e limpeza de todas as praças, abrangendo toda área urbana e rural do município.</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/770/requerimento_no_194_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/770/requerimento_no_194_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Governo do Estado o roço de todas as estradas que dão acesso ao nosso município.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/771/requerimento_no_195_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/771/requerimento_no_195_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Governo do Estado a recuperação das estradas (RNs) que dão acesso ao nosso município.</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>Álisson de Barão, Carlos César F. de Melo (César de Augustinho), Juninho Salú, Manga Rosa, Mateus Catolé, Patrícia Maria de Lima Silva (Patrícia Lima), Tiago da Costa de Araújo (Tiago Araújo), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/773/requerimento_no_196_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/773/requerimento_no_196_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Deputado Federal Rafael Motta que se digne a encaminhar emenda parlamentar no valor de R$ 2.000.000 (dois milhões de reais) a este Município a fim de que possa ser construído o Complexo Poliesportivo (Vila Olímpica), no Município de Nova Cruz</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>Manga Rosa, Maria de Fátima, Mateus Catolé, Tiago da Costa de Araújo (Tiago Araújo)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/774/requerimento_no_197_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/774/requerimento_no_197_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Senhor Deputado Federal Beto Rosado que se digne a encaminhar emenda parlamentar no valor de R$ 1.500.000 (um milhão e quinhentos mil reais) a este Município a fim de executar obras de pavimentação, no Município de Nova Cruz.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/775/requerimento_no_198_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/775/requerimento_no_198_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja passada a máquina patrol nas estradas que ligam a comunidade de Primeira Lagoa ao Capim-açú, como também a estrada que dá acesso à Lagoa do Lima.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/776/requerimento_no_199_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/776/requerimento_no_199_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras e de Educação que os medidores da Cosern que se encontram em escolas e postos de saúde sejam colocados do lado exterior do prédio das citadas instituições.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>Manga Rosa, Maria de Fátima, Patrícia Maria de Lima Silva (Patrícia Lima)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/777/requermento_no_200_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/777/requermento_no_200_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja dada continuidade a obra do Teatro Municipal.</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>Marione de Alburqueque Moreira (Marione Moreira), Anne Gabriela Moreira de Souza Melo (Gabi Melo), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/778/requerimento_no_201_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/778/requerimento_no_201_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja feita a reforma do centro social de Lagoa de Serra e a reforma da quadra poliesportiva.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/779/requerimento_no_202_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/779/requerimento_no_202_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito para que envie a esta Casa Legislativa, Projeto de Lei para que seja implementado o Piso Salarial dos profissionais de Enfermagem, conforme a Lei 14.434, de 04 de agosto de 2022, bem como a Emenda Constitucional n° 124, de 04 de julho de 2022. Ao mesmo tempo que seja observado na Lei Orçamentária Anual (LOA), a possibilidade de inclusão do Piso Salarial, segue em anexo indicação de projeto de lei.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/781/requerimento_no_203_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/781/requerimento_no_203_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja feita a reforma da rua José Bonifácio, em especial as proximidades da Escola Estadual Pres. Getúlio Vargas.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/782/requerimento_no_204_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/782/requerimento_no_204_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja restaurada a iluminação das comunidades de Lagoa Seca e Lagoa dos Currais</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/783/requerimento_no_205_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/783/requerimento_no_205_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Presidente desta Casa que seja posto em prática o projeto, já existente nesta Casa, Câmara Mirim.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/784/requerimento_no_206_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/784/requerimento_no_206_-_2022.pdf</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>Álisson de Barão, Patrícia Maria de Lima Silva (Patrícia Lima)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/785/requerimento_no_207_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/785/requerimento_no_207_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao DER/RN para que venha ser feito duas lombadas Rua Frei Serafim de Catanea na nossa cidade Nova Cruz RN.</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/786/requerimento_no_208_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/786/requerimento_no_208_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a continuidade do calçamento e drenagem das ruas Cônego Severino Ramalho e Joacir Martins de Lima.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/787/requerimento_no_209_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/787/requerimento_no_209_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras o trailer odontológico para a comunidade de Três Voltas.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/788/requerimento_no_210_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/788/requerimento_no_210_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja construído na comunidade de Arisco, um Centro Social.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>Patrícia Maria de Lima Silva (Patrícia Lima), Mateus Catolé, Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/789/requerimento_no_211_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/789/requerimento_no_211_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja feito o calcamento em paralelepípedo do trecho do Serrote dos Bezerra até a capela da comunidade de Arisco.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/790/requerimento_no_212_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/790/requerimento_no_212_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Presidente desta Casa que seja executada a lei 1.391/2021, referente “Medalha de Honra ao Mérito” em nome de Marlene Abrantes, para homenagear profissionais da saúde ativos e inativos não só da rede municipal, mas também particular.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/791/requerimento_no_213_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/791/requerimento_no_213_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando a Governadora do Estado que seja realizada a construção de casas populares no município de Nova Cruz/RN.</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>Manga Rosa, Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/792/requerimento_no_214_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/792/requerimento_no_214_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a conclusão do saneamento básico em nosso município.</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/793/requerimento_no_215_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/793/requerimento_no_215_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando que se digne a formar uma parceria com a Câmara Municipal de Nova Cruz, para que sejam ofertados cursos profissionalizantes ao município.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/794/requerimento_no_216_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/794/requerimento_no_216_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito e a Secretaria de Saúde do Estado que logo após o serviço de limpeza e revitalização das praças, os mesmos vejam a possibilidade de garantir um espaço de lazer e prática de atividades físicas como a implantação de academias populares</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/798/requerimento_no_217_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/798/requerimento_no_217_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretarias de Obras, Infraestrutura e Esportes do Estado que seja reformado a praça e a quadra da comunidade da Conceição.</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/800/requerimento_no_218_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/800/requerimento_no_218_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretarias de Obras que seja feita a troca das lâmpadas na comunidade do Sitio Fortaleza nos seguintes postes: P54490, 153537, 101944.</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/801/requerimento_no_219_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/801/requerimento_no_219_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretarias de Obras que seja feita a limpeza do terreno baldio logo no início do Conjunto Luiz Moreira Neto, além de iluminar e retirar outros dejetos que se encontram no local.</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/802/requerimento_no_220_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/802/requerimento_no_220_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao DER/RN que seja feito o serviço de recuperação asfáltica do final da Rua Senador Georgino Avelino, mais precisamente próximo ao Posto de Abastecimento São Severino até a divisa com a Paraíba.</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/803/requerimento_no_221_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/803/requerimento_no_221_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito e as Secretarias de Obras e Infraestrutura que seja retomado o serviço de instalação das luminárias de LED na comunidade de Lagoa De Serra, e que também seja feito a recuperação e reforma da passagem molhada, que acabou ficando comprometida devido às fortes chuvas.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/804/requerimento_no_222_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/804/requerimento_no_222_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretarias de Obras que seja implantada uma rotatória na junção entre as ruas Senador Georgino Avelino e Cônego Luiz Adolfo, especificamente próximo ao Lava a Jato de Djair.</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/805/requerimento_no_223_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/805/requerimento_no_223_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao DER/RN que seja implantada um semáforo no cruzamento entre as ruas Senador Georgino Avelino e Frei Serafim de Catânia, especificamente próximo ao Hospital Monsenhor Pedro Moura e a Dão Materiais de Construção.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/809/requerimento_no_224_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/809/requerimento_no_224_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a manutenção das estradas vicinais da Zona Rural de Lagoa Verde.</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/810/requerimento_no_225_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/810/requerimento_no_225_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja adiantado, com urgência, a construção dos banheiros do Mercado Público Municipal.</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/811/requerimento_no_226_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/811/requerimento_no_226_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito para que venha ser feito a continuação a calçamento em paralelepípedo da rua: Urtigal (antiga São Pedro), como também o calçamento em paralelepípedo da travessa Urtigal, localizado nas proximidades da referida rua, no Centro da nossa cidade Nova Cruz-RN.</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/814/requerimento_no_227_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/814/requerimento_no_227_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a manutenção e recuperação de todas as praças públicas.</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/822/requerimento_no_228_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/822/requerimento_no_228_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja feito a recuperação do calçamento da Rua José Soares da Silva.</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/830/requerimento_no_229_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/830/requerimento_no_229_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a construção de um quiosque na praça localizada no Jardim Amazonas.</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/832/requerimento_no_230_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/832/requerimento_no_230_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que passe a máquina na rua Alcimides da Rocha, bairro do Planalto.</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/833/requerimento_no_231_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/833/requerimento_no_231_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Saúde um pedido de informação, sobre os materiais que foram levados do posto de saúde de Lagoa do couro para a inauguração do posto de saúde do Gravata.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/836/requerimento_no_232_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/836/requerimento_no_232_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito para que venha ser feito o calçamento na Rua: Professor Manoel Dias no bairro do Planalto na nossa cidade Nova Cruz-RN.</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>Álisson de Barão, Gelson Vitor</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/837/requerimento_no_233_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/837/requerimento_no_233_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja feito o calçamento com instalação de iluminação em LED, na Travessa São Pedro, na Rua São Pedro e na Rua Urtigal.</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>Mateus Catolé, Carlos César F. de Melo (César de Augustinho)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/838/requerimento_no_234_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/838/requerimento_no_234_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras pórticos de entradas, em todas as entradas que dão acesso ao nosso município.</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/839/requerimento_no_235_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/839/requerimento_no_235_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja feito o calçamento e sejam colocados paralelepípedos na rua Maria José Amaral da Silva.</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/840/requerimento_no_36_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/840/requerimento_no_36_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja feito o calçamento da rua José Antônio de Morais</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>Carlos César F. de Melo (César de Augustinho), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/841/requerimento_no_237_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/841/requerimento_no_237_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja feito um bueiro em Lagoa do Mato, na comunidade de Lagoa de Serra, e que também seja efetuado o serviço de alongamento da estrada que dá acesso aquela localidade.</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/842/requerimento_no_238_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/842/requerimento_no_238_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que passe a máquina patrol na estrada que dá acesso a comunidade Relâmpago, neste município.</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/843/requerimento_no_239_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/843/requerimento_no_239_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao DER a recuperação asfáltica da estrada entre a saída da cidade de Nova Cruz e a entrada da comunidade rural Lagoa Verde, neste município.</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/844/requerimento_no_240_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/844/requerimento_no_240_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que passe a máquina patrol na estrada que dá acesso ao Assentamento José Rodrigues Sobrinho, neste município.</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/847/requerimento_no_241_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/847/requerimento_no_241_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a manutenção da Iluminação Pública da Comunidade de Lagoa Seca próximo as imediações dos Émidios.</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/848/requerimento_no_242_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/848/requerimento_no_242_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja feito instalação de um centro social na comunidade do Sítio Fortaleza.</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/849/requerimento_no_243_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/849/requerimento_no_243_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que passe as máquinas necessárias nas estradas colaterais dos Sítios, Lagoa de Serra da Lapa e Juriti.</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/850/requerimento_no_244_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/850/requerimento_no_244_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que passe a máquina na estrada de Fortaleza, desde a entrada da fortaleza passando pelo antigo colégio até sair no cemitério.</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/852/requerimento_no_245_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/852/requerimento_no_245_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja feito o serviço de limpeza da Rua Vereador Pedro Tavares Sobrinho.</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/853/requerimento_no_246_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/853/requerimento_no_246_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja feito o calçamento do Sitio catolé.</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/855/requerimento_no_247_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/855/requerimento_no_247_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja realizado o calçamento e instalados postes com iluminação de LED na Rua Projetada, situada na Comunidade de Primeira Lagoa, em Nova Cruz/RN, nas proximidades da lagoa desta localidade.</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/859/requerimento_no_248_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/859/requerimento_no_248_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a máquina Patrol na estrada que liga Lagoa limpa a Lagoa do couro.</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/860/requerimento_no_249_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/860/requerimento_no_249_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a continuidade do calçamento das ruas do conjunto Novo Horizonte e Iluminação em LED da avenida principal na comunidade de Lagoa Limpa.</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/861/requerimento_no_250_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/861/requerimento_no_250_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja feito uma Quadra de esporte na comunidade de Lagoa do Couro.</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/862/requerimento_no_251_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/862/requerimento_no_251_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja feito a continuidade do calçamento no Bairro do Planalto.</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/863/requerimento_no_252_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/863/requerimento_no_252_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que através do poder público municipal juntamente com a COSERN, seja feita a ligação dos poços tubulares, aja vista ser um serviço público essencial e ser dever do município garantir melhorias de qualidade de vida para a população, das seguintes comunidades rurais: Xique- xique, Lagoa seca, Lagoa limpa do Fernando, Pedra tapada, Comunidade do Juriti, Capim açu I, Lagoa do couro, Lagoa de serra, Primeira Lagoa, Capim Acu dos felipes, Sitio Cachoeira do juriti.</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/864/requerimento_no_253_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/864/requerimento_no_253_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando a Governadora do Estado a manutenção da estrada RN-269, trecho que liga Nova Cruz a Montanhas.</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/865/requerimento_no_254_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/865/requerimento_no_254_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao DER o roço das estradas que ligam Nova Cruz a Santo Antônio e Nova Cruz a Montanhas.</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/866/requerimento_no_255_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/866/requerimento_no_255_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando a Governadora do Estado que seja feita a conclusão da Rua Frei Serafim de Catânea.</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>Mateus Catolé, Carlos César F. de Melo (César de Augustinho), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/867/requerimento_no_256_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/867/requerimento_no_256_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a instalações de academias de saúde em todas as praças do município.</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/868/requerimento_no_257_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/868/requerimento_no_257_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Esportes o desenvolvimento do calendário das atividades esportivas para 2023.</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/869/requerimento_no_258_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/869/requerimento_no_258_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja realizada a coleta de lixo nos sítios: Xique Xique, Lagedo da Onça e Jatobá.</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/870/requerimento_no_259_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/870/requerimento_no_259_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja realizada a limpeza dos dejetos de abate de frangos e outros animais desde o trevo do cedron até a ladeira grande, próximo a fazenda campo de São João.</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/871/requerimento_no_260_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/871/requerimento_no_260_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja realizada a troca das lâmpadas queimadas dos seguintes postes: 150 050, D12 954, P45 267 do sitio Lagoa de Serra, próximo ao mercado de Robinho.</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/872/requerimento_no_261_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/872/requerimento_no_261_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja colocado, mas trabalhador na limpeza da Rua Doutor Mario Negócio.</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/873/requerimento_no_262_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/873/requerimento_no_262_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja colocado dois postes de luz na rua João Amaro de Oliveira, localizado por trás da Associação Atlética Banco do Brasil - AABB.</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/874/requerimento_no_263_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/874/requerimento_no_263_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja colocado um poste de luz no início da rua Antônio Galdino Costa, situada no bairro Nova Esperança.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/875/requerimento_no_264_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/875/requerimento_no_264_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando a Governadora do Estado que nesse novo mandato reveja com maior atenção as obras que estão inacabadas no nosso município.</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/876/requerimento_no_265_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/876/requerimento_no_265_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja colocado uma grade em uma vala localizada na Rua 13 de maio nas proximidades do Sindicato Rural.</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/877/requerimento_no_266_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/877/requerimento_no_266_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja concluído o serviço de recuperação das estradas vicinais da comunidade de Lagoa de Serra, mais precisamente em Lagoa do Mato e suas adjacentes.</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/878/requerimento_no_267_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/878/requerimento_no_267_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao DER que seja realizado o recapeamento asfáltico da RN-269, mais precisamente entre Nova Cruz e Passa e Fica.</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/879/requerimento_no_268_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/879/requerimento_no_268_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando a Governadora que seja realizada a construção de duas paradas de ônibus as margens da RN-120, mais precisamente no loteamento Portal do Agreste, na cidade de Nova Cruz/RN.</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/880/requerimento_no_269_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/880/requerimento_no_269_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja realizada uma reforma na quadra de esportes da comunidade de Primeira Lagoa, neste município.</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/881/requerimento_no_270_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/881/requerimento_no_270_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja feita uma praça com playground no terreno localizado ao lado da capela situada no bairro Antônio Peixoto Mariano.</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/882/requerimento_no_271_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/882/requerimento_no_271_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito para que venha ser feito o calçamento na Rua: José Lopes Barbosa no bairro São Judas Tadeu. Tendo início ao lado da Creche Municipal Maria Tavares e vai até ao lado do antigo Matadouro na nossa cidade Nova Cruz-RN.</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/883/requerimento_no_272_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/883/requerimento_no_272_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito para que venha ser feito o centro de velórios Municipal na nossa cidade Nova Cruz-RN.</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/884/requerimento_no_273_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/884/requerimento_no_273_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito e a Secretaria de Infraestrura a construção de uma praça pública no bairro São Judas Tadeu.</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/885/requerimento_no_274_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/885/requerimento_no_274_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito e a Secretaria de Infraestrura a construção de uma quadra de areia-poliesportiva no bairro São Judas Tadeu.</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/886/requerimento_no_275_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/886/requerimento_no_275_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito para que seja feita uma praça de alimentação em nosso município.</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/887/requerimento_no_276_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/887/requerimento_no_276_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Agricultura providências sobre a questão da operação Carros Pipas do exército que não estão atuando na nossa região.</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/888/requerimento_no_277_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/888/requerimento_no_277_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja realizada a troca das lâmpadas na lateral e na frente do cemitério de Fortaleza, e seja adicionado lâmpadas de LED</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/889/requerimento_no_278_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/889/requerimento_no_278_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Saúde providências com relação a reforma ao posto de saúde de Três Voltas.</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/890/requerimento_no_279_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/890/requerimento_no_279_-_2022.pdf</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>Manga Rosa, Álisson de Barão</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/891/requerimento_no_280_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/891/requerimento_no_280_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a continuação do calçamento da Rua Urtigal.</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>Carlos César F. de Melo (César de Augustinho), Manga Rosa</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/892/requerimento_no_281_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/892/requerimento_no_281_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito e a Governadora uma posição a respeito das passagens molhadas que foram solicitadas no decorrer do ano (Curralinho, Boqueirão e Murisco).</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/893/requerimento_no_282_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/893/requerimento_no_282_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Agricultura do Estado que o mesmo tome alguma providência a respeito da paralisação na obra do Matadouro Municipal de Nova Cruz-RN.</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/894/requerimento_no_283_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/894/requerimento_no_283_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja feito o serviço de capinagem em toda a comunidade de Lagoa Limpa</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/896/requerimento_no_284_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/896/requerimento_no_284_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a reforma da quadra situada na Vista do Sol, a quadra da Escola Municipal Deputado Márcio Marinho, ambas localizadas no bairro do Planalto, e a quadra do bairro Frei Damião.</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/897/requerimento_no_285_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/897/requerimento_no_285_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário que seja dada a devida publicidade a quantidade de exames e consultas realizadas pela secretaria nos postos de saúde mensalmente.</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>Mateus Catolé, Marione de Alburqueque Moreira (Marione Moreira)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/903/requerimento_no_286_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/903/requerimento_no_286_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras o aumento da frota dos carros pipas.</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/904/requerimento_no_287_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/904/requerimento_no_287_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja realizada a limpeza e revitalização da lagoa, localizada na comunidade de Primeira Lagoa.</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/905/requerimento_no_288_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/905/requerimento_no_288_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja realizada a construção de um calçadão e seja instalado iluminação em LED nas redondezas da lagoa, localizada em Lagoa dos Currais.</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/906/requerimento_no_289_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/906/requerimento_no_289_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja feito a complementação da Rua José Batista da Silva.</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/907/requerimento_no_290_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/907/requerimento_no_290_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja feito a complementação da Rua Deputado Marcio Marinho.</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/908/requerimento_no_291_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/908/requerimento_no_291_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja dada a devida continuidade ao calçamento da Avenida Nova Cruz no Portal do Agreste, que já está parado por um bom tempo.</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/909/requerimento_no_292_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/909/requerimento_no_292_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja feito instalação de redes Wi-Fi gratuito nas praças do município</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/910/requerimento_no_293_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/910/requerimento_no_293_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja feito a complementação da Rua Antônio Galdino da Costa.</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/911/requerimento_no_294_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/911/requerimento_no_294_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja colocado lapadas de LED na Rua Vereador José Abílio da Silva.</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/912/requerimento_no_295_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/912/requerimento_no_295_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de obras que seja feita a conclusão da estrada que liga a RN 269 até a comunidade do Serrote dos Bezerra.</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>Mateus Catolé, Anne Gabriela Moreira de Souza Melo (Gabi Melo), Marione de Alburqueque Moreira (Marione Moreira), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/914/requerimento_no_296_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/914/requerimento_no_296_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a construção de casas populares no município.</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/915/requerimento_no_297_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/915/requerimento_no_297_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Presidente desta Casa que seja feito a reabertura do telecentro com cursos de informática na Câmara de Vereadores de Nova Cruz.</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/916/requerimento_no_298_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/916/requerimento_no_298_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Presidente desta Casa que seja feita prestação de contas do Biênio de 2021/2022.</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>Carlos César F. de Melo (César de Augustinho), Patrícia Maria de Lima Silva (Patrícia Lima)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/917/requerimento_no_299_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/917/requerimento_no_299_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja feito a limpeza dos açudes, poços e barreiros da Zona Rural.</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>Maria de Fátima, Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/921/requerimento_no_300_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/921/requerimento_no_300_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja ofertado cursos profissionalizantes de corte e costura.</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/922/requerimento_no_301_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/922/requerimento_no_301_-_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando ao prefeitoque o próximo posto de saúde construído seja denominado de Dr. Ricard Wagner.</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/923/requerimento_no_302.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/923/requerimento_no_302.pdf</t>
   </si>
   <si>
     <t>Solicitando a Secretária de Infraestrutura esclarecimentos sobre o que aconteceu com a cocheira no parque de exposições Geraldo da Grota</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Patrícia Maria de Lima Silva (Patrícia Lima), Álisson de Barão, Aluísio Soares de Sena (Aluísio Sena), Anne Gabriela Moreira de Souza Melo (Gabi Melo), Carlos César F. de Melo (César de Augustinho), Gelson Vitor, Juninho Salú, Manga Rosa, Maria de Fátima, Marione de Alburqueque Moreira (Marione Moreira), Mateus Catolé, Tiago da Costa de Araújo (Tiago Araújo), Victor Guerra</t>
   </si>
   <si>
     <t>Indico ao Prefeito Municipal a possibilidade da implantação do Banco do Nordeste em nossa cidade.</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
     <t>Patrícia Maria de Lima Silva (Patrícia Lima), Carlos César F. de Melo (César de Augustinho), Manga Rosa, Maria de Fátima, Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/815/indicacao_no_02_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/815/indicacao_no_02_-_2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito a contratação de um maior número de carros pipa, para a cidade.</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
     <t>Victor Guerra, Marione de Alburqueque Moreira (Marione Moreira), Mateus Catolé</t>
   </si>
   <si>
     <t>Indica a implantação de coleta seletiva dos resíduos sólidos e também a criação de um espaço para tratamento e destinação desses materiais</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/851/indicacao_no_04_-_2022.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/851/indicacao_no_04_-_2022.pdf</t>
   </si>
   <si>
     <t>Indico que seja instituído uma guarda municipal no município de Nova Cruz/RN.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>MCA</t>
   </si>
   <si>
     <t>Moção de Aplausos</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/520/mocao_de_aplausos_no_01.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/520/mocao_de_aplausos_no_01.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte moção de aplausos a ser encaminhada ao Reverendíssimo Padre Alisson Elói de Oliveira.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/521/mocao_de_aplausos_no_02.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/521/mocao_de_aplausos_no_02.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte moção de aplausos a ser encaminhada ao Senhor Carlos Daniel.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/564/mocao_de_aplausos_no_03.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/564/mocao_de_aplausos_no_03.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte moção de aplausos a ser encaminhada a categoria de Agentes Comunitárias de Saúde.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/565/mocao_de_aplausos_no_04.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/565/mocao_de_aplausos_no_04.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte moção de aplausos a ser encaminhada à funcionária pública, Tatiany Kelly Veloso da Silva.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/611/mocao_de_aplausos_no_05.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/611/mocao_de_aplausos_no_05.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte moção de aplausos a ser encaminhada aos Profissionais da classe Operadores de Sistemas de Águas e Esgotos, juntamente com os Leiturista da Caern nesta cidade.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/619/mocao_de_aplausos_no_06.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/619/mocao_de_aplausos_no_06.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte moção de aplausos a ser encaminhada a senhora Ione Mousinho Moreira, ex-vereadora desta Casa Legislativa.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/631/mocao_de_aplausos_no_07.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/631/mocao_de_aplausos_no_07.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte moção de aplausos a ser encaminhada ao Ator, Jornalista e Filmmaker, Ednilson Diego Alves de Lima.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
     <t>Juninho Salú, Tiago da Costa de Araújo (Tiago Araújo)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/638/mocao_de_aplausos_no_08.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/638/mocao_de_aplausos_no_08.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte moção de aplausos a ser encaminhada ao senhor delegado da 6ª Delegacia Regional de Polícia de Nova Cruz, Wellington Guedes de Carvalho Segundo.</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/685/mocao_de_aplausos_no_09.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/685/mocao_de_aplausos_no_09.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte moção de aplausos a ser encaminhada a Senhora, Cleonice Ribeiro da Silva.</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/695/mocao_de_aplausos_no_10.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/695/mocao_de_aplausos_no_10.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte moção de aplausos a ser encaminhada ao GRUPO ESCOTEIRO TERRA URTIGAL 184, na pessoa do seu diretor-presidente JOSÉ WELLINGTON DA SILVA MEIRA, popularmente conhecido como Ninho.</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/728/mocao_de_aplausos_no_11.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/728/mocao_de_aplausos_no_11.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte moção de aplausos a ser encaminhada ao Supermercado SUPERCOP de Nova Cruz/RN</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/732/mocao_de_aplausos_no_12.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/732/mocao_de_aplausos_no_12.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte moção de Aplausos, a Igreja Universal Do Reino de Deus pelos seus 45 anos de trabalho evangelístico no Brasil e há 32 anos no município de Nova Cruz.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/761/mocao_de_aplausos_no_13.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/761/mocao_de_aplausos_no_13.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte moção de Aplausos, a CAPELA SAGRADA FAMÍLIA, pela comemoração do seu "Jubileu de Porcelana".</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/780/mocao_de_aplausos_no_14.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/780/mocao_de_aplausos_no_14.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte moção de Aplausos, ao Padre Aerton Sales da Cunha, pela ordenação sacerdotal, neste ano dia 13 de setembro de 2022.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/795/mocao_de_aplausos_no_15.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/795/mocao_de_aplausos_no_15.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte moção de Aplausos a Nadja, Tereza Cristina e Larissa Pimentel, por realizarem a 1ª Feira de negócios, de casa para a Praça.</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/796/mocao_de_aplausos_no_16.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/796/mocao_de_aplausos_no_16.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte moção de Aplausos a Gilvanise Vitor Fernandes, pela sua nomeação como Ministra Extraordinária da "Sagrada Comunhão Eucarística".</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/797/mocao_de_aplausos_no_17.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/797/mocao_de_aplausos_no_17.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte moção de Aplausos a Ana Lúcia Ângelo da Silva, pela sua nomeação como Ministra Extraordinária da "Sagrada Comunhão Eucarística".</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/799/mocao_de_aplausos_no_18.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/799/mocao_de_aplausos_no_18.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte moção de Aplausos a Direção e Alunos da Escola Municipal Nestor Marinho, pelo seu ótimo desempenho nos JERNS de 2022.</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/806/mocao_de_aplausos_no_19.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/806/mocao_de_aplausos_no_19.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte moção de Aplausos a a Tiago Souza de Lima, pela sua nomeação como ministro extraordinário da sagrada comunhão eucarística.</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/807/mocao_de_aplausos_no_20.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/807/mocao_de_aplausos_no_20.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte moção de Aplausos Maria Lúcia de Oliveira Souza, pela sua nomeação como ministra extraordinária da sagrada comunhão eucarística.</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/808/mocao_de_aplausos_no_21.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/808/mocao_de_aplausos_no_21.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte moção de Aplausos a Maria Aparecida de Farias Ramalho, pela sua nomeação como ministra extraordinária da sagrada comunhão eucarística.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/819/mocao_de_aplausos_no_22.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/819/mocao_de_aplausos_no_22.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte moção de Aplausos a ser encaminhada aos funcionários da Secretaria Municipal de Educação, em nome da Secretária Mª do Socorro Mauricio de Q. Ângelo, pela belíssima apresentação e organização do desfile cívico de 7 de setembro, do presente ano</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/821/mocao_de_aplausos_no_23.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/821/mocao_de_aplausos_no_23.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte moção de Aplausos a ser encaminhada a Escola Estadual Alberto Maranhão, em virtude das comemorações alusivas aos seus 110 anos</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/831/mocao_de_aplausos_no_24.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/831/mocao_de_aplausos_no_24.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte moção de Aplausos e Parabenização ao Dep. Ezequiel Ferreira.</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/918/mocao_de_aplausos_no_25.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/918/mocao_de_aplausos_no_25.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte moção de Aplausos e Parabenização à todos os envolvidos na organização do evento comemorativo dos 103 anos da cidade de Nova Cruz, em especial, a toda comunidade evangélica nova-cruzense</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/919/mocao_de_aplausos_no_26.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/919/mocao_de_aplausos_no_26.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte moção de Aplausos e Parabenização à funcionária pública, Gessica Rodrigues Cardoso, coordenadora da vigilância sanitária</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/920/mocao_de_aplausos_no_27.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/920/mocao_de_aplausos_no_27.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte moção de Aplausos e Parabenização aos professores de Jiu-Jitsu, Ademilson Martins, Claudia Santos e Luan Emanuel, da academia CT Ademilson Martins, pela conquista do 2º lugar no Campeonato Estadual.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>MCP</t>
   </si>
   <si>
     <t>Moção de Pesar</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/529/mocao_de_pesar_no_01.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/529/mocao_de_pesar_no_01.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares do Senhor José Alves de Araújo</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/532/mocao_de_pesar_no_02.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/532/mocao_de_pesar_no_02.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares da Senhora Maria Tereza Dantas Flor.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/567/mocao_de_pesar_no_03.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/567/mocao_de_pesar_no_03.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte moção de Pesar a ser encaminhada aos familiares do Excelentíssimo Ex-Governador, Geraldo José da Câmara Ferreira de Melo.</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/597/mocao_de_pesar_no_04.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/597/mocao_de_pesar_no_04.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte moção de Pesar a ser encaminhada aos familiares do Senhor Dr. Ricard Wagner da Silva Ferreira</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
     <t>Marione de Alburqueque Moreira (Marione Moreira), Álisson de Barão, Aluísio Soares de Sena (Aluísio Sena), Anne Gabriela Moreira de Souza Melo (Gabi Melo), Carlos César F. de Melo (César de Augustinho), Gelson Vitor, Juninho Salú, Manga Rosa, Maria de Fátima, Mateus Catolé, Patrícia Maria de Lima Silva (Patrícia Lima), Tiago da Costa de Araújo (Tiago Araújo), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/653/mocao_de_pesar_no_05.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/653/mocao_de_pesar_no_05.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte moção de Pesar a ser encaminhada aos familiares de Maria Manuella Roseevelt Oliveira de Lima.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/654/mocao_de_pesar_no_06.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/654/mocao_de_pesar_no_06.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte moção de Pesar a ser encaminhada aos familiares da Senhora Maria Eliude da Cruz</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/669/mocao_de_pesar_no_07.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/669/mocao_de_pesar_no_07.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte moção de Pesar a ser encaminhada aos familiares do senhor José Bezerra dos Anjos.</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/730/mocao_de_pesar_no_08.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/730/mocao_de_pesar_no_08.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte moção de Pesar a ser encaminhada aos familiares da Maria Emília da Silva</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/731/mocao_de_pesar_no_09.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/731/mocao_de_pesar_no_09.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte moção de Pesar a ser encaminhada aos familiares do Senhor Marcos Antônio Ramalho.</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/738/mocao_de_pesar_no_10.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/738/mocao_de_pesar_no_10.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte moção de Pesar a ser encaminhada aos familiares da senhora Maria Cícera Vicente.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/759/mocao_de_pesar_no_11.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/759/mocao_de_pesar_no_11.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte moção de Pesar a ser encaminhada aos familiares do SR. Mauro Do Carmo de Oliveira</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/772/mocao_de_pesar_no_12.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/772/mocao_de_pesar_no_12.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte moção de Pesar a ser encaminhada aos familiares do Senhor João Arquilino de Oliveira, ex-vereador deste município</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
     <t>Juninho Salú, Marione de Alburqueque Moreira (Marione Moreira), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/816/mocao_de_pesar_no_13.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/816/mocao_de_pesar_no_13.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte moção de Pesar a ser encaminhada aos familiares da senhora Mônica Soares Guerra</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/817/mocao_de_pesar_no_14.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/817/mocao_de_pesar_no_14.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte moção de Pesar a ser encaminhada aos familiares do Senhor José Félix da Silva.</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/818/mocao_de_pesar_no_15.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/818/mocao_de_pesar_no_15.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte moção de Pesar a ser encaminhada aos familiares da senhora Severina Aparecida Dias.</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/826/mocao_de_pesar_no_16.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/826/mocao_de_pesar_no_16.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte moção de Pesar a ser encaminhada aos familiares da senhora Maria do Carmo Costa Barbosa.</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
     <t>Carlos César F. de Melo (César de Augustinho), Maria de Fátima, Álisson de Barão, Aluísio Soares de Sena (Aluísio Sena), Anne Gabriela Moreira de Souza Melo (Gabi Melo), Gelson Vitor, Juninho Salú, Manga Rosa, Marione de Alburqueque Moreira (Marione Moreira), Mateus Catolé, Patrícia Maria de Lima Silva (Patrícia Lima), Tiago da Costa de Araújo (Tiago Araújo), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/857/mocao_de_pesar_no_17.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/857/mocao_de_pesar_no_17.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte moção de Pesar a ser encaminhada aos familiares do Senhor Antônio Duarte, popularmente conhecido como Toinho do PT.</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/913/mocao_de_pesar_no_18.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/913/mocao_de_pesar_no_18.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte moção de Pesar a ser encaminhada aos familiares do jovem, Jonathan Da Silva Borges.</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/925/mocao_de_pesar_no_19.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/925/mocao_de_pesar_no_19.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte moção de Pesar a ser encaminhada aos familiares do Senhor José Vicente da Silva.</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/926/mocao_de_pesar_no_20.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/926/mocao_de_pesar_no_20.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte moção de Pesar a ser encaminhada aos familiares do Senhor Celso Marques de Lima.</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/927/mocao_de_pesar_no_21.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/927/mocao_de_pesar_no_21.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte moção de Pesar a ser encaminhada aos familiares do Senhor Antônio Êneas de Oliveira</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -5064,68 +5064,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/899/projeto_de_lei_no_16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/900/projeto_de_lei_no_17.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/902/projeto_de_lei__no_18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/519/pl_1.2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/522/pl_2.2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/523/pl_3.2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/524/requerimento_no_01_-_2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/525/requerimento_no_02_-_2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/526/requerimento_no_03_-_2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/527/requerimento_no_04_-_2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/528/requerimento_no_05_-_2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/530/requerimento_no_06_-_2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/531/requerimento_no_07_-_2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/533/requerimento_no_08_-_2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/534/requerimento_no_09_-_2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/535/requerimento_no_10_-_2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/536/requerimento_no_11_-_2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/537/requerimento_no_12_-_2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/538/requerimento_no_13_-_2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/539/requerimento_no_14_-_2022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/540/requerimento_no_15_-_2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/541/requerimento_no_16_-_2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/543/requerimento_no_17_-_2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/544/requerimento_no_18_-_2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/545/requerimento_no_19_-_2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/546/requerimento_no_20_-_2022.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/547/requerimento_no_21_-_2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/548/requerimento_no_22_-_2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/549/requerimento_no_23_-_2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/550/requerimento_no_24_-_2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/551/requerimento_no_25_-_2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/552/requerimento_no_26_-_2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/553/requerimento_no_27_-_2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/554/requerimento_no_28_-_2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/555/requerimento_no_29_-_2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/556/requerimento_no_30_-_2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/557/requerimento_no_31_-_2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/558/requerimento_no_32_-_2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/559/requerimento_no_33_-_2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/560/requerimento_no_34_-_2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/561/requerimento_no_35_-_2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/562/requerimento_no_36_-_2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/563/requerimento_no_37_-_2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/566/requerimento_no_38_-_2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/568/requerimento_no_39_-_2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/569/requerimento_no_40_-_2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/571/requerimento_no_41_-_2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/572/requerimento_no_42_-_2022.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/574/requerimento_no_43_-_2022.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/575/requerimento_no_44_-_2022.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/576/requerimento_no_45_-_2022.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/577/requerimento_no_46_-_2022.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/578/requerimento_no_47_-_2022.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/579/requerimento__no_48_-_2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/580/requerimento_no_49_-_2022.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/581/requerimento_no_50_-_2022.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/582/requerimento_no_51_-_2022.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/583/requerimento_no_52_-_2022.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/584/requerimento_no_53_-_2022.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/585/requerimento_no_54_-_2022.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/586/requerimento_no_55_-_2022.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/587/requerimento_no_56_-_2022.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/588/requerimento_no_57_-_2022.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/589/requerimento_no_58_-_2022.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/590/requerimento_no_59_-_2022.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/592/requerimento_no_60_-_2022.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/593/requerimento_no_61_-_2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/594/requerimento_no_62_-_2022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/595/requerimento_no_63_-_2022.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/596/requerimento_no_64_-_2022.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/599/requerimento_no_65_-_2022.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/600/requerimento_no_66_-_2022.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/601/requerimento_no_67_-_2022.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/602/requerimento_no_68_-_2022.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/603/requerimento_no_69_-_2022.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/604/requerimento_no_70_-_2022.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/605/requerimento_no_71_-_2022.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/606/requerimento_no_72_-_2022.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/607/requerimento_no_73_-_2022.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/612/requerimento_no_74_-_2022.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/613/requerimento_no_75_-_2022.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/614/requerimento_no_76_-_2022.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/615/requerimento_no_77_-_2022.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/616/requerimento_no_78_-_2022.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/617/requerimento_no_79_-_2022.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/620/requerimento_no_80_-_2022.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/621/requerimento_no_81_-_2022.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/622/requerimento_no_82_-_2022.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/623/requerimento_no_83_-_2022.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/624/requerimento_no_84__-_2022.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/625/requerimento_no_85_-_2022.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/626/requerimento_no_86_-_2022.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/628/requerimento_no_87_-_2022.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/629/requerimento_no_88_-_2022.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/632/requerimento_no_89_-_2022.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/633/requerimentos_no_90_-_2022.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/634/requerimento_no_91_-_2022.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/635/requerimento_no_92_-_2022.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/636/requerimento_no_93_-_2022.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/637/requerimento_no_94_-_2022.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/639/requerimento_no_95_-_2022.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/640/requerimento_no_96_-_2022.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/641/requerimento_no_97_-_2022.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/642/requerimento_no_98_-_2022.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/643/requerimento_no_99_-_2022.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/644/requerimento_no_100_-_2022.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/645/requerimento_no_101_-_2022.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/646/requerimento_no_102_-_2022.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/647/requerimento_no_103_-_2022.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/648/requerimento_no_104_-_2022.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/655/requerimento_no_105_-_2022.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/656/requerimento_no_106_-_2022.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/657/requerimento_no_107_-_2022.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/658/requerimento_no_108_-_2022.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/660/requerimento_no_109_-_2022.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/661/requerimento_no_110_-_2022.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/662/requerimento_no_111_-_2022.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/663/requerimento_no_112_-_2022.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/664/requerimento_no_113_-_2022.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/665/requerimento_no_114_-_2022.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/666/requerimento_no_115_-_2022.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/667/requerimento_no_116_-_2022.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/668/requerimento_no_117_-_2022.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/671/requerimento_no_118_-_2022.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/672/requerimento_no_119_-_2022.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/674/requerimento_no_120_-_2022.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/675/requerimento_no_121_-_2022.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/677/requerimento_no_122_-_2022.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/678/requerimento_no_123_-_2022.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/679/requerimento_no_124_-_2022.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/680/requerimento_no_125_-_2022.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/681/requerimento_no_126_-_2022.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/682/requerimento_no_127_-_2022.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/683/requerimento_no_128_-_2022.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/684/requerimento_no_129_-_2022.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/686/requerimento_no_130_-_2022.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/687/requerimento_no_131_-_2021.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/688/requerimento_no_132_-_2022.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/689/requerimento_no_133_-_2022.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/690/requerimento_no_134_-_2022.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/691/requerimento_no_135_-_2022.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/692/requerimento_no_136_-_2022.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/693/requerimento_no_137_-_2022.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/698/requerimento_no_138_-_2022.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/699/requerimento_no_139_-_2022.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/700/requerimento_no_140_-_2022.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/701/requerimento_no_141_-_2022.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/702/requerimento_no_142_-_2022.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/703/requerimento_no_143_-_2022.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/704/requerimento_no_144_-_2022.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/705/requerimento_no_145_-_2022.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/706/requerimento_no_146_-_2022.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/707/requerimento_no_147_-_2022.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/708/requerimento_no_148_-_2022.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/709/requerimento_no_149_-_2022.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/710/requerimento_no_150_-_2022.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/711/requerimento_no_151_-_2022.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/712/requerimento_no_152_-_2022.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/713/requerimento_no_153_-_2022.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/716/requerimento_no_154_-_2022.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/717/requerimento_no_155_-_2022.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/718/requerimento_no_156_-_2022.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/719/requerimento_no_157_-_2022.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/720/requerimento_no_158_-_2022.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/721/requerimento_no_159_-_2022.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/722/requerimento_no_160_-_2022.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/724/requerimento_no_161_-_2022.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/725/requerimento_no_162_-_2022.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/726/requerimento_no_163_-_2022.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/727/requerimento_no_164_-_2022.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/729/requerimento_no_165_-_2022.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/734/requerimento_no_166_-_2022.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/737/requerimento_no_167_-_2022.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/739/requerimento_no_168_-_2022.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/740/requerimento_no_169_-_2022.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/742/requerimento_no_170_-_2022.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/743/requerimento_no_171_-_2022.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/744/requerimento_no_172_-_2022.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/745/requerimento_no_173_-_2022.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/746/requerimento_no_174_-_2022.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/747/requerimento_no_175_-_2022.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/748/requerimento_no_176_-_2022.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/749/requerimento_no_177_-_2022.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/750/requerimento_no_178_-_2022.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/751/requerimento_no_179_-_2022.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/752/requerimento_no_180_-_2022.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/753/requerimento_no_181_-_2022.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/754/requerimento_no_182_-_2022.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/755/requerimento_no_183_-_2022.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/756/requerimento_no_184_-_2022.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/757/requerimento_no_185_-_2022.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/758/requerimento_no_186_-_2022.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/762/requerimento_no_187_-_2022.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/763/requerimento_no_188_-_2022.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/764/requerimento_no_189_-_2022.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/766/requerimento_no_190_-_2022.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/767/requerimento_no_191_-_2022.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/768/requerimento_no_192_-_2022.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/769/requerimento_no_193_-_2022.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/770/requerimento_no_194_-_2022.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/771/requerimento_no_195_-_2022.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/773/requerimento_no_196_-_2022.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/774/requerimento_no_197_-_2022.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/775/requerimento_no_198_-_2022.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/776/requerimento_no_199_-_2022.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/777/requermento_no_200_-_2022.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/778/requerimento_no_201_-_2022.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/779/requerimento_no_202_-_2022.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/781/requerimento_no_203_-_2022.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/782/requerimento_no_204_-_2022.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/783/requerimento_no_205_-_2022.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/784/requerimento_no_206_-_2022.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/785/requerimento_no_207_-_2022.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/786/requerimento_no_208_-_2022.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/787/requerimento_no_209_-_2022.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/788/requerimento_no_210_-_2022.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/789/requerimento_no_211_-_2022.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/790/requerimento_no_212_-_2022.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/791/requerimento_no_213_-_2022.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/792/requerimento_no_214_-_2022.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/793/requerimento_no_215_-_2022.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/794/requerimento_no_216_-_2022.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/798/requerimento_no_217_-_2022.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/800/requerimento_no_218_-_2022.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/801/requerimento_no_219_-_2022.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/802/requerimento_no_220_-_2022.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/803/requerimento_no_221_-_2022.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/804/requerimento_no_222_-_2022.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/805/requerimento_no_223_-_2022.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/809/requerimento_no_224_-_2022.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/810/requerimento_no_225_-_2022.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/811/requerimento_no_226_-_2022.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/814/requerimento_no_227_-_2022.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/822/requerimento_no_228_-_2022.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/830/requerimento_no_229_-_2022.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/832/requerimento_no_230_-_2022.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/833/requerimento_no_231_-_2022.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/836/requerimento_no_232_-_2022.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/837/requerimento_no_233_-_2022.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/838/requerimento_no_234_-_2022.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/839/requerimento_no_235_-_2022.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/840/requerimento_no_36_-_2022.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/841/requerimento_no_237_-_2022.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/842/requerimento_no_238_-_2022.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/843/requerimento_no_239_-_2022.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/844/requerimento_no_240_-_2022.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/847/requerimento_no_241_-_2022.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/848/requerimento_no_242_-_2022.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/849/requerimento_no_243_-_2022.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/850/requerimento_no_244_-_2022.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/852/requerimento_no_245_-_2022.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/853/requerimento_no_246_-_2022.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/855/requerimento_no_247_-_2022.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/859/requerimento_no_248_-_2022.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/860/requerimento_no_249_-_2022.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/861/requerimento_no_250_-_2022.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/862/requerimento_no_251_-_2022.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/863/requerimento_no_252_-_2022.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/864/requerimento_no_253_-_2022.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/865/requerimento_no_254_-_2022.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/866/requerimento_no_255_-_2022.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/867/requerimento_no_256_-_2022.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/868/requerimento_no_257_-_2022.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/869/requerimento_no_258_-_2022.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/870/requerimento_no_259_-_2022.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/871/requerimento_no_260_-_2022.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/872/requerimento_no_261_-_2022.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/873/requerimento_no_262_-_2022.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/874/requerimento_no_263_-_2022.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/875/requerimento_no_264_-_2022.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/876/requerimento_no_265_-_2022.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/877/requerimento_no_266_-_2022.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/878/requerimento_no_267_-_2022.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/879/requerimento_no_268_-_2022.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/880/requerimento_no_269_-_2022.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/881/requerimento_no_270_-_2022.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/882/requerimento_no_271_-_2022.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/883/requerimento_no_272_-_2022.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/884/requerimento_no_273_-_2022.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/885/requerimento_no_274_-_2022.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/886/requerimento_no_275_-_2022.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/887/requerimento_no_276_-_2022.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/888/requerimento_no_277_-_2022.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/889/requerimento_no_278_-_2022.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/890/requerimento_no_279_-_2022.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/891/requerimento_no_280_-_2022.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/892/requerimento_no_281_-_2022.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/893/requerimento_no_282_-_2022.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/894/requerimento_no_283_-_2022.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/896/requerimento_no_284_-_2022.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/897/requerimento_no_285_-_2022.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/903/requerimento_no_286_-_2022.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/904/requerimento_no_287_-_2022.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/905/requerimento_no_288_-_2022.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/906/requerimento_no_289_-_2022.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/907/requerimento_no_290_-_2022.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/908/requerimento_no_291_-_2022.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/909/requerimento_no_292_-_2022.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/910/requerimento_no_293_-_2022.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/911/requerimento_no_294_-_2022.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/912/requerimento_no_295_-_2022.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/914/requerimento_no_296_-_2022.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/915/requerimento_no_297_-_2022.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/916/requerimento_no_298_-_2022.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/917/requerimento_no_299_-_2022.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/921/requerimento_no_300_-_2022.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/922/requerimento_no_301_-_2022.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/923/requerimento_no_302.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/815/indicacao_no_02_-_2022.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/851/indicacao_no_04_-_2022.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/520/mocao_de_aplausos_no_01.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/521/mocao_de_aplausos_no_02.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/564/mocao_de_aplausos_no_03.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/565/mocao_de_aplausos_no_04.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/611/mocao_de_aplausos_no_05.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/619/mocao_de_aplausos_no_06.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/631/mocao_de_aplausos_no_07.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/638/mocao_de_aplausos_no_08.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/685/mocao_de_aplausos_no_09.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/695/mocao_de_aplausos_no_10.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/728/mocao_de_aplausos_no_11.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/732/mocao_de_aplausos_no_12.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/761/mocao_de_aplausos_no_13.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/780/mocao_de_aplausos_no_14.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/795/mocao_de_aplausos_no_15.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/796/mocao_de_aplausos_no_16.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/797/mocao_de_aplausos_no_17.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/799/mocao_de_aplausos_no_18.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/806/mocao_de_aplausos_no_19.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/807/mocao_de_aplausos_no_20.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/808/mocao_de_aplausos_no_21.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/819/mocao_de_aplausos_no_22.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/821/mocao_de_aplausos_no_23.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/831/mocao_de_aplausos_no_24.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/918/mocao_de_aplausos_no_25.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/919/mocao_de_aplausos_no_26.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/920/mocao_de_aplausos_no_27.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/529/mocao_de_pesar_no_01.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/532/mocao_de_pesar_no_02.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/567/mocao_de_pesar_no_03.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/597/mocao_de_pesar_no_04.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/653/mocao_de_pesar_no_05.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/654/mocao_de_pesar_no_06.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/669/mocao_de_pesar_no_07.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/730/mocao_de_pesar_no_08.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/731/mocao_de_pesar_no_09.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/738/mocao_de_pesar_no_10.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/759/mocao_de_pesar_no_11.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/772/mocao_de_pesar_no_12.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/816/mocao_de_pesar_no_13.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/817/mocao_de_pesar_no_14.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/818/mocao_de_pesar_no_15.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/826/mocao_de_pesar_no_16.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/857/mocao_de_pesar_no_17.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/913/mocao_de_pesar_no_18.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/925/mocao_de_pesar_no_19.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/926/mocao_de_pesar_no_20.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/927/mocao_de_pesar_no_21.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/899/projeto_de_lei_no_16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/900/projeto_de_lei_no_17.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/902/projeto_de_lei__no_18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/519/pl_1.2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/522/pl_2.2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/523/pl_3.2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/524/requerimento_no_01_-_2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/525/requerimento_no_02_-_2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/526/requerimento_no_03_-_2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/527/requerimento_no_04_-_2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/528/requerimento_no_05_-_2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/530/requerimento_no_06_-_2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/531/requerimento_no_07_-_2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/533/requerimento_no_08_-_2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/534/requerimento_no_09_-_2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/535/requerimento_no_10_-_2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/536/requerimento_no_11_-_2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/537/requerimento_no_12_-_2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/538/requerimento_no_13_-_2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/539/requerimento_no_14_-_2022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/540/requerimento_no_15_-_2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/541/requerimento_no_16_-_2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/543/requerimento_no_17_-_2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/544/requerimento_no_18_-_2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/545/requerimento_no_19_-_2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/546/requerimento_no_20_-_2022.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/547/requerimento_no_21_-_2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/548/requerimento_no_22_-_2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/549/requerimento_no_23_-_2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/550/requerimento_no_24_-_2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/551/requerimento_no_25_-_2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/552/requerimento_no_26_-_2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/553/requerimento_no_27_-_2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/554/requerimento_no_28_-_2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/555/requerimento_no_29_-_2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/556/requerimento_no_30_-_2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/557/requerimento_no_31_-_2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/558/requerimento_no_32_-_2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/559/requerimento_no_33_-_2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/560/requerimento_no_34_-_2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/561/requerimento_no_35_-_2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/562/requerimento_no_36_-_2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/563/requerimento_no_37_-_2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/566/requerimento_no_38_-_2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/568/requerimento_no_39_-_2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/569/requerimento_no_40_-_2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/571/requerimento_no_41_-_2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/572/requerimento_no_42_-_2022.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/574/requerimento_no_43_-_2022.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/575/requerimento_no_44_-_2022.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/576/requerimento_no_45_-_2022.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/577/requerimento_no_46_-_2022.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/578/requerimento_no_47_-_2022.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/579/requerimento__no_48_-_2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/580/requerimento_no_49_-_2022.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/581/requerimento_no_50_-_2022.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/582/requerimento_no_51_-_2022.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/583/requerimento_no_52_-_2022.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/584/requerimento_no_53_-_2022.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/585/requerimento_no_54_-_2022.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/586/requerimento_no_55_-_2022.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/587/requerimento_no_56_-_2022.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/588/requerimento_no_57_-_2022.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/589/requerimento_no_58_-_2022.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/590/requerimento_no_59_-_2022.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/592/requerimento_no_60_-_2022.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/593/requerimento_no_61_-_2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/594/requerimento_no_62_-_2022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/595/requerimento_no_63_-_2022.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/596/requerimento_no_64_-_2022.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/599/requerimento_no_65_-_2022.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/600/requerimento_no_66_-_2022.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/601/requerimento_no_67_-_2022.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/602/requerimento_no_68_-_2022.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/603/requerimento_no_69_-_2022.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/604/requerimento_no_70_-_2022.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/605/requerimento_no_71_-_2022.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/606/requerimento_no_72_-_2022.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/607/requerimento_no_73_-_2022.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/612/requerimento_no_74_-_2022.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/613/requerimento_no_75_-_2022.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/614/requerimento_no_76_-_2022.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/615/requerimento_no_77_-_2022.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/616/requerimento_no_78_-_2022.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/617/requerimento_no_79_-_2022.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/620/requerimento_no_80_-_2022.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/621/requerimento_no_81_-_2022.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/622/requerimento_no_82_-_2022.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/623/requerimento_no_83_-_2022.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/624/requerimento_no_84__-_2022.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/625/requerimento_no_85_-_2022.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/626/requerimento_no_86_-_2022.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/628/requerimento_no_87_-_2022.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/629/requerimento_no_88_-_2022.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/632/requerimento_no_89_-_2022.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/633/requerimentos_no_90_-_2022.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/634/requerimento_no_91_-_2022.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/635/requerimento_no_92_-_2022.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/636/requerimento_no_93_-_2022.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/637/requerimento_no_94_-_2022.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/639/requerimento_no_95_-_2022.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/640/requerimento_no_96_-_2022.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/641/requerimento_no_97_-_2022.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/642/requerimento_no_98_-_2022.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/643/requerimento_no_99_-_2022.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/644/requerimento_no_100_-_2022.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/645/requerimento_no_101_-_2022.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/646/requerimento_no_102_-_2022.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/647/requerimento_no_103_-_2022.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/648/requerimento_no_104_-_2022.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/655/requerimento_no_105_-_2022.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/656/requerimento_no_106_-_2022.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/657/requerimento_no_107_-_2022.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/658/requerimento_no_108_-_2022.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/660/requerimento_no_109_-_2022.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/661/requerimento_no_110_-_2022.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/662/requerimento_no_111_-_2022.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/663/requerimento_no_112_-_2022.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/664/requerimento_no_113_-_2022.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/665/requerimento_no_114_-_2022.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/666/requerimento_no_115_-_2022.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/667/requerimento_no_116_-_2022.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/668/requerimento_no_117_-_2022.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/671/requerimento_no_118_-_2022.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/672/requerimento_no_119_-_2022.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/674/requerimento_no_120_-_2022.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/675/requerimento_no_121_-_2022.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/677/requerimento_no_122_-_2022.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/678/requerimento_no_123_-_2022.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/679/requerimento_no_124_-_2022.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/680/requerimento_no_125_-_2022.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/681/requerimento_no_126_-_2022.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/682/requerimento_no_127_-_2022.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/683/requerimento_no_128_-_2022.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/684/requerimento_no_129_-_2022.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/686/requerimento_no_130_-_2022.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/687/requerimento_no_131_-_2021.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/688/requerimento_no_132_-_2022.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/689/requerimento_no_133_-_2022.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/690/requerimento_no_134_-_2022.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/691/requerimento_no_135_-_2022.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/692/requerimento_no_136_-_2022.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/693/requerimento_no_137_-_2022.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/698/requerimento_no_138_-_2022.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/699/requerimento_no_139_-_2022.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/700/requerimento_no_140_-_2022.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/701/requerimento_no_141_-_2022.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/702/requerimento_no_142_-_2022.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/703/requerimento_no_143_-_2022.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/704/requerimento_no_144_-_2022.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/705/requerimento_no_145_-_2022.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/706/requerimento_no_146_-_2022.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/707/requerimento_no_147_-_2022.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/708/requerimento_no_148_-_2022.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/709/requerimento_no_149_-_2022.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/710/requerimento_no_150_-_2022.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/711/requerimento_no_151_-_2022.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/712/requerimento_no_152_-_2022.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/713/requerimento_no_153_-_2022.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/716/requerimento_no_154_-_2022.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/717/requerimento_no_155_-_2022.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/718/requerimento_no_156_-_2022.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/719/requerimento_no_157_-_2022.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/720/requerimento_no_158_-_2022.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/721/requerimento_no_159_-_2022.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/722/requerimento_no_160_-_2022.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/724/requerimento_no_161_-_2022.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/725/requerimento_no_162_-_2022.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/726/requerimento_no_163_-_2022.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/727/requerimento_no_164_-_2022.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/729/requerimento_no_165_-_2022.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/734/requerimento_no_166_-_2022.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/737/requerimento_no_167_-_2022.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/739/requerimento_no_168_-_2022.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/740/requerimento_no_169_-_2022.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/742/requerimento_no_170_-_2022.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/743/requerimento_no_171_-_2022.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/744/requerimento_no_172_-_2022.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/745/requerimento_no_173_-_2022.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/746/requerimento_no_174_-_2022.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/747/requerimento_no_175_-_2022.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/748/requerimento_no_176_-_2022.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/749/requerimento_no_177_-_2022.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/750/requerimento_no_178_-_2022.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/751/requerimento_no_179_-_2022.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/752/requerimento_no_180_-_2022.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/753/requerimento_no_181_-_2022.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/754/requerimento_no_182_-_2022.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/755/requerimento_no_183_-_2022.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/756/requerimento_no_184_-_2022.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/757/requerimento_no_185_-_2022.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/758/requerimento_no_186_-_2022.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/762/requerimento_no_187_-_2022.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/763/requerimento_no_188_-_2022.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/764/requerimento_no_189_-_2022.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/766/requerimento_no_190_-_2022.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/767/requerimento_no_191_-_2022.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/768/requerimento_no_192_-_2022.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/769/requerimento_no_193_-_2022.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/770/requerimento_no_194_-_2022.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/771/requerimento_no_195_-_2022.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/773/requerimento_no_196_-_2022.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/774/requerimento_no_197_-_2022.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/775/requerimento_no_198_-_2022.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/776/requerimento_no_199_-_2022.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/777/requermento_no_200_-_2022.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/778/requerimento_no_201_-_2022.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/779/requerimento_no_202_-_2022.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/781/requerimento_no_203_-_2022.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/782/requerimento_no_204_-_2022.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/783/requerimento_no_205_-_2022.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/784/requerimento_no_206_-_2022.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/785/requerimento_no_207_-_2022.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/786/requerimento_no_208_-_2022.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/787/requerimento_no_209_-_2022.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/788/requerimento_no_210_-_2022.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/789/requerimento_no_211_-_2022.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/790/requerimento_no_212_-_2022.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/791/requerimento_no_213_-_2022.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/792/requerimento_no_214_-_2022.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/793/requerimento_no_215_-_2022.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/794/requerimento_no_216_-_2022.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/798/requerimento_no_217_-_2022.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/800/requerimento_no_218_-_2022.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/801/requerimento_no_219_-_2022.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/802/requerimento_no_220_-_2022.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/803/requerimento_no_221_-_2022.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/804/requerimento_no_222_-_2022.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/805/requerimento_no_223_-_2022.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/809/requerimento_no_224_-_2022.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/810/requerimento_no_225_-_2022.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/811/requerimento_no_226_-_2022.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/814/requerimento_no_227_-_2022.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/822/requerimento_no_228_-_2022.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/830/requerimento_no_229_-_2022.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/832/requerimento_no_230_-_2022.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/833/requerimento_no_231_-_2022.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/836/requerimento_no_232_-_2022.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/837/requerimento_no_233_-_2022.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/838/requerimento_no_234_-_2022.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/839/requerimento_no_235_-_2022.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/840/requerimento_no_36_-_2022.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/841/requerimento_no_237_-_2022.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/842/requerimento_no_238_-_2022.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/843/requerimento_no_239_-_2022.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/844/requerimento_no_240_-_2022.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/847/requerimento_no_241_-_2022.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/848/requerimento_no_242_-_2022.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/849/requerimento_no_243_-_2022.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/850/requerimento_no_244_-_2022.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/852/requerimento_no_245_-_2022.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/853/requerimento_no_246_-_2022.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/855/requerimento_no_247_-_2022.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/859/requerimento_no_248_-_2022.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/860/requerimento_no_249_-_2022.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/861/requerimento_no_250_-_2022.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/862/requerimento_no_251_-_2022.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/863/requerimento_no_252_-_2022.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/864/requerimento_no_253_-_2022.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/865/requerimento_no_254_-_2022.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/866/requerimento_no_255_-_2022.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/867/requerimento_no_256_-_2022.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/868/requerimento_no_257_-_2022.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/869/requerimento_no_258_-_2022.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/870/requerimento_no_259_-_2022.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/871/requerimento_no_260_-_2022.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/872/requerimento_no_261_-_2022.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/873/requerimento_no_262_-_2022.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/874/requerimento_no_263_-_2022.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/875/requerimento_no_264_-_2022.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/876/requerimento_no_265_-_2022.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/877/requerimento_no_266_-_2022.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/878/requerimento_no_267_-_2022.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/879/requerimento_no_268_-_2022.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/880/requerimento_no_269_-_2022.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/881/requerimento_no_270_-_2022.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/882/requerimento_no_271_-_2022.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/883/requerimento_no_272_-_2022.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/884/requerimento_no_273_-_2022.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/885/requerimento_no_274_-_2022.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/886/requerimento_no_275_-_2022.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/887/requerimento_no_276_-_2022.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/888/requerimento_no_277_-_2022.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/889/requerimento_no_278_-_2022.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/890/requerimento_no_279_-_2022.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/891/requerimento_no_280_-_2022.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/892/requerimento_no_281_-_2022.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/893/requerimento_no_282_-_2022.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/894/requerimento_no_283_-_2022.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/896/requerimento_no_284_-_2022.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/897/requerimento_no_285_-_2022.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/903/requerimento_no_286_-_2022.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/904/requerimento_no_287_-_2022.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/905/requerimento_no_288_-_2022.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/906/requerimento_no_289_-_2022.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/907/requerimento_no_290_-_2022.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/908/requerimento_no_291_-_2022.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/909/requerimento_no_292_-_2022.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/910/requerimento_no_293_-_2022.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/911/requerimento_no_294_-_2022.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/912/requerimento_no_295_-_2022.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/914/requerimento_no_296_-_2022.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/915/requerimento_no_297_-_2022.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/916/requerimento_no_298_-_2022.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/917/requerimento_no_299_-_2022.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/921/requerimento_no_300_-_2022.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/922/requerimento_no_301_-_2022.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/923/requerimento_no_302.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/815/indicacao_no_02_-_2022.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/851/indicacao_no_04_-_2022.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/520/mocao_de_aplausos_no_01.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/521/mocao_de_aplausos_no_02.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/564/mocao_de_aplausos_no_03.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/565/mocao_de_aplausos_no_04.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/611/mocao_de_aplausos_no_05.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/619/mocao_de_aplausos_no_06.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/631/mocao_de_aplausos_no_07.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/638/mocao_de_aplausos_no_08.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/685/mocao_de_aplausos_no_09.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/695/mocao_de_aplausos_no_10.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/728/mocao_de_aplausos_no_11.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/732/mocao_de_aplausos_no_12.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/761/mocao_de_aplausos_no_13.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/780/mocao_de_aplausos_no_14.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/795/mocao_de_aplausos_no_15.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/796/mocao_de_aplausos_no_16.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/797/mocao_de_aplausos_no_17.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/799/mocao_de_aplausos_no_18.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/806/mocao_de_aplausos_no_19.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/807/mocao_de_aplausos_no_20.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/808/mocao_de_aplausos_no_21.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/819/mocao_de_aplausos_no_22.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/821/mocao_de_aplausos_no_23.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/831/mocao_de_aplausos_no_24.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/918/mocao_de_aplausos_no_25.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/919/mocao_de_aplausos_no_26.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/920/mocao_de_aplausos_no_27.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/529/mocao_de_pesar_no_01.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/532/mocao_de_pesar_no_02.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/567/mocao_de_pesar_no_03.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/597/mocao_de_pesar_no_04.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/653/mocao_de_pesar_no_05.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/654/mocao_de_pesar_no_06.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/669/mocao_de_pesar_no_07.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/730/mocao_de_pesar_no_08.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/731/mocao_de_pesar_no_09.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/738/mocao_de_pesar_no_10.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/759/mocao_de_pesar_no_11.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/772/mocao_de_pesar_no_12.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/816/mocao_de_pesar_no_13.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/817/mocao_de_pesar_no_14.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/818/mocao_de_pesar_no_15.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/826/mocao_de_pesar_no_16.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/857/mocao_de_pesar_no_17.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/913/mocao_de_pesar_no_18.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/925/mocao_de_pesar_no_19.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/926/mocao_de_pesar_no_20.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2022/927/mocao_de_pesar_no_21.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H395"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="101.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="100.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>