--- v0 (2025-12-25)
+++ v1 (2026-03-26)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária - Legislativo</t>
   </si>
   <si>
     <t>Maria de Fátima</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/</t>
   </si>
   <si>
     <t>Denomina de JOÃO HORTÊNCIO DA SILVA, o quiosque localizado na Praça Dix Sept Rosado, neste município e dá outras providências.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Patrícia Maria de Lima Silva (Patrícia Lima)</t>
   </si>
   <si>
     <t>Denomina de JOSÉ GALDINO DA SILVA, a Rua Projetada1, no conjunto Novo Horizonte, na comunidade de Lagoa Limpa.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Denomina de IRENE FERREIRA DA SILVA, a Rua Projetada 2, no conjunto Novo Horizonte, na comunidade de Lagoa Limpa.</t>
   </si>
@@ -156,51 +156,51 @@
   <si>
     <t>Manga Rosa</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo e Legislativo municipal a conceder 01 (um) dia de folga remunerada aos servidores públicos municipais efetivos, na data de seus respectivos aniversários e dá outras providências.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Dispõe sobre o fornecimento de absorventes higiênicos nas Escolas Públicas do município de Nova Cruz/RN e dá outras providencias.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Marione de Alburqueque Moreira (Marione Moreira)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/213/projeto_de_lei_no_11_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/213/projeto_de_lei_no_11_-_2021.pdf</t>
   </si>
   <si>
     <t>Institui a sanção de multa para os indivíduos que burlarem a sequência de vacinação dos grupos prioridades previstos no plano nacional e municipal de imunização contra COVID-19 e dá outras providências.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Anne Gabriela Moreira de Souza Melo (Gabi Melo)</t>
   </si>
   <si>
     <t>Cria o EDUCAÇÃO CONECTADA no âmbito municipal e regulamenta a implantação de pontos de internet gratuita para auxiliar alunos com o ensino a distância e dá outras providências.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Gelson Vitor</t>
   </si>
@@ -243,51 +243,51 @@
   <si>
     <t>Dispõe sobre a obrigatoriedade da comprovação do preenchimento das cotas de aprendizes por parte de empresas que celebrem contratos com o Município de Nova Cruz/RN e dá outras providências.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Carlos César F. de Melo (César de Augustinho)</t>
   </si>
   <si>
     <t>Denomina de Raimundo Bernardo Filho, a Praça, localizada no bairro do Planalto, neste município e dá outras providências.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Anne Gabriela Moreira de Souza Melo (Gabi Melo), Marione de Alburqueque Moreira (Marione Moreira)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/355/pl_19.2021_-_gabi_e_marione.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/355/pl_19.2021_-_gabi_e_marione.pdf</t>
   </si>
   <si>
     <t>Cria o Programa “Horta Escolar “, com o objetivo de desenvolver ações para institucionalizar a instalação e manutenção de hortas nas dependências das escolas municipais</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Denomina de Jorge de Lima Bráulio, a Academia de Saúde Popular, localizada no Complexo Poliesportivo, neste município e dá outras providências.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Mateus Catolé</t>
   </si>
   <si>
     <t>Institui o Dia Municipal do Ciclista, no âmbito do Município de Nova Cruz/RN, a ser comemorado no dia 07 de agosto, e dá outras providências</t>
   </si>
@@ -462,4320 +462,4320 @@
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Altera alínea b do art. 1º da Lei 1.340 de 18 de novembro de 2019.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>Dispõe sobre a reestruturação da Controladoria Geral do município de Nova Cruz/RN instituindo-a como unidade administrativa independente, alterando o artigo 46 da Lei Complementar municipal 921/2009 e institui o Sistema de Controle Interno Municipal a fim de atender a resolução 013/2013 do TCE, nos termos do artigo 31 do Constituição Federal e artigo 59 da Lei Complementar nº 101/2000 e dá outras providencias.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Álisson de Barão</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/104/projeto_de_resolucao_01.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/104/projeto_de_resolucao_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Frente Parlamentar em defesa da criança e do adolescente – FPDCA e dá outras providencias</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>Institui marca, logotipo e cria o manual de identidade visual da Câmara Municipal de Nova Cruz/RN.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
     <t>Institui e regulamenta a tramitação dos projetos de leis e processos, no âmbito da Câmara Municipal de Nova Cruz/RN e dá outras providências</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>Dispõe sobre o procedimento a ser observado nas sessões ordinárias e extraordinárias, da Câmara Municipal de Nova Cruz/RN, de caráter hibrido, com o uso da tecnologia remota, bem como das sessões ordinárias e extraordinárias, enquanto perdurar a situação emergencial de saúde pública da COVID-19.</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/11/requerimento_no_01_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/11/requerimento_no_01_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário Municipal de Serviços Urbanos, Transportes e Obras Públicas, a recuperação do calçamento em frente à Escola da comunidade de Lagoa Limpa.</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/12/requerimento_no_02_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/12/requerimento_no_02_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário Municipal de Serviços Urbanos, Transportes e Obras Públicas, a recuperação da Praça do Alto de Santa Luzia, localizada as margens do açude.</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/13/requerimento_no_03_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/13/requerimento_no_03_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Ilustríssimo Senhor Secretário Municipal de Saúde, a instalação de uma Unidade de Terapia Intensiva (UTI) no Hospital Municipal Monsenhor Pedro Moura.</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/14/requerimento_no_04_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/14/requerimento_no_04_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Ilustríssimo Senhor Secretário Municipal de Saúde, a reabertura da maternidade do Hospital Municipal Monsenhor Pedro Moura.</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/15/requerimento_no_05_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/15/requerimento_no_05_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Ilustríssimo Senhor Secretário Municipal de Serviços Urbanos, Transportes e Obras Públicas, a distribuição de dois (2) carros pipas, em nosso município.</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/18/requerimento_no_06_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/18/requerimento_no_06_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando a Ilustríssima Secretaria de Educação, esclarecimentos sobre o retorno das aulas e as adaptações para o ano de 2021.</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/19/requerimento_no_07_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/19/requerimento_no_07_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Ilustríssimo Secretario de Saúde, o quantitativo de vacinados no município assim como o cronograma de vacinação contra o COVID-19.</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/20/requerimento_no_08_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/20/requerimento_no_08_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja realizado um estudo da estrutura da Ponte Regis Bittencourt, em nosso município.</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/21/requerimento_no_09_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/21/requerimento_no_09_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando a construção de uma passagem molhada na comunidade do Curralinho e na Comunidade do Maranhão.</t>
   </si>
   <si>
     <t>Juninho Salú</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/22/requerimento_no_10_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/22/requerimento_no_10_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja realizada uma limpeza completa na bueira, localizada na rua 13 de Maio, especificadamente em frente ao sindicato dos trabalhadores.</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/23/requerimento_no_11_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/23/requerimento_no_11_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Presidente desta Casa que realize a Transmissão nas redes sociais, das Sessões da Câmara Municipal dos Vereadores.</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/24/requerimento_no_12_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/24/requerimento_no_12_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja retomada a construção de uma bueira localizada entre Lagoa de Serra e Lagoa do Mato com instalação de manilhas na passagem do riacho que liga as duas comunidades.</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/25/requerimento_no_13_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/25/requerimento_no_13_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a construção de uma passagem molhada na comunidade de Lagoa do Couro, neste município.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/26/requerimento_no_14_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/26/requerimento_no_14_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Agricultura a realização do corte de terra nas comunidades de nosso município.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/27/requerimento_no_15_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/27/requerimento_no_15_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando que passe a máquina patrol nas estradas que dão acesso as comunidades do nosso município.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Tiago da Costa de Araújo (Tiago Araújo)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/30/requerimento_no_16_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/30/requerimento_no_16_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando a implantação de um quebra-molas na Rua Cônego Luiz Adolfo, em prol da segurança dos moradores desta rua.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/31/requerimento__no_17_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/31/requerimento__no_17_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja feita novamente a desinfecção nas pessoas na feira livre da cidade.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Aluísio Soares de Sena (Aluísio Sena)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/32/requerimento_no_18_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/32/requerimento_no_18_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja feito o canteiro na Rua José Batista Da Silva e que seja complementação de postes com lapadas de LED.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/33/requerimento_no_19_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/33/requerimento_no_19_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando a instalação de braço, luminária e lâmpada no poste em frente à capela do Catolé.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/34/requerimento__no_20_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/34/requerimento__no_20_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando reparo em toda Iluminação pública na Zona Rural do município de Nova Cruz.</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/35/requerimento_no_21_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/35/requerimento_no_21_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando a recuperação a das quadras de esportes das comunidades de Lagoa limpa e Serrote dos Bezerras.</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/36/requerimento_no_22_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/36/requerimento_no_22_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando a sinalização das lombadas RN-120, mais precisamente, na comunidade de Lagoa Limpa, neste município.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/37/requerimento_no_23_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/37/requerimento_no_23_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja retomada do calçamento da Rua Severino Augusto de Morais e que seja retirada as pedras que ali se encontram.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/38/requerimento_no_24_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/38/requerimento_no_24_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja asfaltada a estrada que liga a RN-269 a Comunidade do Serrote dos Bezerras.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/39/requerimento_no_25_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/39/requerimento_no_25_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretario de Obras que realize uma operação de recuperação da estrada inicial (inclusive na parte do Rio Curimataú) que liga conceição ao curralinho utilizando a máquina patrol e metralha ou cascalho.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/40/requerimento_no_26_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/40/requerimento_no_26_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a reativação da cacimba da comunidade de Três Voltas, próximo ao posto de saúde da comunidade.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/44/requerimento_no_27_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/44/requerimento_no_27_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja feito uma rotatória na Rua Senador Georgino Avelino com a Rua Cônego Luiz Adolfo, nas proximidades do Centro de COVID.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/45/requerimento_no_28_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/45/requerimento_no_28_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras o reparo em toda Iluminação pública nas seguintes ruas: Presidente Getúlio Vargas, Tv. Arruda Câmara e Cel. José Rondon; mais especificamente, nas imediações do Banco do Brasil.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/46/requerimento_no_29_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/46/requerimento_no_29_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando a Secretaria de Infraestrutura o calçamento do Loteamento Portal do Agreste, no bairro Santa Luzia, neste município.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/47/requerimento_no_30_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/47/requerimento_no_30_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a conclusão do saneamento básico do nosso município.</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/48/requerimento_no_31_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/48/requerimento_no_31_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a construção de uma Unidade Básica de Saúde, na comunidade do Catolé.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/49/requerimento_no_32_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/49/requerimento_no_32_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a construção de uma Unidade Básica de Saúde (UBS) no Bairro Vista do Sol.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/50/requerimento_no_33_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/50/requerimento_no_33_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja criada uma Central de Atendimento em sua secretaria.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/51/requerimento_no_34_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/51/requerimento_no_34_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras o trabalho de capinagem e a reposição de lâmpadas na quadra esportiva da comunidade de conceição, deste Município.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/52/requerimento_no_35_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/52/requerimento_no_35_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja feita uma reforma na quadra de esportes Henrique César, localizada no bairro Vista do Sol.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/53/requerimento_no_36_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/53/requerimento_no_36_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a recuperação de trechos da pavimentação e a implantação de quebra-molas nas seguintes ruas: primeiro de janeiro, Zacarias Barbosa de Oliveira e 25 de dezembro, no bairro Antônio Peixoto Mariano.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/54/requerimento_no_37_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/54/requerimento_no_37_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a recuperação da quadra de esportes de Primeira Lagoa, neste município.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/55/requerimento_no_38_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/55/requerimento_no_38_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja passada a máquina patrol na estrada da comunidade do Xique-xique, neste município.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/57/requerimento_no_39_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/57/requerimento_no_39_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito o calçamento das margens da RN-120, nas proximidades da comunidade de Lagoa Limpa, além da implantação de postes com iluminação de LED.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/58/requerimento_no_40_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/58/requerimento_no_40_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito melhorias para a Quadra de Esportes Antônio Belo do Nascimento e a Praça Geraldo Cordeiro da Silva, ambas na Comunidade da Conceição.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/59/requerimento_no_41_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/59/requerimento_no_41_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja realizado a reabertura do centro cirúrgico do Hospital Monsenhor Pedro Moura.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/60/requerimento_no_42_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/60/requerimento_no_42_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Saúde que seja retomada a reforma da UBS da Comunidade de Três Voltas que se encontra-se fechada.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/61/requerimento_no_43_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/61/requerimento_no_43_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando a CAERN que seja encaminhada a esta Casa, cópia do convênio existente entre a CAERN e o município de Nova Cruz.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/62/requerimento_no_44_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/62/requerimento_no_44_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretario de Tributação que seja enviada informações de como está sendo realizada a cobrança do ISS sobre a instalação de torres de internet, em nosso município.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/63/requerimento_no_45_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/63/requerimento_no_45_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal o calçamento e implantação de lâmpadas de LED no Sitio Catolé.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/64/requerimento_no_46_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/64/requerimento_no_46_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a reposição das lâmpadas do Sitio Capim Açu.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>Álisson de Barão, Carlos César F. de Melo (César de Augustinho), Gelson Vitor</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/65/requerimento_no_47_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/65/requerimento_no_47_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja feito o calçamento das três ruas que compõe o conjunto Luiz Moreira Neto.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/66/requerimento_no_48_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/66/requerimento_no_48_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que libere um espaço em pontos estratégicos de cada bairro do nosso município, para que os feirantes possam vender seus produtos.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>Juninho Salú, Patrícia Maria de Lima Silva (Patrícia Lima), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/67/requerimento_no_49_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/67/requerimento_no_49_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a criação e implementação da Guarda Municipal na cidade de Nova Cruz/RN.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/68/requerimento_no_50_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/68/requerimento_no_50_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Presidente desta Casa que seja criada e distribuída, uma cartilha parlamentar.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/69/requerimento_no_51_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/69/requerimento_no_51_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito um posicionamento a respeito do cumprimento da Lei n° 1.170/2015 referente ao concurso de criação e elaboração do hino municipal.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/70/requerimento_no_52_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/70/requerimento_no_52_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal a retomada do abastecimento de água às comunidades rurais, em especial nas comunidades do Juriti, Capim-Açu e Gravatá. Tiago Araújo.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/71/requerimento_no_53_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/71/requerimento_no_53_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal a conclusão da pavimentação das ruas: Geraldo Peixoto Mariano, Pantaleão Justino de Lima e a Professor Manoel Elias, situadas no bairro do Planalto.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/75/requerimenro_no_54_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/75/requerimenro_no_54_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretario de Tributação que seja enviada informações de como está sendo realizada a cobrança do ISS sobre as agencias bancarias, em nosso município.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/76/requerimento_no_55_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/76/requerimento_no_55_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Saúde a adoção de todas as medidas para que sejam realizadas as testagens do tipo Swab RT-PCR em todos os comerciantes e funcionários dos estabelecimentos comerciais, principalmente àqueles que tiverem casos positivos confirmados de Covid-19 assim como pessoas com sintomatologia clínica da doença.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/77/requerimento_no_56_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/77/requerimento_no_56_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que realize uma operação de recuperação de estrada inicial (inclusive na parte do Rio Curimataú) que liga Lagoa do Couro e a Lapa utilizando a máquina Patrol e metralha ou cascalho, para que aquela Comunidade não fique intransitável no período chuvoso que se aproxima.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/79/requerimenro_no_57_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/79/requerimenro_no_57_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja construído um Centro de Convenção Municipal, para que possamos dar uma ênfase aos artistas e aos grupos culturais de nosso município.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/80/requerimento_no_58_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/80/requerimento_no_58_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que sejam refeitas duas lombadas na rua Frei Serafim de Catânea, ao lado do Hospital Municipal Monsenhor Pedro Moura, localizadas em frente a Madeireira Andrade e a outra em frente ao Big Bar.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/81/requerimento_no_59_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/81/requerimento_no_59_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que sejam instaladas lâmpadas de LED na comunidade do Assentamento José Rodrigues Sobrinho.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/82/requerimrnto_no_60_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/82/requerimrnto_no_60_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a limpeza das ruas Doutor Mario Negócio e Capitão José da Penha.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/83/requerimento_no_61_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/83/requerimento_no_61_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Presidente desta Casa que seja instalada uma comissão de vereadores para vistoriar as unidades de saúde do município.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/84/requerimento_no_62_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/84/requerimento_no_62_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que veja a possibilidade da praça que está sendo construída na comunidade de Lagoa de Serra, venha a ter o nome do saudoso professor Heleno Ribeiro da Silva.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>Álisson de Barão, Juninho Salú, Patrícia Maria de Lima Silva (Patrícia Lima)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/85/requerimento_no_63_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/85/requerimento_no_63_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a recuperação do calçamento da Rua Felipe Camarão e que seja instalada iluminação em Led.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>Victor Guerra, Gelson Vitor</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/86/requerimento_no_64_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/86/requerimento_no_64_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras, ao Secretário de Agricultura e ao de Agricultura a reforma e todos os reparos necessários para o Chafariz, Casa de bomba e a Cisterna, localizados na Comunidade do Juriti.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/87/requerimento_no_65_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/87/requerimento_no_65_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a passagem de máquina motoniveladora e reparos necessários, referente as estradas vicinais que ligam a Comunidade de Lagoa Seca até a comunidade do Juriti.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/88/requerimento_no_66_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/88/requerimento_no_66_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Presidente desta Casa a realização de uma Audiência Pública para homenagear os profissionais da linha de frente em combate ao Covid-19.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/91/requerimento_no_67_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/91/requerimento_no_67_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja construída uma academia popular na comunidade rural de Conceição, na praça.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/92/requerimento_no_68_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/92/requerimento_no_68_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a recuperação de calçamento na rua Urtigal em nosso município</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/93/requerimento_no_69_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/93/requerimento_no_69_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras e ao de Saúde a recuperação de uma sala na antiga escola da comunidade do Gravatá para que funcione como anexo do posto de saúde.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/94/requerimento_no_70_-2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/94/requerimento_no_70_-2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a doação de uma sala na antiga escola da comunidade do Gravatá para que funcione como associação dos moradores.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/95/requerimento_no_71_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/95/requerimento_no_71_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja realizada uma reparação da iluminação utilizando lâmpadas de LED nas comunidades de Fortaleza, Lapa e Lagoa de Serra.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/96/requerimento_no_72_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/96/requerimento_no_72_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário Saúde que seja feita a implantação de um anexo de uma UBS na Comunidade do Curralinho.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/97/requerimento_no_73_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/97/requerimento_no_73_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a complementação do calçamento da Rua Antônio Galdino da Costa no Bairro da Nova Esperança</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/98/requerimento_no_74_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/98/requerimento_no_74_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito e a Secretária de Infraestrutura a construção de uma praça com academia, assim como também uma quadra poliesportiva na comunidade do Xique-Xique.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/99/requerimento_no_75_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/99/requerimento_no_75_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a reativação da iluminação do campo ao lado do Ginásio Poliesportivo Giovanna de Azevedo Targino, assim como também a iluminação do campo de areia.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>Tiago da Costa de Araújo (Tiago Araújo), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/100/requerimento_no_76_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/100/requerimento_no_76_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Saúde que seja disponibilizado uma cota de vacinas para os profissionais da educação, com o otimismo e esperança da volta às aulas em nosso município.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/101/requerimento_no_77_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/101/requerimento_no_77_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a implantação de um posto policial no Loteamento Portal do Agreste, no bairro Alto de Santa Luzia.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/102/requerimento_no_78_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/102/requerimento_no_78_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a construção de uma UBS no Loteamento Portal do Agreste, no bairro Alto de Santa Luzia</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/105/requerimento_no_79_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/105/requerimento_no_79_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a construção de uma academia popular na praça da comunidade do Serrote dos Bezerras</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/106/requerimento_no_80_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/106/requerimento_no_80_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a instalação de iluminação entre as comunidades rurais de Conceição e Maranhão.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/107/requerimento_no_81_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/107/requerimento_no_81_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a colocação de iluminação de LED nos postes da Rua Frei Serafim de Catânia</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>Juninho Salú, Álisson de Barão</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/108/requerimento_no_82_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/108/requerimento_no_82_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito e a Secretaria de Infraestrutura executar obra de Pavimentação (calçamento) iniciando na Rua Jorge Felipe da Silva e que se estenda até o antigo Matadouro Público Municipal</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/109/requerimento_no_83_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/109/requerimento_no_83_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Saúde que seja retomada a implantação do anexo de uma UBS da Conceição no Assentamento José Rodrigues Sobrinho</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/110/requerimento_no_84_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/110/requerimento_no_84_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Saúde a reativação do Trailer Odontológico que se encontra desativado no Assentamento José Rodrigues Sobrinho.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/111/requerimento_no_85_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/111/requerimento_no_85_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja colocado mais postes e lâmpadas por trás do mercado público, visando aumentar a segurança dos feirantes e de suas mercadorias.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/112/requerimento_no_86_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/112/requerimento_no_86_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a implantação de postes no final da Rua do Alberto Maranhão até chegar na Rua Sargento Pantaleão.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/113/requerimento_no_87_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/113/requerimento_no_87_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito o calçamento da Rua Professor Manoel dias da Silva, no bairro do Planalto</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>Victor Guerra, Álisson de Barão</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/114/requerimento_no_88_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/114/requerimento_no_88_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que sejam implantados pontos de iluminação pública e todos os serviços necessários, referente às margens da Rodovia Estadual que corta as comunidades da Conceição até a Comunidade do Maranhão.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/115/requerimento_no_89_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/115/requerimento_no_89_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a construção de uma quadra de esportes, no bairro Antônio Peixoto Mariano.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>Manga Rosa, Álisson de Barão, Aluísio Soares de Sena (Aluísio Sena), Anne Gabriela Moreira de Souza Melo (Gabi Melo), Carlos César F. de Melo (César de Augustinho), Gelson Vitor, Juninho Salú, Maria de Fátima, Marione de Alburqueque Moreira (Marione Moreira), Mateus Catolé, Patrícia Maria de Lima Silva (Patrícia Lima), Tiago da Costa de Araújo (Tiago Araújo), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/120/requerimento_no_90_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/120/requerimento_no_90_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a instalação de portões no galpão atrás do mercado público.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/121/requerimento_no_91_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/121/requerimento_no_91_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal que seja construída uma praça na comunidade do Sítio Fortaleza.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/122/requerimento_no_92_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/122/requerimento_no_92_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal a construção de muro e a implantação de refletores no campo de futebol localizado na comunidade de Lagoa de Serra</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>Álisson de Barão, Maria de Fátima, Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/123/requerimento_no_93_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/123/requerimento_no_93_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal uma reforma nas praças dos bairros de Frei Damião e Campo Santo neste município</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/124/requerimento_no_94_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/124/requerimento_no_94_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal que sejam colocados tachões nas duas vias da Rua Doutor Mario Negócio, mais precisamente em frente ao Hospital.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/125/requerimento_no_95_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/125/requerimento_no_95_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal a continuação da pavimentação da Rua Deputado Márcio Marinho</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/126/requerimento_no_96_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/126/requerimento_no_96_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Saúde que sejam realizados exames de sangue e dermatológicos para todos Agentes Comunitários de Saúde e Agentes de combate a Endemias</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>Juninho Salú, Álisson de Barão, Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/127/requerimento_no_97_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/127/requerimento_no_97_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito e Secretária de Infraestrutura a construção de uma praça pública no bairro São Judas Tadeu</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/128/requerimento_no_98_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/128/requerimento_no_98_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito e ao Secretário de Obras que seja realizado o calçamento das ruas que compõe o Assentamento José Rodrigues Sobrinho</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/129/requerimento_no_99_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/129/requerimento_no_99_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja realizada uma limpeza ao término das feiras livres, em especial nas proximidades do outdoor</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/130/requerimento_no_100_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/130/requerimento_no_100_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que fosse feita a drenagem das águas que estão impedindo a locomoção dos moradores da Rua Vereador José Renato de Melo, situada no bairro do Planalto</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/132/requerimento_no_101_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/132/requerimento_no_101_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja feito serviço de limpeza e capinagem nas praças e em torno da quadra, ambos localizados na comunidade de Lagoa Limpa.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>Patrícia Maria de Lima Silva (Patrícia Lima), Álisson de Barão</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/133/requerimento_no_102_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/133/requerimento_no_102_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a construção de uma quadra de esportes na comunidade de Lagoa do couro</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/134/requerimento_no_103_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/134/requerimento_no_103_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Meio Ambiente que seja regularizado o transporte de areia com isolamento com lonas, em nosso município</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/135/requerimento_no_104_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/135/requerimento_no_104_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando os devidos reparos e manutenções, referentes à estrada vicinal que tem início na divisa com a PB 071, entre Nova Cruz a Jacaraú, interligando as comunidades de Lagoa Verde, Lagoa da Mata, Relâmpago até a comunidade da Conceição na RN 269</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/136/requerimento_no_105_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/136/requerimento_no_105_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando iluminação em Led, drenagem e reparos no calçamento, no tocante à Rua Abdias Guedes, a qual tem início no encontro com a Rua Cônego Luís Adolfo</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>Álisson de Barão, Gelson Vitor, Maria de Fátima, Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/140/requerimento_no_106_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/140/requerimento_no_106_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito o calçamento da Rua Carlos Adson Barbosa, no Bairro Planalto</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/141/requerimenro_no_107_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/141/requerimenro_no_107_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que a rua Maria Leda Mouzinho seja asfaltada e também a instalação de postes com lâmpadas de LED.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/142/requerimento_no_108_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/142/requerimento_no_108_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja realizada uma revitalização na comunidade do Xique-Xique, bem como a reparação da iluminação danificada utilizando lâmpada de LED</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/143/requerimento_no_109_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/143/requerimento_no_109_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a recuperação da estrada que liga os Bastiões ao Xique – Xique, e também a que liga as comunidades até o Jatobá utilizando a máquina Patrol e metralha ou cascalho</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/144/requerimento_no_110_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/144/requerimento_no_110_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja feita a iluminação pública ao longo das Ruas José Batista da Silva e Valdemiro M. Da Silva, situadas no bairro Antônio Peixoto Mariano</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/145/requerimento_no_111_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/145/requerimento_no_111_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a complementação do calçamento da Rua Manoel Dias, que fica entre a Rua Francisco Cordeiro do Vale e a Rua Maria Felício da Conceição</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/146/requerimento_no_112_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/146/requerimento_no_112_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando a continuidade ao recapeamento asfáltico da Rua Prof. Mario Pinoti, em toda sua extensão, até chegar à Rua Maria Leda Mouzinho</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/147/requerimento_no_113_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/147/requerimento_no_113_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito e ao Secretário de Meio Ambiente que busquem alternativas visando melhorar o acesso da população para as casas que ficam as margens do Rio Curimataú</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>Álisson de Barão, Patrícia Maria de Lima Silva (Patrícia Lima)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/148/requerimento_no_114_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/148/requerimento_no_114_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito Municipal e ao Secretário de Obras a instalação de uma lombada no modelo "tachões", em frente ao Sebrae, situado na Rua Quinze de Novembro, mais precisamente, ao lado da faixa de pedestre já existente.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/150/requerimento_no_115_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/150/requerimento_no_115_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Administração o envio a Câmara municipal da lista de aprovados do último concurso realizado no município de Nova Cruz. Até qual classificação foram chamados e quantos falta ainda chamar, em todas as categorias, cumprindo a lei.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>Álisson de Barão, Patrícia Maria de Lima Silva (Patrícia Lima), Tiago da Costa de Araújo (Tiago Araújo)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/151/requerimento_no_116_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/151/requerimento_no_116_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando a Secretaria de Assistência Social a criação do programa “sopão solidário” na nossa cidade.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/152/requerimento_no_117_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/152/requerimento_no_117_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando a ampliação das distribuições das cestas básicas, levando até mesmo a zona rural do nosso município</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/153/requerimento_no_118_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/153/requerimento_no_118_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja desempenhado um serviço de limpeza na Linha Férrea, localizada nas proximidades da prefeitura, até chegar à Coreia.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/154/requerimento_no_119_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/154/requerimento_no_119_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Agricultura um pedido de informação sobre o cronograma do projeto de corte de terra em nosso município e qual a previsão de início para a Comunidade Assentamento José Rodrigues Sobrinho</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/155/requerimento_no_120_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/155/requerimento_no_120_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja realizada uma recuperação da parada as margens da rodovia que liga Nova Cruz a Montanhas na entrada da comunidade do Assentamento José Rodrigo Sobrinho e que construa uma segunda parada na outra entrada da mesma.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>Marione de Alburqueque Moreira (Marione Moreira), Anne Gabriela Moreira de Souza Melo (Gabi Melo)</t>
   </si>
   <si>
     <t>Requeiro à mesa Diretora um pedido de informação sobre a aprovação no projeto Previne Brasil 05/2021.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/157/requerimento_no_122_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/157/requerimento_no_122_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja trocada as lâmpadas dos postes no Fernando da pista, mais precisamente nas proximidades da escola que está desativada.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/158/requerimento_no_123_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/158/requerimento_no_123_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a limpeza dos canteiros da Rua José Batista da Silva.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>Patrícia Maria de Lima Silva (Patrícia Lima), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/159/requerimento_no_124_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/159/requerimento_no_124_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja construído uma praça nas proximidades da escola na comunidade do Barbaço.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/160/requerimento_no_125_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/160/requerimento_no_125_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja feita a prontificação da iluminação pública dos postes da Rua São Pedro e o reparo da pavimentação desta.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/164/requerimento_no_126_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/164/requerimento_no_126_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Saúde e ao Prefeito a divulgação no site oficial da prefeitura a lista atualizada de todos os vacinados contra a covid-19, constando nome completo, o CPF estando oculto os três primeiros dígitos, a data de vacinação, local e grupo prioritário que as pessoas pertencem, como formas de transparência a população.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/165/requerimento_no_127_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/165/requerimento_no_127_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a realização do recapeamento asfáltico da Rua José André, no bairro do Salgado</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/166/requerimento_no_128_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/166/requerimento_no_128_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito o calçamento da Rua José Lopes Barbosa, no bairro São Judas Tadeu, que liga o bairro Bela Vista.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/167/requerimento_no_129_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/167/requerimento_no_129_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja construído um posto policial na saída para Paraíba.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/168/requerimento_no_130_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/168/requerimento_no_130_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja construído um posto policial na comunidade de Lagoa Limpa, na saída para Santo Antônio.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/169/requerimento_no_131_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/169/requerimento_no_131_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a reativação do posto policial na comunidade da Lapa, neste município.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/170/requerimento_no_132_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/170/requerimento_no_132_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito disponibilizar a construção de um memorial para todas as pessoas, de nosso Município, que faleceram “em razão do combate à pandemia da Covid-19”.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>Manga Rosa, Patrícia Maria de Lima Silva (Patrícia Lima)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/171/requerimento_no_133_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/171/requerimento_no_133_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a construção de uma parada de ônibus na saída da cidade para Santo Antônio, próximo ao Loteamento Portal do Agreste</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/172/requerimento_no_134_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/172/requerimento_no_134_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a construção de casas populares destinadas as famílias carentes de nosso município.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/173/requerimento_no_135_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/173/requerimento_no_135_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a limpeza das margens das estradas vicinais que dão acesso ao nosso município e as nossas comunidades.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/174/requerimento_no_136_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/174/requerimento_no_136_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Saúde e de Obras que seja feita a restauração do posto de saúde localizado na comunidade do Xique-Xique.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/175/requerimento_no_137_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/175/requerimento_no_137_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Saúde e de Obras que seja feita a restauração do posto de saúde localizado na comunidade de Lagoa do Couro.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/176/requerimento_no_138_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/176/requerimento_no_138_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Meio Ambiente que seja colocado algumas plantas em frente à Escola Municipal Professor José Tavares, na comunidade de Lagoa Limpa.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>Aluísio Soares de Sena (Aluísio Sena), Álisson de Barão, Tiago da Costa de Araújo (Tiago Araújo)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/184/requerimento_no_139_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/184/requerimento_no_139_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a complementação do calçamento da Rua Professor Manoel Elias da Silva, mais precisamente ao lado da Capela, no bairro do Planalto.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/185/requerimento_no_140_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/185/requerimento_no_140_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a reforma da Praça Presidente Getúlio Vargas, no bairro de São Sebastião.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/186/requerimento_no_141_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/186/requerimento_no_141_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a construção de uma bueira na comunidade do Xique-xique nas proximidades da barragem, neste município</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>Tiago da Costa de Araújo (Tiago Araújo), Álisson de Barão, Aluísio Soares de Sena (Aluísio Sena), Anne Gabriela Moreira de Souza Melo (Gabi Melo), Carlos César F. de Melo (César de Augustinho), Gelson Vitor, Juninho Salú, Manga Rosa, Maria de Fátima, Marione de Alburqueque Moreira (Marione Moreira), Mateus Catolé, Patrícia Maria de Lima Silva (Patrícia Lima), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/187/requerimento_no_142_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/187/requerimento_no_142_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja dado o apoio com materiais de limpeza urbana e de pinturas às ações do projeto “Quem Ama Cuida”, com nossa idealização</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>Tiago da Costa de Araújo (Tiago Araújo), Álisson de Barão, Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/188/requerimento_no_143_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/188/requerimento_no_143_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a instalação de dois postes de iluminação pública no final da Rua Antônio Galdino da Costa, na ligação com a Rua Ver. João Soares de Oliveira, no bairro Santa Maria Gorete.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/189/requerimento_no_144_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/189/requerimento_no_144_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito e ao Secretário de Obras a recuperação de todo o calçamento da Travessa Alberto Maranhão, além do reparo de seu canteiro central.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/190/requerimento_no_145_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/190/requerimento_no_145_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito e a Secretaria de Infraestrutura a reforma na quadra de esportes da comunidade de Lagoa Seca, neste município.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/191/requerimento_no_146_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/191/requerimento_no_146_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito e ao Secretário de Obras a recuperação de calçamento na travessa da Rua Felipe Camarão, assim como, também a instalação de um poste com lâmpada de LED.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/194/requerimento_no_147_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/194/requerimento_no_147_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a possibilidade de implantar um lombada, com sinalização, na Rua Cônego Luiz Adolfo, próximo ao cruzamento entre o Bar do Camarão e a AABB.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/195/requerimento_no_148_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/195/requerimento_no_148_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja realizado o recapeamento asfáltico da rua Frei Serafim de Catânea e a iluminação no trecho próximo a Celo Tintas.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/196/requerimento_no_149_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/196/requerimento_no_149_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Saúde que volte a passar o carro fumacê pelas ruas de Nova Cruz.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>Juninho Salú, Álisson de Barão, Aluísio Soares de Sena (Aluísio Sena), Anne Gabriela Moreira de Souza Melo (Gabi Melo), Carlos César F. de Melo (César de Augustinho), Gelson Vitor, Manga Rosa, Maria de Fátima, Marione de Alburqueque Moreira (Marione Moreira), Mateus Catolé, Patrícia Maria de Lima Silva (Patrícia Lima), Tiago da Costa de Araújo (Tiago Araújo), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/197/requerimento_no_150_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/197/requerimento_no_150_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que baixe um decreto que autorize a realização de eventos corporativos, técnicos, científicos, culturais, artísticos, sociais, comemorativos e afins, serão objeto de plano específico de retomada gradual, instrumentalizado por meio de Portaria Conjunta.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/198/requerimento_no_151_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/198/requerimento_no_151_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja feita a reforma das praças da comunidade do Frei Damião</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>Patrícia Maria de Lima Silva (Patrícia Lima), Álisson de Barão, Manga Rosa</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/199/requerimento_no_152_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/199/requerimento_no_152_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a continuidade do calçamento da Rua Severino Augusto de Morais.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/208/requerimento_no_153_-2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/208/requerimento_no_153_-2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja instalado um centro de imagens, em nosso município.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/209/requerimento_no_154_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/209/requerimento_no_154_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a reativação da maternidade, no hospital Municipal Monsenhor Pedro Moura, localizado em nosso município.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/210/requerimento_no_155_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/210/requerimento_no_155_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando Secretário de Obras e ao Major do 5º DPRE a sinalização adequada, seja placas ou quebra-molas, a que assim se adequar melhor a Rua Dep. Djalma Marinho, na divisa com a RN-269, próximo ao Bairro Cedron</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/211/requerimento_no_156_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/211/requerimento_no_156_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que todos os proprietários de terrenos particulares sejam responsáveis pela sua limpeza.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/212/requerimento_no_157_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/212/requerimento_no_157_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando a Cosern obra de extensão de rede de energia na Rua João Amaro de Oliveira, localizada no bairro Nova Esperança.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/215/requerimento_no_158_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/215/requerimento_no_158_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a recuperação da Rua Severino Augusto de Morais, no bairro Vista do Sol, bem como a troca da iluminação danificada utilizando lâmpadas de LED.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/216/requerimento_no_159_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/216/requerimento_no_159_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a troca da iluminação danificada utilizando lâmpadas de LED, no loteamento Portal do Agreste, no Alto de Santa Luzia.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/217/requerimento_no_160_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/217/requerimento_no_160_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a troca da iluminação danificada utilizando lâmpadas de LED, na comunidade do Trigueiro, neste município.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>Marione de Alburqueque Moreira (Marione Moreira), Manga Rosa</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/218/requerimento_no_161_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/218/requerimento_no_161_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja realizado o serviço de capinagem (roço) na estrada que liga o Arrisco a comunidade de Lagoa de Serra, neste município.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/219/requerimento_no_162_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/219/requerimento_no_162_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a recuperação de trechos pavimentados na Rua Abdias Guedes, no bairro Nova Esperança, se estendo da ligação com a Rua Cônego Luiz Adolfo em diante, pois encontram-se deteriorados.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/220/requerimento_no_163_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/220/requerimento_no_163_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito o recapeamento asfáltico das ruas localizadas no largo da Prefeitura e também o da Avenida Industrial José de Brito.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/221/requerimento_no_164_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/221/requerimento_no_164_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito o calçamento da comunidade do Juriti, mais precisamente nas proximidades da Escola e da Capela.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>Carlos César F. de Melo (César de Augustinho), Álisson de Barão, Aluísio Soares de Sena (Aluísio Sena), Anne Gabriela Moreira de Souza Melo (Gabi Melo), Gelson Vitor, Juninho Salú, Manga Rosa, Maria de Fátima, Marione de Alburqueque Moreira (Marione Moreira), Mateus Catolé, Patrícia Maria de Lima Silva (Patrícia Lima), Tiago da Costa de Araújo (Tiago Araújo), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/222/requerimento_no_165_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/222/requerimento_no_165_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Saúde que seja feito a dedetização de todos os prédios público do nosso município, principalmente as escolas que estão prestes a voltar as atividades presenciais.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/223/requerimento_no_166_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/223/requerimento_no_166_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a instalação do parque infantil – playground, em todas as praças de nosso município, tanto zona urbana, quanto da zona rural.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/224/requerimento_no_167_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/224/requerimento_no_167_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja melhorada toda a iluminação na Rua Prof. Josépio de Almeida Duarte.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/226/requerimento_no_168_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/226/requerimento_no_168_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja feita a reposição das lâmpadas e asfalto na Rua Vereador Severiano Alves da Silva, no bairro Frei Damião, em nosso município.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/227/requerimento_no_169_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/227/requerimento_no_169_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito para incluir as comunidades de Lagoa Limpa dos Fernandes e Serrote dos Bezerras no abastecimento de água, em nosso município.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/229/requerimento_no_170_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/229/requerimento_no_170_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja feito a cobertura das valas de esgoto, localizadas da Rua Pedro M. Tavares até a Rua Frei Serafim de Catânea, nas proximidades do Caic</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/230/requerimento_no_171_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/230/requerimento_no_171_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando a construção de uma praça com playground, na comunidade do Capim-Açu, mais precisamente próximo à casa de farinha de Tuica</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>Álisson de Barão, Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/231/requerimento_no_172_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/231/requerimento_no_172_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito e Secretaria de Infraestrutura para que venha ser feito uma reforma na quadra de esporte da comunidade da Conceição no município de Nova Cruz RN, e como também a cobertura da quadra esportiva.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/232/requerimento_no_173_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/232/requerimento_no_173_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito e Secretaria de Infraestrutura para que venha ser feito o calçamento na comunidade do maranhão do município de Nova Cruz,  que começa na parte periférica e termina na borracharia de Dinho, que dá acesso a RN-269 que liga a Montanhas.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>Carlos César F. de Melo (César de Augustinho), Álisson de Barão, Maria de Fátima</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/233/requerimento_no_174_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/233/requerimento_no_174_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito e as Secretarias Infraestrutura e Obras que seja feito a construção de um bueiro, mais precisamente entre as comunidades de Lagoa de Serra e Lagoa do Mato.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>Carlos César F. de Melo (César de Augustinho), Álisson de Barão</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/234/requerimento_no_175_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/234/requerimento_no_175_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que veja a possibilidade de ceder o prédio localizado próximo a Igreja matriz, para que seja utilizado como polo da agricultura familiar, e assim incentivar os produtores a vender suas mercadorias.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/235/requerimento_no_176_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/235/requerimento_no_176_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja feita a reativação do abastecimento da água potável, na comunidade de Três Voltas.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/236/requerimento_no_177_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/236/requerimento_no_177_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que sejam tomadas todas as providências para realizar a ligação da água potável da comunidade do Juriti.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/237/requerimento_no_178_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/237/requerimento_no_178_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a limpeza e a pintura do canteiro da Rua Primeiro de Janeiro.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/238/requerimento_no_179_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/238/requerimento_no_179_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que a Rua Severino Augusto de Morais seja ampliada, dando continuidade pelo bairro São Judas Tadeu até a RN-269 e que com isso, passe a ser denominado de Avenida Severino Augusto de Morais</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/239/requerimento_no_180_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/239/requerimento_no_180_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito o recapeamento asfáltico da rua Antônio Viana Barbosa, até as imediações dos correios.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>Manga Rosa, Maria de Fátima</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/240/requerimento_no_181_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/240/requerimento_no_181_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito o recapeamento asfáltico das Ruas Coronel Industrial José de Brito, mais precisamente a partir do Supermercado Supershow Gomes, até a Rua Maria Lêda Moussinho e indo de encontro com a Rua Frei Serafim de Catânea.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/241/requerimento_no_182_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/241/requerimento_no_182_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja construída uma área de lazer onde hoje é a secretaria de obras e que esta seja transferida para o antigo matadouro público.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>Anne Gabriela Moreira de Souza Melo (Gabi Melo), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/245/requerimento_no_183_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/245/requerimento_no_183_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando a Secretária de Assistência Social cursos básicos profissionalizantes para mulheres de Manicure, cabeleireiro, design de sobrancelhas, corte e costura, como de eletricistas e marceneiros para homens, entre outros que tenha boa colocação no mercado de trabalho.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/246/requerimento_no_184_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/246/requerimento_no_184_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a complementação do asfalto da Rua Mario Negócio, no bairro São Sebastião.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>Maria de Fátima, Patrícia Maria de Lima Silva (Patrícia Lima), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/247/requerimento_no_185_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/247/requerimento_no_185_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a construção de um posto de saúde na comunidade de Fortaleza, neste município.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>Maria de Fátima, Aluísio Soares de Sena (Aluísio Sena), Patrícia Maria de Lima Silva (Patrícia Lima), Tiago da Costa de Araújo (Tiago Araújo), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/248/requerimento_no_186_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/248/requerimento_no_186_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja realizada uma parceria entre os Poderes Legislativo e Executivo para a criação de um bazar solidário em nosso município.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/249/requerimento_no_187_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/249/requerimento_no_187_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando a Secretária de Educação um micro-ônibus para transportar os estudantes universitários do nosso município, que já retomaram suas atividades presenciais em Natal.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/250/requerimento_no_188_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/250/requerimento_no_188_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a conclusão do calçamento na Rua 8 de Dezembro, no bairro Antônio Peixoto, juntamente com o serviço de capinagem, nas áreas que mais necessitam dentro deste bairro.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/251/requerimento_no_189_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/251/requerimento_no_189_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito para que venha ser feito uma praça no bairro São Judas Tadeu na nossa cidade Nova Cruz</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/252/requerimento_no_190_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/252/requerimento_no_190_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito para que venha ser feito uma reforma na quadra de esporte da comunidade do JURITÍ no município de Nova Cruz RN</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/253/requerimento_no_191_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/253/requerimento_no_191_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja efetuado a prestação de contas de janeiro de 2020 a maio de 2021. Pleitear não só a quantidade de Associados Rurais como também o nome completo, matrícula e endereço de cada filiado e a atualização do Estatuto Social do Sindicato Rural</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/254/requerimento_no_192_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/254/requerimento_no_192_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras e ao de Meio Ambiente que seja desempenhado um serviço de limpeza na lagoa da comunidade Lagoa dos Currais.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/255/requerimento_no_193_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/255/requerimento_no_193_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a limpeza das ruas que compõe bairro do Planalto, em especial nas principais.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/256/requerimento_no_194_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/256/requerimento_no_194_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a continuação do pavimento intertravado na Avenida Assis Chateaubriand, mais especificamente depois do sinal.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/257/requerimento_no_195_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/257/requerimento_no_195_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a reposição das cordas dos playgrounds das praças de nossa cidade, em especial da comunidade de Lagoa Limpa que está necessitando de reparos.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>Aluísio Soares de Sena (Aluísio Sena), Manga Rosa</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/258/requerimento_no_196_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/258/requerimento_no_196_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a reforma da Praça Antônio Crisanto da Costa.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/259/requerimento_no_197_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/259/requerimento_no_197_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a reforma da Rua Nestor Marinho.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>Carlos César F. de Melo (César de Augustinho), Maria de Fátima, Marione de Alburqueque Moreira (Marione Moreira)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/260/requerimento_no_198_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/260/requerimento_no_198_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito e ao Secretário de Obras uma passagem molhada na comunidade do Mourisco, e assim possa melhorar o acesso a mesma e as comunidades adjacentes.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>Carlos César F. de Melo (César de Augustinho), Manga Rosa, Marione de Alburqueque Moreira (Marione Moreira), Patrícia Maria de Lima Silva (Patrícia Lima), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/261/requerimento_no_199_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/261/requerimento_no_199_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja passado a máquina motoniveladora na comunidade de Lagoa de Serra.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/262/requerimento_no_200_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/262/requerimento_no_200_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja realizada a recuperação do calçamento da Rua José Otaviano de Souza, mais precisamente, por trás do comercio J. Oliveira.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/263/requerimento_no_201_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/263/requerimento_no_201_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Saúde que seja informado como está sendo realizadas as ações desenvolvidas preventivamente contra a disseminação da nova Cepa da covid-19.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>Maria de Fátima, Álisson de Barão, Tiago da Costa de Araújo (Tiago Araújo), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/264/requerimento_no_202_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/264/requerimento_no_202_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja implantado placas de identificação no início de todas as comunidades rurais do nosso município.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/265/requerimento_no_203_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/265/requerimento_no_203_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Meio Ambiente a viabilização de um local, em nosso município, para realizar o descarte correto de eletrodomésticos e de eletrônicos.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/266/requerimento_no_204_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/266/requerimento_no_204_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Meio Ambiente a arborização urbana, em especial ao lado do Ginásio Poliesportivo.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/274/requerimento_no_205_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/274/requerimento_no_205_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Presidente, para ceder o espaço da câmara municipal de Nova Cruz para realização do Projeto Capacita Brasil, nos dias 30 junho e 1 e 2 julho.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/275/requerimento_no_206_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/275/requerimento_no_206_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Diretor da CAERN a recuperação do calçamento da Rua José Batistas da Silva.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/276/requerimento_no_207_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/276/requerimento_no_207_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito para que venha construir um centro de velório municipal.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/277/requerimento_no_208_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/277/requerimento_no_208_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito para que venha ser feito o calçamento em volta da capela da comunidade rural do assentamento José Rodrigues Sobrinho, neste município</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/278/requerimento_no_209_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/278/requerimento_no_209_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a manutenção na bomba do poço que se encontra quebrada na comunidade do Juriti.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/279/requerimento_no_210_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/279/requerimento_no_210_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a instalação de lixeiras na comunidade do Xique-xique e que ocorra também a coleta de lixo nesta comunidade.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/280/requerimento_no_211_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/280/requerimento_no_211_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a construção de uma praça no bairro do Planalto e que nela seja feita a instalação de uma academia de saúde.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/281/requerimento_no_212_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/281/requerimento_no_212_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Saúde que o carro fumacê passe em toda a Zona Rural de nosso município, em especial na Comunidade de Lagoa Limpa.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/282/requerimento_no_213_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/282/requerimento_no_213_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao órgão responsável que sejam implantadas placas informativas nas rotatórias que foram postas em nosso município</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/283/requerimento_no_214_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/283/requerimento_no_214_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito restauração das escadarias externas da antiga estação, vulgo casa da cultura, juntamente com a implantação de vias de acessibilidade (rampas com corrimãos) para pessoas com deficiências físicas.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/284/requerimento_no_215_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/284/requerimento_no_215_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras seja feita a criação de uma bueira e a instalação de iluminação pública, no final da Av. Maria Iracema da Cruz, em sentido a R. Presidente Getúlio Vargas.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/285/requerimento_no_216_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/285/requerimento_no_216_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a construção de uma quadra de esportes e também uma praça pública com playground, na comunidade do Assentamento, do município de Nova Cruz.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/286/requerimento_no_217_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/286/requerimento_no_217_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a construção de uma praça pública com playground, no final da Rua Primeiro de Maio em junção com a Rua Senador Georgino Avelino, para ser mais preciso em frente ao Lava Jato de Jair.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/288/requerimento_no_218_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/288/requerimento_no_218_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando a recuperação nos calçamentos do Bairro Antônio Peixoto Mariano, tendo em vista que muitas ruas encontram-se com danos em suas vias.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/289/requerimento_no_219_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/289/requerimento_no_219_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito e a Secretária de Infraestrutura a construção de uma ponte que disponha conexão entre o Alto de Santa Luzia e a R. Mizael Sales.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/290/requerimento_no_220_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/290/requerimento_no_220_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a construção de um memorial para todas as pessoas, de nosso Município, que faleceram vitima do COVID-19.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/291/requerimento_no_221_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/291/requerimento_no_221_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Presidente da Câmara uma audiência pública na Câmara Municipal, junto à participação dos funcionários da saúde</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/292/requerimento_no_222_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/292/requerimento_no_222_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito e a Secretária de Infraestrutura a recuperação da praça na Rua Campo Santo, e que na mesma seja implantado um playground.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/293/requerimento_no_223_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/293/requerimento_no_223_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Saúde seja fornecido um agente de saúde na UBS – Santa Maria Goretti para atender os moradores Rua José Batistas da Silva.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/297/requerimento_no_224_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/297/requerimento_no_224_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando a Secretária de Assistência Social um pedido de Informação relacionados ao agosto lilás, e sobre quais atitudes são tomadas e apoio dado as mulheres vítimas de violência doméstica em nosso município que procuram a Sala lilás.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/298/requerimento_no_225_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/298/requerimento_no_225_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando a recuperação do calçamento da Travessa da Rua Alberto Maranhão, no bairro São Sebastião, e também que venha ser colocado nos canteiros da Travessa o piso intertravado.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/299/requerimento_no_226_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/299/requerimento_no_226_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras uma reforma na escola localizada na comunidade do Sitio Barbaço, neste município.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/300/requerimento_no_227_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/300/requerimento_no_227_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras uma ampliação na UBS da comunidade de Lagoa Limpa, neste município.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>Maria de Fátima, Álisson de Barão</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/301/requerimento_no_228_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/301/requerimento_no_228_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando uma reforma na Unidade Básica de Saúde na comunidade de Três Voltas, neste município.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/302/requerimento_no_229_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/302/requerimento_no_229_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando efetuada a manutenção de todos os postos de saúde e os reparos que assim forem necessários. Isto posto, até em regime de urgência.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>Mateus Catolé, Álisson de Barão, Marione de Alburqueque Moreira (Marione Moreira)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/303/requerimento_no_230_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/303/requerimento_no_230_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao secretário de obras a reforma da passagem molhada, na Comunidade de Lagoa Verde.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/304/requerimento_no_231_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/304/requerimento_no_231_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Presidente da Câmara seja criado uma comissão de vereadores para visita as escolas do município, visto que estamos preste a volta o ano letivo nas mesmas, cumprindo a lei.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/305/requerimento_no_232_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/305/requerimento_no_232_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao prefeito a criação de um centro pós-covid, com um programa de reabilitação. para atender pessoas com sequelas após covid, cumprindo a lei.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/306/requerimento_no_233_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/306/requerimento_no_233_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja construído um poço tubular na comunidade de Três Voltas</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/310/requermento_no_234_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/310/requermento_no_234_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja exercida a instalação de uma estátua, em homenagem ao ex-jogador de futebol Gil Paiva, com sua biografia, no bairro Alto de Santa Luzia.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>Juninho Salú, Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/311/requerimento_no_235_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/311/requerimento_no_235_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito e a Secretária de Infraestrutura disponibilizar a construção de uma ciclovia em nosso Município</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/312/requerimento_no_236_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/312/requerimento_no_236_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a conclusão do calçamento da R.  Presidente Getúlio Vargas, ao lado da Honda Motos, situada no centro de nossa cidade.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/313/requerimento_no_237_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/313/requerimento_no_237_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja fornecida a iluminação de LED aos moradores da Rua José Batistas da Silva.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/314/requerimento_no_238_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/314/requerimento_no_238_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito e ao Secretário de Obras para que venha ser feito uma arquibancada de alvenaria no campo de futebol na comunidade de Lagoa Seca no nosso Município de Nova Cruz.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/315/requerimento_no_239_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/315/requerimento_no_239_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito para que venha ser feito todo recapeamento asfáltico da Rua Djalma Dutra no Bairro Cedron na nossa cidade Nova Cruz RN.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>Álisson de Barão, Aluísio Soares de Sena (Aluísio Sena), Anne Gabriela Moreira de Souza Melo (Gabi Melo), Carlos César F. de Melo (César de Augustinho), Gelson Vitor, Juninho Salú, Manga Rosa, Maria de Fátima, Marione de Alburqueque Moreira (Marione Moreira), Mateus Catolé, Patrícia Maria de Lima Silva (Patrícia Lima), Tiago da Costa de Araújo (Tiago Araújo), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/316/requerimento_no_240_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/316/requerimento_no_240_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito para que venha fazer uma reforma no antigo Mercado Público, como também uma feira livre na Rua Doutor Pedro Velho no Centro da cidade de Nova Cruz RN.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/318/requerimento_no_241_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/318/requerimento_no_241_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a troca da iluminação danificada utilizando lâmpadas de LED, na comunidade de Lagoa dos Currais.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/319/requerimento_no_242_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/319/requerimento_no_242_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a troca da iluminação danificada utilizando lâmpadas de LED, na comunidade de Lagoa do Mato.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/320/requerimento_no_243_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/320/requerimento_no_243_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja feita uma reformada na quadra da comunidade de Primeira Lagoa</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/321/requerimento_no_244_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/321/requerimento_no_244_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a iluminação em torno da capela na comunidade de Primeira Lagoa</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/323/requerimento_no_245_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/323/requerimento_no_245_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a continuidade do calçamento e Iluminação de led da rua Dr. Luiz Galdino de Lima</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/324/requerimento_no_246_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/324/requerimento_no_246_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Esportes para que retorne o projeto saúde com segurança que era realizado na avenida Assis chateaubriand, mais que seja realizada agora no complexo poliesportivo Geovane de Azevedo Targino, para o bem-estar dos Novacruzenses.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/326/requerimento_no_247_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/326/requerimento_no_247_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a pedido dos moradores que seja passado a máquina patrol na comunidade de fortaleza, recuperando assim o acesso que se encontra intransitável</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/327/requerimento_no_248_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/327/requerimento_no_248_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja desempenhado, a cada 6 meses, a apresentação do Perfil Profissiográfico Previdenciário (PPP) de todos os agentes de saúde e agentes de endemias.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/328/requerimento_no_249_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/328/requerimento_no_249_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Saúde que seja implantada Cadeira de Rodas em todas Unidades Básicas de Saúde principalmente no Bairro Frei Damião.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/329/requerimento_no_242_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/329/requerimento_no_242_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja perfurado um Poço Artesiano para Comunidade de Lagoa do Couro.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/330/requerimento_no_251_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/330/requerimento_no_251_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito seja feito a perfuração de dois poços artesianos na comunidade de Lagoa de Serra.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>Maria de Fátima, Tiago da Costa de Araújo (Tiago Araújo)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/331/requerimento_no_252_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/331/requerimento_no_252_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja feito a pavimentação, mais precisamente do início da pista de Lagoa Serra até a passagem molhada, bem como a iluminação do local.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/332/requerimento_no_253_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/332/requerimento_no_253_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a perfuração de poços artesiano nas comunidades do Juriti e Primeira Lagoa, para melhor abastecer essas comunidades</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/333/requerimento_no_254_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/333/requerimento_no_254_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que realize a construção de um posto de saúde na comunidade de Lagoa do Lima</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/334/requerimento_no_255_-_255.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/334/requerimento_no_255_-_255.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a manutenção das estradas vicinais do município.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/335/requerimento_no_256_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/335/requerimento_no_256_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Presidente desta Casa de Leis que seja formada uma comissão de vereadores para tratar os problemas hídricos do município</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/336/requerimento_no_257_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/336/requerimento_no_257_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja realizado doação de terrenos nos loteamentos do município para incentivar os pequenos empreendimentos.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/339/requerimento_no_258_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/339/requerimento_no_258_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito para que venha ser feito a aquisição de um Veículo 0KM para o Conselho Tutelar aqui da nossa cidade de Nova Cruz-RN</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/340/requerimento_no_259_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/340/requerimento_no_259_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que venha ser feito os reparos no calçamento da Rua 2 de Fevereiro (Bairro: Salgado), neste Município de Nova Cruz-RN</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/341/requerimento_no_260_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/341/requerimento_no_260_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a recuperação do calçamento da R.  Luís Moreira, que liga a R. Senador G. Avelino à R. Cônego Luiz Adolfo, situada no bairro Santa Maria Gorete.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/342/requerimento_no_261_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/342/requerimento_no_261_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a iluminação pública da Rua Luís de França Varela, por trás da AABB, no bairro Santa Maria Gorete.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/343/requerimento_no_262_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/343/requerimento_no_262_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando a COSERN que solicite a nomeação exata de cada bairro nas faturas de energia, para que haja uma melhor organização.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/344/requerimento_no_263_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/344/requerimento_no_263_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Segurança Pública que seja implantada uma Delegacia da Mulher para o nosso Município.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/345/requerimento_no_264_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/345/requerimento_no_264_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Segurança Pública que seja implantada uma Patrulha Maria da Penha para o nosso Município</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/346/requerimento_no_265_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/346/requerimento_no_265_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a construção de um Centro Social na Comunidade do Xique Xique.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>Juninho Salú, Maria de Fátima</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/347/requerimento_no_266_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/347/requerimento_no_266_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a iluminação na R. Pres. Getúlio Vargas, mais especificamente em frente ao Banco do Brasil.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/348/requerimento_no_267_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/348/requerimento_no_267_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja feito a manutenção de sete postes (P50-919; D13-840; D13-843; P57-924; P57-926 e 179-793) no Fernando da Pista.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/349/requerimento_no_268_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/349/requerimento_no_268_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a reforma da quadra de esporte do bairro Bela Vista</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/350/requerimento_no_269_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/350/requerimento_no_269_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a doação do prédio da escola desativada, localizada na comunidade de Lagoa do Couro para a Associação Comunitária da mesma área.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/351/requerimento_no_270_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/351/requerimento_no_270_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito e a Secretária de Infraestrutura que seja feito praças nos bairros periféricos do nosso município, e que nessas praças sejam implantados Playgrounds infantil</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/352/requerimento_no_271_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/352/requerimento_no_271_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretaria de Segurança do Estado que veja a possibilidade do nosso município receber uma central de atendimento de Corpo de Bombeiros.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/353/requerimento_no_272_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/353/requerimento_no_272_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja construído um Centro Social na comunidade de Fortaleza.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/354/requerimento_no_273_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/354/requerimento_no_273_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja construído um Centro Social na comunidade de Lagoa Limpa do Fernando.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/363/requerimento_no_274_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/363/requerimento_no_274_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a reforma dos centros sociais do município para um melhor uso dos mesmos</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/364/requerimento_no_275_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/364/requerimento_no_275_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Presidente desta Casa a volta do projeto câmara itinerante, para que o legislativo municipal percorra os bairros e comunidades do município ouvindo as demandas da população e construindo uma linha de atuação com o legislativo.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/365/requerimento_no_276_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/365/requerimento_no_276_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Saúde que seja remanejado ou remapeado um Agente de Saúde, que abranja a comunidade do Riachão de Conceição.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/366/requerimento_no_277_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/366/requerimento_no_277_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja realizado uma operação de limpezas nos açudes e Barreiros das Comunidades do Assentamento Jose Rodrigues Sobrinho e Serrote dos Bezerras.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/367/requerimento_no_278_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/367/requerimento_no_278_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito o calçamento e implantação de lapadas de LED no Sitio Catolé.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/368/requerimento_no_279_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/368/requerimento_no_279_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja melhorada, em toda sua extensão, a iluminação do calçadão, mais especificamente localizado no Portal do Agreste.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/369/requerimento_no_280_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/369/requerimento_no_280_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja feita a vistoria em todas as escolas e creches de nosso município, assim como as manutenções se necessário. Em Especial o forro do teto da Escola Márcio Marinho que necessita de reparo.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/370/requerimento_no_281_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/370/requerimento_no_281_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras o posteamento da rua Severino Augusto de Morais no bairro Vista do Sol.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/371/requerimento_no_282_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/371/requerimento_no_282_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja feito uma lombada na travessa da Rua Dois de Fevereiro</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/372/requerimento_no_283_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/372/requerimento_no_283_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras e ao Prefeito que vejam a possibilidade de ser criado a central de atendimento na Secretaria de Obras.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/373/requerimento_no_284_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/373/requerimento_no_284_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Esportes e ao Prefeito que seja feito a locação/disponibilização de um veículo para levar os jovens de nossa cidade para participar de torneios e apresentações culturais, em outras cidades.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/374/requerimento_no_285_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/374/requerimento_no_285_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Meio Ambiente seja feita a podação das árvores da R. Presidente Getúlio Vargas.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/375/requerimento_no_286_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/375/requerimento_no_286_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a construção de uma praça pública com playground, ao lado da capela do bairro Antônio Peixoto Mariano.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/376/rquerimento_no_287_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/376/rquerimento_no_287_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja feito a reconstrução da parada de ônibus do Assentamento José Rodrigues</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>Maria de Fátima, Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/377/requerimento_no_288_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/377/requerimento_no_288_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja feito melhorias na estrada que liga a comunidade do Maranhão ao Curralinho</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/378/requerimento_no_289_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/378/requerimento_no_289_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja construído uma passagem molhada na comunidade do Curralinho</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/379/requerimento_no_290-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/379/requerimento_no_290-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito seja feito um pórtico na comunidade do assentamento José Rodrigues Sobrinho, neste município.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/383/requerimento_no_291_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/383/requerimento_no_291_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a continuação ao calçamento e que seja instalado postes com iluminação de Led, na Rua Aristofones Fernandes, localizada no Bairro Santa Maria Gorete.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/384/requerimento_no_292_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/384/requerimento_no_292_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a continuação ao calçamento e que seja instalado postes com iluminação de Led, na Rua Antônio Pedro da Silva, localizada no Bairro Santa Maria Gorete.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>Victor Guerra, Álisson de Barão, Anne Gabriela Moreira de Souza Melo (Gabi Melo), Mateus Catolé</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/385/requermento_no_293_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/385/requermento_no_293_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja reformada a Quadra Antônio Melo do Nascimento e a Praça Geraldo Cordeiro da Silva, localizados na Comunidade da Conceição.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/386/requerimento_no_294_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/386/requerimento_no_294_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que de forma imediata seja feito a aquisição ou o aluguel de um ou dois Carro-Pipa, para que possa suprir as necessidades dos moradores da zona rural com o abastecimento de água</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/387/requerimento_no_295_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/387/requerimento_no_295_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito o recapeamento asfáltico da Rua Vereador José André Dias no Bairro São Sebastião na cidade Nova Cruz RN</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>Álisson de Barão, Mateus Catolé</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/388/requerimento_no_296_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/388/requerimento_no_296_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito o recapeamento asfáltico da Rua Alberto Maranhão no Bairro São Sebastião na cidade de Nova Cruz-RN.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/389/requerimento_no_297_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/389/requerimento_no_297_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Saúde que seja construído um Centro de Controle de Zoonoses (CCZ), junto com o canil e um gatil Municipal.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/390/requerimento_no_298_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/390/requerimento_no_298_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito contratação de um Médico Veterinário para o nosso Município.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/391/requerimento_no_299_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/391/requerimento_no_299_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Saúde que informe sobre o Programa de Leishmaniose de nosso Município, como os exames realizados em 2021 os animais positivos para calazar e também as resolutividades que obtiveram desses animais.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/392/requerimento_no_300_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/392/requerimento_no_300_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a implantação de lâmpadas de LED na Rua José Soares de Sena, localizada no bairro do Frei Damião, neste município.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/393/requerimento_no_301_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/393/requerimento_no_301_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja realizada a conclusão do saneamento básico da Rua João Menezes, localizada no Bairro Frei Damião, neste município.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/394/requerimento_no_302_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/394/requerimento_no_302_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a manutenção de três postes (576, 577 e 578) no Alto de Santa Luzia – Loteamento Bosque das Mangueiras.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/395/requerimento_no_303_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/395/requerimento_no_303_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a construção de um espaço de dança próximo ao ginásio poliesportivo, local que já é destinado aos esportes.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>Manga Rosa, Álisson de Barão, Maria de Fátima</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/396/requerimento_no_304_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/396/requerimento_no_304_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Infraestrutura do Estado a construção de uma passagem molhada no Rio Curimataú, no trecho que dá acesso ao Boqueirão.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/397/requerimento_no_305_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/397/requerimento_no_305_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Infraestrutura do Estado uma vistoria técnica na Ponte Regis Bittencourt, em nosso município.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/398/requerimento_no_306_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/398/requerimento_no_306_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja realizada uma reforma na praça do Frei Damião, onde se tem a imagem de padroeira do bairro, situada na Rua Ver. Severino Alves da Silva.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>Tiago da Costa de Araújo (Tiago Araújo), Álisson de Barão, Maria de Fátima, Mateus Catolé</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/399/requerimento_no_307_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/399/requerimento_no_307_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja colocado meios de sinalização de trânsito, capazes de inibir e evitar qualquer tipo de fatalidade no cruzamento da Rua Frei Serafim de Catânea com a Rua Senador Georgino Avelino, neste município.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/400/requerimento_no_308_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/400/requerimento_no_308_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Excelentíssimo Senhor Prefeito Municipal que seja revisto na Lei Complementar Nº 921/2009, o valor pago pela hora extra e pelo adicional noturno dos enfermeiros e técnicos de enfermagem.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/401/requerimento_no_309_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/401/requerimento_no_309_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Ilustríssimo Secretário Municipal de Serviços Urbanos, Transportes e Obras Públicas, que seja encaminhado o Cronograma de trabalho dos Carros pipa, juntamente com a prestação de contas das entregas das águas nas Comunidades Rurais, deste município.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/402/requerimento_no_310_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/402/requerimento_no_310_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Excelentíssimo Senhor Prefeito Municipal que realize a pavimentação asfáltica e a implantação de postes com iluminação de LED, na Rua Marechal Dutra, neste município.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/403/requerimento_no_311_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/403/requerimento_no_311_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Excelentíssimo Senhor Prefeito Municipal a implantação de lâmpadas de LED e a recuperação do calçamento da Rua Vereador José Abílio da Silva, no bairro do Planalto, neste município.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/404/requerimento_no_312_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/404/requerimento_no_312_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Excelentíssimo Senhor Prefeito Municipal para que junto à Secretaria de Obras, realize o posteamento com iluminação pública na Rua Severino Augusto de Morais, no bairro do Planalto, em sentido ao Catolé.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/405/requerimento_no_313_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/405/requerimento_no_313_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Ilustríssimo Senhor Secretário Municipal de Agricultura e Desenvolvimento Econômico, a reforma de um poço, localizado nas terras do senhor Carlos Costa, mais precisamente próximo ao Rio, neste município.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/406/requerimento_no_314_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/406/requerimento_no_314_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Excelentíssimo Senhor Prefeito Municipal a pavimentação para comunidade do Trigueiro, partindo da RN-269 até a escola da comunidade.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>Mateus Catolé, Marione de Alburqueque Moreira (Marione Moreira), Tiago da Costa de Araújo (Tiago Araújo)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/407/requerimento_no_315_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/407/requerimento_no_315_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Excelentíssimo Senhor Prefeito Municipal que seja criado um Banco de Ração para fornecer ração e ajudar voluntários e ONG’s que desempenham trabalhos em favor dos animais de rua do município.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/408/requerimento_no_316_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/408/requerimento_no_316_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Ilustríssimo Secretário Municipal de Serviços Urbanos, Transportes e Obras Públicas a reabertura da Unidade Básica de Saúde da comunidade do Curralinho.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/410/requerimento_no_317_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/410/requerimento_no_317_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Ilustríssimo Secretário Municipal de Saúde que seja fornecido um agente de saúde para a UBS – Santa Maria Gorete para atender os moradores Rua José Batista da Silva.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>Carlos César F. de Melo (César de Augustinho), Juninho Salú</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/411/requerimento_no_318_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/411/requerimento_no_318_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Ilustríssimo Secretário Municipal de Serviços Urbanos, Transportes e Obras Públicas que seja dado a continuidade da pavimentação asfáltica e da iluminação de LED na Rua Professor Mario Pinoti.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>Carlos César F. de Melo (César de Augustinho), Tiago da Costa de Araújo (Tiago Araújo)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/412/requerimento_no_319_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/412/requerimento_no_319_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Excelentíssimo Senhor Prefeito Municipal uma Ciclovia com iluminação e sinalização adequada para os ciclistas nas principais ruas do nosso município.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>Tiago da Costa de Araújo (Tiago Araújo), Patrícia Maria de Lima Silva (Patrícia Lima)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/416/requerimento_no_320_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/416/requerimento_no_320_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Ilustríssimo Secretário Municipal de Saúde que seja feito o uso do carro fumacê para fins de combate à Dengue e à Chikungunya, em nossa cidade, de forma mais intensiva nos bairros; Planalto, Coreia, Antônio Peixoto e Salgado</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/417/requerimento_no_321_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/417/requerimento_no_321_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Ilustríssimo Secretário Municipal de Serviços Urbanos, Transportes e Obras Públicas que passe a máquina retroescavadeira para fazer limpeza nos barreiros da zona rural</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/418/requerimento_no_322_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/418/requerimento_no_322_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Ilustríssimo Secretário Municipal de Serviços Urbanos, Transportes e Obras Públicas que seja passado a máquina na Rua Severino Freire Barbosa, no bairro do Planalto e que posteriormente, seja calçada</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/419/requerimento_no_323_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/419/requerimento_no_323_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Excelentíssimo Senhor Prefeito Municipal a construção de uma praça pública arborizada com infraestrutura de parque infantil e academia de terceira idade nas comunidades de lagoa limpa do Fernandes e Xique-xique.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/420/requerimento_no_324_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/420/requerimento_no_324_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Ilustríssimo Secretário Municipal de Saúde a realização de um mutirão de mamografia para as mulheres do município</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/421/requerimento_no_325_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/421/requerimento_no_325_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Ilustríssimo Secretário Municipal de Serviços Urbanos, Transportes e Obras Públicas que seja concluída a parte do calçamento da Rua Manoel Dias da Silva, no bairro do Planalto</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/422/requerimento_no_326_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/422/requerimento_no_326_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Ilustríssimo Secretário Municipal de Serviços Urbanos, Transportes e Obras Públicas que que seja feito o calçamento da Rua Lauro Soares, no bairro do Planalto.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/426/requerimento_no_327_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/426/requerimento_no_327_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Excelentíssimo Senhor Presidente da Câmara Municipal de Nova Cruz que a última sessão ordinária de cada mês seja realizada no próximo dia útil ao combinado, no horário das 9:00 horas.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/427/requerimento_no_328_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/427/requerimento_no_328_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Ilustríssimo Secretário Municipal de Serviços Urbanos, Transportes e Obras Públicas a manutenção da Pista que liga a comunidade de   Lagoa Seca até a Comunidade do Juriti.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>Aluísio Soares de Sena (Aluísio Sena), Álisson de Barão</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/428/requerimento_no_329_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/428/requerimento_no_329_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Ilustríssimo Secretário Municipal de Serviços Urbanos, Transportes e Obras Públicas a complementação de asfalto na Rua Mario Negócio</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/429/requerimento_no_330_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/429/requerimento_no_330_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Ilustríssimo Secretário Municipal de Serviços Urbanos, Transportes e Obras Públicas que realize uma operação de recuperação da estrada da comunidade do Bujari, Boqueirão e Gravatá aproveitando esse período de seca utilizando a máquina Patrol e metralha ou cascalho, para que aquela Comunidade não fique intransitável no período chuvoso</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/430/requerimento_no_331_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/430/requerimento_no_331_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Ilustríssimo Secretário Municipal de Serviços Urbanos, Transportes e Obras Públicas que realize uma limpeza e recuperação da Bueira localizada na Rua Egídio Inácio Pereira, Bairro CEDRON, realizando a recuperação das manilhas existentes naquele local e/ou substituição das que estiverem quebradas</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/431/requerimento_no_332_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/431/requerimento_no_332_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Ilustríssimo Secretário Municipal de Serviços Urbanos, Transportes e Obras Públicas uma drenagem com o carro limpa fossa na comunidade de Lagoa Limpa</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/432/requerimento_no_333_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/432/requerimento_no_333_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Ilustríssimo Secretário Municipal de Serviços Urbanos, Transportes e Obras Públicas que se faça a limpeza no entorno da santa, da Rua Valdemiro M. da Silva, no bairro Antônio Peixoto.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/433/requerimento_no_334_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/433/requerimento_no_334_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Excelentíssimo Senhor Prefeito Municipal para que seja feito o recapeamento e a instalação das lâmpadas de LED, na Rua Antônio Vieira Barbosa, que liga a Rua Cap. José da Penha à R. Assis Chateaubriand</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/434/requerimento_no_335_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/434/requerimento_no_335_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Excelentíssimo Senhor Ministro das Comunicações Fábio Faria que seja implantado o sinal analógico em nosso município.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/435/requerimento_no_336_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/435/requerimento_no_336_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Excelentíssimo Senhor Prefeito Municipal a ampla divulgação em suas respectivas mídias sociais explanação da Lei 1.077/2011, Programa Bolsa Esporte.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/440/requerimento_no_337_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/440/requerimento_no_337_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Excelentíssimo Senhor Prefeito Municipal a instalação de lixeiras de coleta seletiva pelo município</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/441/requerimento_no_338_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/441/requerimento_no_338_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Presidente da Junta Comercial do Estado que seja instalada uma Junta + Fácil - RN e o Escritório Empreendedor no município de Nova Cruz/RN.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/442/requerimento_no_339_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/442/requerimento_no_339_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Serviços Urbanos, Transportes e Obras Públicas que venha ser feito a recuperação do calçamento da Rua Santo Antônio, no Bairro do Salgado na cidade de Nova Cruz RN.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/443/requerimento_no_340_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/443/requerimento_no_340_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Serviços Urbanos, Transportes e Obras Públicas que para que venha ser feito a reposição de lâmpadas na comunidade do Juriti e em cachoeira do Juriti.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/447/requerimento_no_341_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/447/requerimento_no_341_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Presidente desta Casa que seja criada uma “Medalha de Honra ao Mérito” em nome de Marlene Abrantes, para homenagear profissionais da saúde ativos e inativos não só da rede municipal, mas também particular.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/448/requerimento_no_342_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/448/requerimento_no_342_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao diretor do Hospital que seja disponibilizado de forma visível, clara e objetiva, um informativo referente a escala de trabalho dos médicos de modo geral e suas especialidades, para que a população veja com mais facilidade quais os profissionais estão de plantão naquele dia</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/449/requerimento_no_343_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/449/requerimento_no_343_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja efetivada a completa manutenção da iluminação do município</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/450/requerimento_no_344_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/450/requerimento_no_344_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras a instalação de uma lombada na Rua Capitão José da Penha, mais precisamente, de frente a quitanda.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/452/requerimento_no_345_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/452/requerimento_no_345_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Serviços Urbanos, Transportes e Obras Públicas que seja realizado uma limpeza e manutenção da lagoa principal da Comunidade de Primeira Lagoa para que em época das chuvas, a mesma, venha acumular água para ajudar a situação de seca naquela localidade</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/453/requerimento_no_346_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/453/requerimento_no_346_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Serviços Urbanos, Transportes e Obras Públicas que seja realizado uma operação de limpezas nos açudes e barreiros das Comunidades de Pedra Tapada e Fortaleza</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>Marione de Alburqueque Moreira (Marione Moreira), Mateus Catolé</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/454/requerimento_no_347_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/454/requerimento_no_347_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Serviços Urbanos, Transportes e Obras Públicas que o ônibus estudante da Comunidade de Fortaleza adentre até as proximidades da porteira após o mercadinho de Marinez</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/455/requerimento_no_348_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/455/requerimento_no_348_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito para que seja reativada a AABB Comunidade.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>Anne Gabriela Moreira de Souza Melo (Gabi Melo), Tiago da Costa de Araújo (Tiago Araújo)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/456/requerimento_no_349_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/456/requerimento_no_349_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Serviços Urbanos, Transportes e Obras Públicas que seja instalada duas lombadas na Rua Cônego Luiz Adolfo, uma próxima a entrada da AABB e outra próxima ao moto táxi</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/457/requerimento_no_350_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/457/requerimento_no_350_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que sejam colocadas luminárias nos postes já existentes nos dois lados da pista de Conceição até a entrada do Maranhão, como também seja feito o calçamento do mesmo trecho</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/458/requerimento_no_351_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/458/requerimento_no_351_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja feito o saneamento básico dos bairros Antônio Peixoto, Coreia e Salgado.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>Aluísio Soares de Sena (Aluísio Sena), Tiago da Costa de Araújo (Tiago Araújo)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/459/requerimento_no_352_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/459/requerimento_no_352_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando a manutenção das entradas que fica entre o cemitério de Primeira Lagoa até a comunidade de Capim Açu</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/460/requerimento_no_353_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/460/requerimento_no_353_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando Governadora do Estado que seja feito o recapeamento asfáltico da estrada que liga Nova Cruz a Passa e Fica (RN-269).</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/461/requerimento_no_354_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/461/requerimento_no_354_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a instalação e revitalização de todos os sinais de trânsito do município.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/462/requerimento_no_355_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/462/requerimento_no_355_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando a Secretária de Educação um meio de transporte em caráter de urgência para a Cidade Universitária que será utilizado 2 (dois) dias da semana, sendo estes: na Segunda-feira para deixar os estudantes em Areia e na Sexta-feira para busca-los, durante a vigência do calendário acadêmico e o período de aulas.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/463/requerimento_no_356_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/463/requerimento_no_356_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Serviços Urbanos, Transportes e Obras Públicas a sinalização dos quebra-molas da Rua Severino Augusto de morais</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/464/requerimento_no_357_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/464/requerimento_no_357_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando o calcamento da Rua Manoel Dias da Silva, no bairro do Planalto.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/465/requerimento_no_358_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/465/requerimento_no_358_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando para que venha ser feito o calçamento em torno da praça da comunidade do Juriti em Nova Cruz RN, que fica próximo a Escola Municipal e a Creche Municipal.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>Juninho Salú, Marione de Alburqueque Moreira (Marione Moreira), Mateus Catolé, Tiago da Costa de Araújo (Tiago Araújo)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/466/requerimento_no_359_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/466/requerimento_no_359_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a construção não só de uma praça pública como também a implantação de calçamento (em volta da capela), na comunidade Lagoa da Mata.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/467/requerimento_no_360_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/467/requerimento_no_360_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito a construção não só de uma praça pública como também de uma quadra poliesportiva na comunidade Lajedo da Onça.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/468/requerimento_no_361_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/468/requerimento_no_361_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que venha ser feito uma reforma na caixa da água na comunidade Rural da Conceição em Nova Cruz-RN, que fica localizado ao lado do Posto de Saúde</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/469/requerimento_no_362_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/469/requerimento_no_362_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Serviços Urbanos, Transportes e Obras Públicas para que venha ser feito a passar a máquina patrol na comunidade do Relâmpago, situado na nossa cidade Nova Cruz/RN. Que começa na estrada da linha férrea e vai até o final da comunidade do Relâmpago</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/472/requerimento_no_363_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/472/requerimento_no_363_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando a Secretária de Educação a instalação de ar-condicionado em todas as Escolas da rede municipal</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/473/requerimento_no_364_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/473/requerimento_no_364_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Serviços Urbanos, Transportes e Obras Públicas que seja fornecida a iluminação de LED e asfalto aos moradores da Rua Maria Leda Mouzinho.</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/474/requerimento_no_365_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/474/requerimento_no_365_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Serviços Urbanos, Transportes e Obras Públicas feito o calçamento da Rua Severino Freire Barbosa.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>Patrícia Maria de Lima Silva (Patrícia Lima), Carlos César F. de Melo (César de Augustinho), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/475/requerimento_no_366_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/475/requerimento_no_366_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja feita uma quadra de esporte na comunidade do Gravatá.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/476/requerimento_no_367_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/476/requerimento_no_367_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja feito o serviço de pavimentação, recapeamento asfáltico e a implantação das luminárias de LED na Rua Dois de Fevereiro.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/477/requerimento_no_368_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/477/requerimento_no_368_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja feito a pavimentação em frente a Capela da comunidade do Capim Açu.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/478/requerimento_no_369_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/478/requerimento_no_369_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja feito a recuperação da pavimentação e a implantação de iluminação de led, na Rua Alfredo Augusto Santana, próximo ao Ginásio Poliesportivo de nossa cidade</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/479/requerimento_no_370_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/479/requerimento_no_370_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Saúde para que venha ser feito uma manutenção dos equipamentos odontológicos da unidade de saúde rural da comunidade da nossa cidade Nova Cruz RN</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/480/requerimento_no_371_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/480/requerimento_no_371_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito para que venha ser feito uma limpeza na ativação do poço tubular da comunidade rural de Lagoa Seca na cidade de Nova Cruz RN.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>Victor Guerra, Tiago da Costa de Araújo (Tiago Araújo)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/481/requerimento_no_372_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/481/requerimento_no_372_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Esportes que seja reformado o Ginásio Poliesportivo Geovana de Azevedo Targino</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/482/requerimento_no_373_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/482/requerimento_no_373_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja feito o serviço de limpeza e manutenção dos reservatórios de água da comunidade de Lagoa De Serra</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/483/requerimento_no_374_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/483/requerimento_no_374_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando a CAERN que seja vedado a perfuração feita na Rua Primeiro de Janeiro, no bairro de Santa Mª Goreti.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/484/requerimento_no_375_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/484/requerimento_no_375_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Serviços Urbanos, Transportes e Obras Públicas que seja passado a máquina na entrada da comunidade de Lagoa de Serra.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/485/requerimento_no_376_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/485/requerimento_no_376_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Serviços Urbanos, Transportes e Obras Públicas que seja feito colocado de dois a três postes ao longo da junção da Rua Antônio Galdino da Costa, com a Rua Francisco de Assis Soares</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/486/requerimento_no_377_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/486/requerimento_no_377_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Serviços Urbanos, Transportes e Obras Públicas que aos términos da feira-livre, tanto da segunda como da quinta feira, que lavem todo o setor em frente ao mercado público onde se é comercializado peixes, com a finalidade de não deixar os fortes odores nas calçadas</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/487/requerimento_no_378_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/487/requerimento_no_378_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Saúde a manutenção elétrica na UBS (Unidade Básica de Saúde) da comunidade de Lagoa do Couro.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/488/requerimento_no_379_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/488/requerimento_no_379_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Serviços Urbanos, Transportes e Obras Públicas que seja realizado uma operação de limpezas nos açudes e Barreiros das Comunidades do Xique-xique e Jatobá</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>Carlos César F. de Melo (César de Augustinho), Marione de Alburqueque Moreira (Marione Moreira)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/489/requerimento_no_380_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/489/requerimento_no_380_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Serviços Urbanos, Transportes e Obras Públicas que seja finalizado a Bueira próxima a antiga casa do ex-vereador Dedé Paixão em Lagoa de Serra e a outra Bueira próximo ao supermercado de Robinho.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/490/requerimento_no_381_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/490/requerimento_no_381_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Serviços Urbanos, Transportes e Obras Públicas que seja finalizado a Bueira de Lagoa do Mato, mais precisamente a que fica próximo à casa de Dona Helena.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/508/requerimento_no_382_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/508/requerimento_no_382_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito para que venha ser feito uma reforma na Sede do Conselho Tutelar da nossa Cidade Nova Cruz\RN</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/509/requerimento_no_383_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/509/requerimento_no_383_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras para que venha ser feito reparos no calçamentos na Travessa da Rua Alberto Maranhão, por trás do campo São Sebastião em Nova Cruz RN</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/510/requerimento_no_384_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/510/requerimento_no_384_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando a Secretaria de Educação a prestação de contas do FUNDEB, e se houver sobra dele que seja feito o rateio entre os professores do município.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/511/requerimento_no_385_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/511/requerimento_no_385_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretario de Obras e ao Prefeito o serviço de limpeza geral e manutenção de todas as praças do Frei Damião, e se possível de todas as praças do nosso município.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/512/requerimento_no_386_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/512/requerimento_no_386_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Secretário de Obras que seja limpa a Rua Mario Negócio por completo.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/513/requerimento_no_387_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/513/requerimento_no_387_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja retirado os medidores internos das escolas e postos de saúde, e colocado em frente a estes estabelecimentos de educação e saúde, para que seja possível a coleta da leitura mensal feita pela Cosern, dentro deste recesso.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/514/requerimento_no_388_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/514/requerimento_no_388_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja feito a implantação de dois quebra-molas na Rua Maria Felismina da Conceição, bairro do planalto, nas proximidades da igreja Assembleia de Deus.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/515/requerimento_no_389_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/515/requerimento_no_389_-_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Prefeito que seja feito uma ondulação transversal na Rua Capitão José da Penha, mas especificamente, próximo a Quitanda</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/516/requerimento_no_390_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/516/requerimento_no_390_-_2021.pdf</t>
   </si>
   <si>
     <t>– Solicitando ao Prefeito que seja feito melhorias no calçamento da Rua 31 de Março.</t>
   </si>
   <si>
     <t>REQEL</t>
   </si>
   <si>
     <t>Requerimento de Eleição Mesa Diretora</t>
   </si>
   <si>
     <t>Requerimento para inscrição da Chapa de Eleição da Mesa Diretora - Biênio (2023-2024).</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/72/reprov._indicacao_01_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/72/reprov._indicacao_01_-_2021.pdf</t>
   </si>
   <si>
     <t>Indica a adoção de todas as medidas possíveis para a aquisição de vacinas contra o Covid-19 (SARS-CoV-2) em quantidade necessária para a imunização da população deste Município, nos termos da Medida Provisória nº 1.026, de 6 de janeiro de 2021, por meio da Compra Direta e/ou Consórcios Públicos Intermunicipais de âmbito regional, estadual ou federal.</t>
   </si>
   <si>
     <t>Indico ao Prefeito Municipal instalação de um sistema de câmeras para monitoramento, em pontos estratégicos de nossa cidade.</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/131/reprov._indicacao_03_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/131/reprov._indicacao_03_-_2021.pdf</t>
   </si>
   <si>
     <t>Indica a realização de estudos e adoção de providencias para a implantação do programa de AUXILIO EMERGENCIAL MUNICIPAL como medida de enfrentamento das consequências econômicas provocadas pelo estado de calamidade pública decorrente da pandemia (covid-19).</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/200/indicacao_04_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/200/indicacao_04_-_2021.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de iluminação de LED na passagem molhada da comunidade de Lagoa de Serra.</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/308/indicacao_05_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/308/indicacao_05_-_2021.pdf</t>
   </si>
   <si>
     <t>Indica a vereadora que está subscrevendo propõe que, observadas as normas regimentais, seja expedida ao Senhor Prefeito Municipal da necessidade de que seja efetuada a distribuição de absorventes para as mulheres que estejam passando por dificuldades durante a pandemia da covid-19</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/317/indicacao_06_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/317/indicacao_06_-_2021.pdf</t>
   </si>
   <si>
     <t>INDICA a mesa diretora dessa casa legislativa, para instituir a procuradoria da mulher nesta casa com as finalidades de Encaminhar aos Órgãos competentes denúncias relativas as ameaças dos interesses e direitos da mulher, fiscalizar e acompanhar programas governamentais e não governamentais de políticas públicas para as mulheres e aos relativos a interesses e direitos da mulher.</t>
   </si>
   <si>
     <t>Patrícia Maria de Lima Silva (Patrícia Lima), Álisson de Barão, Aluísio Soares de Sena (Aluísio Sena), Anne Gabriela Moreira de Souza Melo (Gabi Melo), Carlos César F. de Melo (César de Augustinho), Gelson Vitor, Juninho Salú, Manga Rosa, Maria de Fátima, Marione de Alburqueque Moreira (Marione Moreira), Mateus Catolé, Tiago da Costa de Araújo (Tiago Araújo), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/380/indicacao_no_07_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/380/indicacao_no_07_-_2021.pdf</t>
   </si>
   <si>
     <t>Indica que seja implantada a Guarda Municipal na cidade de Nova Cruz/RN.</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/381/indicacao_no_08_-2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/381/indicacao_no_08_-2021.pdf</t>
   </si>
   <si>
     <t>Indica que seja criado o conselho municipal da juventude, no município de Nova Cruz/RN, visando promover a participação dos jovens nas políticas públicas da cidade.</t>
   </si>
   <si>
     <t>MCA</t>
   </si>
   <si>
     <t>Moção de Aplausos</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/17/mocao_de_aplausos_no_001_-_2021_ok.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/17/mocao_de_aplausos_no_001_-_2021_ok.pdf</t>
   </si>
   <si>
     <t>Apresento a está Casa Legislativa, a seguinte Moção de Aplausos e Parabenização, ao SD Hátila Correia.</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/42/mocao_de_aplausos_no_002_-_2021_ok.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/42/mocao_de_aplausos_no_002_-_2021_ok.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte moção de Aplausos e Parabenizarão às mulheres trabalhadoras da saúde.</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/73/mocao_de_aplausos_no_003_-_2021_ok.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/73/mocao_de_aplausos_no_003_-_2021_ok.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte moção de Aplausos e Parabenização aos seis alunos da rede municipal de ensino que foram aprovados nos cursos técnicos do IFRN.</t>
   </si>
   <si>
     <t>Gelson Vitor, Álisson de Barão, Aluísio Soares de Sena (Aluísio Sena), Anne Gabriela Moreira de Souza Melo (Gabi Melo), Carlos César F. de Melo (César de Augustinho), Juninho Salú, Manga Rosa, Maria de Fátima, Marione de Alburqueque Moreira (Marione Moreira), Mateus Catolé, Patrícia Maria de Lima Silva (Patrícia Lima), Tiago da Costa de Araújo (Tiago Araújo), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/118/mocao_de_aplausos_no_04_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/118/mocao_de_aplausos_no_04_-_2021.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte moção de Aplausos e Parabenização a Dom Matias Patrício de Macêdo pelo seu aniversário de 85 anos.</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/119/mocao_de_aplausos_no_05_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/119/mocao_de_aplausos_no_05_-_2021.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte moção de Aplausos e Parabenização ao Pe. Aerton Sales, pela revitalização do Centro Pastoral.</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/137/mocao_de_aplausos_no_06_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/137/mocao_de_aplausos_no_06_-_2021.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte moção de Aplausos e Parabenização ao Colégio de Nossa Senhora do Carmo, pelos seus 80 anos de trabalho dedicados ao ensino de qualidade, em nosso município</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/163/mocao_de_aplausos_no_07_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/163/mocao_de_aplausos_no_07_-_2021.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte moção de Aplausos a ser encaminhada ao Sindicato dos Trabalhadores Rurais pelos seus 60 anos de lutas e conquistas em prol dos Agricultores (as) Familiares Nova-cruzenses.</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/214/mocao_de_aplausos_no_08_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/214/mocao_de_aplausos_no_08_-_2021.pdf</t>
   </si>
   <si>
     <t>Apresento Moção de Aplausos e Parabenização ao Projeto Resgate idealizado por igrejas evangélicas de nosso município.</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/361/mocao_de_aplausos_no_10_-_2021_ok.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/361/mocao_de_aplausos_no_10_-_2021_ok.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte Moção de Aplausos a ser encaminhada aos Senhor Coronel Genilton Tavares.</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/382/mocao_de_aplausos_no_11_-_2021_ok.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/382/mocao_de_aplausos_no_11_-_2021_ok.pdf</t>
   </si>
   <si>
     <t>Apresento a esta Casa Legislativa a seguinte moção de aplausos ao Senhor Alisson Eloi</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/413/mocao_de_aplausos_no_12_-_2021ok.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/413/mocao_de_aplausos_no_12_-_2021ok.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte moção de Aplausos a ser encaminhada ao Senhor Juliano de Araújo, atleta nova-cruzense.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/414/mocao_de_aplausos_no_13_-_2021_ok.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/414/mocao_de_aplausos_no_13_-_2021_ok.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte moção de Aplausos a ser encaminhada ao Senhor Thiago de Araújo Silva, Secretário de Saúde Municipal.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte moção de Aplausos a ser encaminhada aos Policiais Militares do 8º Batalhão de Policia Militar por sua atuação no dia 25/06/2021.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/437/mocao_de_aplausos_no_15_-_2021_ok.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/437/mocao_de_aplausos_no_15_-_2021_ok.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte moção de Aplausos a ser encaminhada aos atletas de Jiu-Jitsu, Renzo Gabriel de Freitas Barbosa (categoria 12 anos), e ao Ednaldo Barbosa da Silva Júnior (categoria 16 anos), da academia CheckMat Nova Cruz-RN, pela conquista do Campeonato Estadual de João Pessoa-PB.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>Aluísio Soares de Sena (Aluísio Sena), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/439/mocao_de_aplausos_no_16_-_2021_ok.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/439/mocao_de_aplausos_no_16_-_2021_ok.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte moção de Aplausos a ser encaminhada aos diáconos permanentes Josivaldo Valdevinos de Santos e Júlio Cesar Amaral de Souza</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/499/mocao_de_aplausos_no_17_-_2021_ok.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/499/mocao_de_aplausos_no_17_-_2021_ok.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte moção de Aplausos a ser encaminhada ao Lutador de Jiu-Jitsu, LUCAS DOS SANTOS SILVA</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/500/mocao_de_aplausos_no_18_-_2021ok.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/500/mocao_de_aplausos_no_18_-_2021ok.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte moção de Aplausos a ser encaminhada ao coordenador de endemias, HUDSON LIMA.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/501/mocao_de_aplausos_no_19_-_2021_ok.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/501/mocao_de_aplausos_no_19_-_2021_ok.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte moção de Aplausos a ser encaminhada à coordenadora de epidemiologia, Marina de Souza.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/502/mocao_de_aplausos_no_20_-_2021_ok.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/502/mocao_de_aplausos_no_20_-_2021_ok.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte moção de Aplausos a ser encaminhada ao Professor de Kung Fu, José Marcos Dos Santos.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/503/mocao_de_aplausos_no_21_-_2021_ok.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/503/mocao_de_aplausos_no_21_-_2021_ok.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte moção de Aplausos a ser encaminhada ao Educador Físico, Emerson Deivy Rodrigues Dos Santos.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/506/mocao_de_aplausos_no_22_-_2021_ok.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/506/mocao_de_aplausos_no_22_-_2021_ok.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte moção de Aplausos a ser encaminhada aos Policiais Militares do 8º Batalhão de Polícia Militar.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/507/mocao_de_aplausos_no_23_-_2021ok.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/507/mocao_de_aplausos_no_23_-_2021ok.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte moção de Aplausos a ser encaminhada ao Artista Plástico Nova-cruzense, Glicério de Melo Paiva</t>
   </si>
   <si>
     <t>MCP</t>
   </si>
   <si>
     <t>Moção de Pesar</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/43/mocao_de_pesar_no_1_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/43/mocao_de_pesar_no_1_-_2021.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte moção de Pesar, pelo falecimento do Senhor João Maria Campos.</t>
   </si>
   <si>
     <t>Maria de Fátima, Álisson de Barão, Aluísio Soares de Sena (Aluísio Sena), Anne Gabriela Moreira de Souza Melo (Gabi Melo), Carlos César F. de Melo (César de Augustinho), Gelson Vitor, Juninho Salú, Manga Rosa, Marione de Alburqueque Moreira (Marione Moreira), Mateus Catolé, Patrícia Maria de Lima Silva (Patrícia Lima), Tiago da Costa de Araújo (Tiago Araújo), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/78/mocao_de_pesar_no_2_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/78/mocao_de_pesar_no_2_-_2021.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte moção de Pesar, pelo falecimento do Senhor Edson Caetano.</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/103/mocao_de_pesar_no_03_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/103/mocao_de_pesar_no_03_-_2021.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte moção de Pesar aos familiares do Senhor José Costa Moreira.</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/116/mocao_de_pesar_no_04_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/116/mocao_de_pesar_no_04_-_2021.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte moção de Pesar a ser encaminhada aos familiares do Senhor Antônio Neves da Silva Filho, conhecido como Toinho Cassimiro.</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/117/mocao_de_pesar_no_05_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/117/mocao_de_pesar_no_05_-_2021.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte moção de Pesar a ser encaminhada aos familiares do Senhor Luiz Alves da Silva, conhecido como Luiz do Galo.</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/138/mocao_de_pesar_no_06_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/138/mocao_de_pesar_no_06_-_2021.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte moção de Pesar a ser encaminhada aos familiares do Senhor Manoel Fernandes da Silva</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/139/mocao_de_pesar_no_07_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/139/mocao_de_pesar_no_07_-_2021.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte moção de Pesar a ser encaminhada aos familiares da Senhora Inês Oliveira da Paz.</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/149/mocao_de_pesar_no_08_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/149/mocao_de_pesar_no_08_-_2021.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte moção de Pesar a ser encaminhada aos familiares da Senhora Maria da Conceição de Araújo.</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/201/mocao_de_pesar_no_09_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/201/mocao_de_pesar_no_09_-_2021.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte moção de pesar a ser encaminhada aos familiares da senhora Dalva Soares.</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/202/mocao_de_pesar_no_10_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/202/mocao_de_pesar_no_10_-_2021.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte moção de pesar a ser encaminhada aos familiares do senhor Severino dos Santos.</t>
   </si>
   <si>
     <t>Carlos César F. de Melo (César de Augustinho), Gelson Vitor, Maria de Fátima, Álisson de Barão, Aluísio Soares de Sena (Aluísio Sena), Anne Gabriela Moreira de Souza Melo (Gabi Melo), Juninho Salú, Manga Rosa, Marione de Alburqueque Moreira (Marione Moreira), Mateus Catolé, Patrícia Maria de Lima Silva (Patrícia Lima), Tiago da Costa de Araújo (Tiago Araújo), Victor Guerra</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/203/mocao_de_pesar_no_11_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/203/mocao_de_pesar_no_11_-_2021.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte moção de pesar a ser encaminhada aos familiares do Senhor Jorge de Lima.</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/204/mocao_de_pesar_no_12_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/204/mocao_de_pesar_no_12_-_2021.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte moção de pesar a ser encaminhada aos familiares da senhora Maria Marques.</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/205/mocao_de_pesar_no_13_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/205/mocao_de_pesar_no_13_-_2021.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte moção de Pesar a ser encaminhada aos familiares do Senhor José Antônio Neto.</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/206/mocao_de_pesar_no_14_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/206/mocao_de_pesar_no_14_-_2021.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte moção de Pesar a ser encaminhada aos familiares do Senhor Ubirajara de Holanda Cavalcante</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/207/mocao_de_pesar_no_15_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/207/mocao_de_pesar_no_15_-_2021.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte moção de Pesar a ser encaminhada aos familiares do Senhor Geraldo Xavier de Souza.</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/225/mocao_de_pesar_no_16_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/225/mocao_de_pesar_no_16_-_2021.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares do Senhor Antônio Lemos dos Santos.</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/294/mocao_de_pesar_no_17_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/294/mocao_de_pesar_no_17_-_2021.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares do Senhor Esmerino Jorge da Costa.</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/295/mocao_de_pesar_no_18_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/295/mocao_de_pesar_no_18_-_2021.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares do Senhor Dorgival dos Santos.</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares do Senhor Enoque Pereira de Macêdo Filho.</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/356/mocao_de_pesar_no_20_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/356/mocao_de_pesar_no_20_-_2021.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares do Senhor Marcos dos Santos.</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/357/mocao_de_pesar_no_21_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/357/mocao_de_pesar_no_21_-_2021.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares do Senhor Luiz Padre da Silva.</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/358/mocao_de_pesar_no_22_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/358/mocao_de_pesar_no_22_-_2021.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares da Senhora Maria de Lourdes Flor Meireles.</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/359/mocao_de_pesar_no_23_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/359/mocao_de_pesar_no_23_-_2021.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares do Senhor André Luiz Ferreira de Lima.</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/360/mocao_de_pesar_no_24_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/360/mocao_de_pesar_no_24_-_2021.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares do Senhor Gilberto Cândido de Morais.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/415/mocao_de_pesar_no_25_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/415/mocao_de_pesar_no_25_-_2021.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares da Senhora Cândida Helena Moreira de Souza Oliveira.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/438/mocao_de_pesar_no_26_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/438/mocao_de_pesar_no_26_-_2021.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares da Senhora Virginia Ferreira de Lima</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>Manga Rosa, Marione de Alburqueque Moreira (Marione Moreira)</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/495/mocao_de_pesar_no_27_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/495/mocao_de_pesar_no_27_-_2021.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares do Senhor Raimundo Martins da Silva.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/496/mocao_de_pesar_no_28_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/496/mocao_de_pesar_no_28_-_2021.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares da Senhora Dezilda Cortez Bezerra.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/497/mocao_de_pesar_no_29_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/497/mocao_de_pesar_no_29_-_2021.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares do Senhor Higino Nicolau Santana.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/498/mocao_de_pesar_no_30_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/498/mocao_de_pesar_no_30_-_2021.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares da Senhora Adailta Soares da Silva.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/505/mocao_de_pesar_no_31_-_2021.pdf</t>
+    <t>http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/505/mocao_de_pesar_no_31_-_2021.pdf</t>
   </si>
   <si>
     <t>Apresento a esta casa legislativa a seguinte Moção de Pesar a ser encaminhada aos familiares da Senhora Joyce Cristina de Oliveira</t>
   </si>
   <si>
     <t>EMDF</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI DO EXECUTIVO Nº 006, DISPÕE SOBRE O PLANO PLURIANUAL DO MUNICÍPIO PARA O QUADRIÊNIO DE 2022-2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -5091,68 +5091,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/213/projeto_de_lei_no_11_-_2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/355/pl_19.2021_-_gabi_e_marione.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/104/projeto_de_resolucao_01.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/11/requerimento_no_01_-_2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/12/requerimento_no_02_-_2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/13/requerimento_no_03_-_2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/14/requerimento_no_04_-_2021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/15/requerimento_no_05_-_2021.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/18/requerimento_no_06_-_2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/19/requerimento_no_07_-_2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/20/requerimento_no_08_-_2021.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/21/requerimento_no_09_-_2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/22/requerimento_no_10_-_2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/23/requerimento_no_11_-_2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/24/requerimento_no_12_-_2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/25/requerimento_no_13_-_2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/26/requerimento_no_14_-_2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/27/requerimento_no_15_-_2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/30/requerimento_no_16_-_2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/31/requerimento__no_17_-_2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/32/requerimento_no_18_-_2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/33/requerimento_no_19_-_2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/34/requerimento__no_20_-_2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/35/requerimento_no_21_-_2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/36/requerimento_no_22_-_2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/37/requerimento_no_23_-_2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/38/requerimento_no_24_-_2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/39/requerimento_no_25_-_2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/40/requerimento_no_26_-_2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/44/requerimento_no_27_-_2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/45/requerimento_no_28_-_2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/46/requerimento_no_29_-_2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/47/requerimento_no_30_-_2021.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/48/requerimento_no_31_-_2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/49/requerimento_no_32_-_2021.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/50/requerimento_no_33_-_2021.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/51/requerimento_no_34_-_2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/52/requerimento_no_35_-_2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/53/requerimento_no_36_-_2021.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/54/requerimento_no_37_-_2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/55/requerimento_no_38_-_2021.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/57/requerimento_no_39_-_2021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/58/requerimento_no_40_-_2021.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/59/requerimento_no_41_-_2021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/60/requerimento_no_42_-_2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/61/requerimento_no_43_-_2021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/62/requerimento_no_44_-_2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/63/requerimento_no_45_-_2021.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/64/requerimento_no_46_-_2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/65/requerimento_no_47_-_2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/66/requerimento_no_48_-_2021.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/67/requerimento_no_49_-_2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/68/requerimento_no_50_-_2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/69/requerimento_no_51_-_2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/70/requerimento_no_52_-_2021.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/71/requerimento_no_53_-_2021.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/75/requerimenro_no_54_-_2021.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/76/requerimento_no_55_-_2021.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/77/requerimento_no_56_-_2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/79/requerimenro_no_57_-_2021.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/80/requerimento_no_58_-_2021.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/81/requerimento_no_59_-_2021.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/82/requerimrnto_no_60_-_2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/83/requerimento_no_61_-_2021.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/84/requerimento_no_62_-_2021.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/85/requerimento_no_63_-_2021.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/86/requerimento_no_64_-_2021.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/87/requerimento_no_65_-_2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/88/requerimento_no_66_-_2021.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/91/requerimento_no_67_-_2021.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/92/requerimento_no_68_-_2021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/93/requerimento_no_69_-_2021.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/94/requerimento_no_70_-2021.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/95/requerimento_no_71_-_2021.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/96/requerimento_no_72_-_2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/97/requerimento_no_73_-_2021.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/98/requerimento_no_74_-_2021.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/99/requerimento_no_75_-_2021.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/100/requerimento_no_76_-_2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/101/requerimento_no_77_-_2021.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/102/requerimento_no_78_-_2021.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/105/requerimento_no_79_-_2021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/106/requerimento_no_80_-_2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/107/requerimento_no_81_-_2021.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/108/requerimento_no_82_-_2021.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/109/requerimento_no_83_-_2021.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/110/requerimento_no_84_-_2021.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/111/requerimento_no_85_-_2021.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/112/requerimento_no_86_-_2021.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/113/requerimento_no_87_-_2021.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/114/requerimento_no_88_-_2021.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/115/requerimento_no_89_-_2021.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/120/requerimento_no_90_-_2021.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/121/requerimento_no_91_-_2021.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/122/requerimento_no_92_-_2021.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/123/requerimento_no_93_-_2021.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/124/requerimento_no_94_-_2021.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/125/requerimento_no_95_-_2021.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/126/requerimento_no_96_-_2021.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/127/requerimento_no_97_-_2021.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/128/requerimento_no_98_-_2021.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/129/requerimento_no_99_-_2021.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/130/requerimento_no_100_-_2021.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/132/requerimento_no_101_-_2021.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/133/requerimento_no_102_-_2021.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/134/requerimento_no_103_-_2021.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/135/requerimento_no_104_-_2021.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/136/requerimento_no_105_-_2021.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/140/requerimento_no_106_-_2021.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/141/requerimenro_no_107_-_2021.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/142/requerimento_no_108_-_2021.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/143/requerimento_no_109_-_2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/144/requerimento_no_110_-_2021.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/145/requerimento_no_111_-_2021.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/146/requerimento_no_112_-_2021.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/147/requerimento_no_113_-_2021.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/148/requerimento_no_114_-_2021.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/150/requerimento_no_115_-_2021.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/151/requerimento_no_116_-_2021.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/152/requerimento_no_117_-_2021.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/153/requerimento_no_118_-_2021.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/154/requerimento_no_119_-_2021.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/155/requerimento_no_120_-_2021.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/157/requerimento_no_122_-_2021.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/158/requerimento_no_123_-_2021.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/159/requerimento_no_124_-_2021.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/160/requerimento_no_125_-_2021.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/164/requerimento_no_126_-_2021.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/165/requerimento_no_127_-_2021.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/166/requerimento_no_128_-_2021.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/167/requerimento_no_129_-_2021.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/168/requerimento_no_130_-_2021.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/169/requerimento_no_131_-_2021.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/170/requerimento_no_132_-_2021.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/171/requerimento_no_133_-_2021.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/172/requerimento_no_134_-_2021.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/173/requerimento_no_135_-_2021.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/174/requerimento_no_136_-_2021.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/175/requerimento_no_137_-_2021.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/176/requerimento_no_138_-_2021.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/184/requerimento_no_139_-_2021.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/185/requerimento_no_140_-_2021.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/186/requerimento_no_141_-_2021.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/187/requerimento_no_142_-_2021.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/188/requerimento_no_143_-_2021.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/189/requerimento_no_144_-_2021.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/190/requerimento_no_145_-_2021.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/191/requerimento_no_146_-_2021.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/194/requerimento_no_147_-_2021.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/195/requerimento_no_148_-_2021.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/196/requerimento_no_149_-_2021.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/197/requerimento_no_150_-_2021.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/198/requerimento_no_151_-_2021.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/199/requerimento_no_152_-_2021.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/208/requerimento_no_153_-2021.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/209/requerimento_no_154_-_2021.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/210/requerimento_no_155_-_2021.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/211/requerimento_no_156_-_2021.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/212/requerimento_no_157_-_2021.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/215/requerimento_no_158_-_2021.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/216/requerimento_no_159_-_2021.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/217/requerimento_no_160_-_2021.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/218/requerimento_no_161_-_2021.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/219/requerimento_no_162_-_2021.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/220/requerimento_no_163_-_2021.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/221/requerimento_no_164_-_2021.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/222/requerimento_no_165_-_2021.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/223/requerimento_no_166_-_2021.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/224/requerimento_no_167_-_2021.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/226/requerimento_no_168_-_2021.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/227/requerimento_no_169_-_2021.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/229/requerimento_no_170_-_2021.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/230/requerimento_no_171_-_2021.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/231/requerimento_no_172_-_2021.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/232/requerimento_no_173_-_2021.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/233/requerimento_no_174_-_2021.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/234/requerimento_no_175_-_2021.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/235/requerimento_no_176_-_2021.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/236/requerimento_no_177_-_2021.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/237/requerimento_no_178_-_2021.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/238/requerimento_no_179_-_2021.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/239/requerimento_no_180_-_2021.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/240/requerimento_no_181_-_2021.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/241/requerimento_no_182_-_2021.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/245/requerimento_no_183_-_2021.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/246/requerimento_no_184_-_2021.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/247/requerimento_no_185_-_2021.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/248/requerimento_no_186_-_2021.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/249/requerimento_no_187_-_2021.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/250/requerimento_no_188_-_2021.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/251/requerimento_no_189_-_2021.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/252/requerimento_no_190_-_2021.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/253/requerimento_no_191_-_2021.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/254/requerimento_no_192_-_2021.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/255/requerimento_no_193_-_2021.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/256/requerimento_no_194_-_2021.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/257/requerimento_no_195_-_2021.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/258/requerimento_no_196_-_2021.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/259/requerimento_no_197_-_2021.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/260/requerimento_no_198_-_2021.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/261/requerimento_no_199_-_2021.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/262/requerimento_no_200_-_2021.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/263/requerimento_no_201_-_2021.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/264/requerimento_no_202_-_2021.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/265/requerimento_no_203_-_2021.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/266/requerimento_no_204_-_2021.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/274/requerimento_no_205_-_2021.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/275/requerimento_no_206_-_2021.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/276/requerimento_no_207_-_2021.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/277/requerimento_no_208_-_2021.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/278/requerimento_no_209_-_2021.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/279/requerimento_no_210_-_2021.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/280/requerimento_no_211_-_2021.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/281/requerimento_no_212_-_2021.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/282/requerimento_no_213_-_2021.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/283/requerimento_no_214_-_2021.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/284/requerimento_no_215_-_2021.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/285/requerimento_no_216_-_2021.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/286/requerimento_no_217_-_2021.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/288/requerimento_no_218_-_2021.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/289/requerimento_no_219_-_2021.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/290/requerimento_no_220_-_2021.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/291/requerimento_no_221_-_2021.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/292/requerimento_no_222_-_2021.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/293/requerimento_no_223_-_2021.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/297/requerimento_no_224_-_2021.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/298/requerimento_no_225_-_2021.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/299/requerimento_no_226_-_2021.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/300/requerimento_no_227_-_2021.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/301/requerimento_no_228_-_2021.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/302/requerimento_no_229_-_2021.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/303/requerimento_no_230_-_2021.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/304/requerimento_no_231_-_2021.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/305/requerimento_no_232_-_2021.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/306/requerimento_no_233_-_2021.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/310/requermento_no_234_-_2021.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/311/requerimento_no_235_-_2021.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/312/requerimento_no_236_-_2021.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/313/requerimento_no_237_-_2021.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/314/requerimento_no_238_-_2021.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/315/requerimento_no_239_-_2021.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/316/requerimento_no_240_-_2021.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/318/requerimento_no_241_-_2021.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/319/requerimento_no_242_-_2021.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/320/requerimento_no_243_-_2021.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/321/requerimento_no_244_-_2021.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/323/requerimento_no_245_-_2021.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/324/requerimento_no_246_-_2021.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/326/requerimento_no_247_-_2021.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/327/requerimento_no_248_-_2021.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/328/requerimento_no_249_-_2021.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/329/requerimento_no_242_-_2021.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/330/requerimento_no_251_-_2021.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/331/requerimento_no_252_-_2021.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/332/requerimento_no_253_-_2021.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/333/requerimento_no_254_-_2021.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/334/requerimento_no_255_-_255.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/335/requerimento_no_256_-_2021.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/336/requerimento_no_257_-_2021.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/339/requerimento_no_258_-_2021.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/340/requerimento_no_259_-_2021.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/341/requerimento_no_260_-_2021.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/342/requerimento_no_261_-_2021.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/343/requerimento_no_262_-_2021.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/344/requerimento_no_263_-_2021.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/345/requerimento_no_264_-_2021.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/346/requerimento_no_265_-_2021.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/347/requerimento_no_266_-_2021.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/348/requerimento_no_267_-_2021.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/349/requerimento_no_268_-_2021.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/350/requerimento_no_269_-_2021.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/351/requerimento_no_270_-_2021.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/352/requerimento_no_271_-_2021.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/353/requerimento_no_272_-_2021.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/354/requerimento_no_273_-_2021.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/363/requerimento_no_274_-_2021.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/364/requerimento_no_275_-_2021.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/365/requerimento_no_276_-_2021.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/366/requerimento_no_277_-_2021.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/367/requerimento_no_278_-_2021.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/368/requerimento_no_279_-_2021.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/369/requerimento_no_280_-_2021.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/370/requerimento_no_281_-_2021.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/371/requerimento_no_282_-_2021.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/372/requerimento_no_283_-_2021.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/373/requerimento_no_284_-_2021.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/374/requerimento_no_285_-_2021.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/375/requerimento_no_286_-_2021.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/376/rquerimento_no_287_-_2021.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/377/requerimento_no_288_-_2021.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/378/requerimento_no_289_-_2021.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/379/requerimento_no_290-_2021.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/383/requerimento_no_291_-_2021.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/384/requerimento_no_292_-_2021.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/385/requermento_no_293_-_2021.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/386/requerimento_no_294_-_2021.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/387/requerimento_no_295_-_2021.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/388/requerimento_no_296_-_2021.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/389/requerimento_no_297_-_2021.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/390/requerimento_no_298_-_2021.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/391/requerimento_no_299_-_2021.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/392/requerimento_no_300_-_2021.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/393/requerimento_no_301_-_2021.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/394/requerimento_no_302_-_2021.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/395/requerimento_no_303_-_2021.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/396/requerimento_no_304_-_2021.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/397/requerimento_no_305_-_2021.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/398/requerimento_no_306_-_2021.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/399/requerimento_no_307_-_2021.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/400/requerimento_no_308_-_2021.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/401/requerimento_no_309_-_2021.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/402/requerimento_no_310_-_2021.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/403/requerimento_no_311_-_2021.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/404/requerimento_no_312_-_2021.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/405/requerimento_no_313_-_2021.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/406/requerimento_no_314_-_2021.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/407/requerimento_no_315_-_2021.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/408/requerimento_no_316_-_2021.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/410/requerimento_no_317_-_2021.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/411/requerimento_no_318_-_2021.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/412/requerimento_no_319_-_2021.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/416/requerimento_no_320_-_2021.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/417/requerimento_no_321_-_2021.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/418/requerimento_no_322_-_2021.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/419/requerimento_no_323_-_2021.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/420/requerimento_no_324_-_2021.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/421/requerimento_no_325_-_2021.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/422/requerimento_no_326_-_2021.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/426/requerimento_no_327_-_2021.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/427/requerimento_no_328_-_2021.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/428/requerimento_no_329_-_2021.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/429/requerimento_no_330_-_2021.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/430/requerimento_no_331_-_2021.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/431/requerimento_no_332_-_2021.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/432/requerimento_no_333_-_2021.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/433/requerimento_no_334_-_2021.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/434/requerimento_no_335_-_2021.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/435/requerimento_no_336_-_2021.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/440/requerimento_no_337_-_2021.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/441/requerimento_no_338_-_2021.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/442/requerimento_no_339_-_2021.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/443/requerimento_no_340_-_2021.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/447/requerimento_no_341_-_2021.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/448/requerimento_no_342_-_2021.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/449/requerimento_no_343_-_2021.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/450/requerimento_no_344_-_2021.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/452/requerimento_no_345_-_2021.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/453/requerimento_no_346_-_2021.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/454/requerimento_no_347_-_2021.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/455/requerimento_no_348_-_2021.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/456/requerimento_no_349_-_2021.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/457/requerimento_no_350_-_2021.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/458/requerimento_no_351_-_2021.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/459/requerimento_no_352_-_2021.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/460/requerimento_no_353_-_2021.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/461/requerimento_no_354_-_2021.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/462/requerimento_no_355_-_2021.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/463/requerimento_no_356_-_2021.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/464/requerimento_no_357_-_2021.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/465/requerimento_no_358_-_2021.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/466/requerimento_no_359_-_2021.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/467/requerimento_no_360_-_2021.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/468/requerimento_no_361_-_2021.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/469/requerimento_no_362_-_2021.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/472/requerimento_no_363_-_2021.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/473/requerimento_no_364_-_2021.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/474/requerimento_no_365_-_2021.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/475/requerimento_no_366_-_2021.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/476/requerimento_no_367_-_2021.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/477/requerimento_no_368_-_2021.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/478/requerimento_no_369_-_2021.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/479/requerimento_no_370_-_2021.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/480/requerimento_no_371_-_2021.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/481/requerimento_no_372_-_2021.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/482/requerimento_no_373_-_2021.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/483/requerimento_no_374_-_2021.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/484/requerimento_no_375_-_2021.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/485/requerimento_no_376_-_2021.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/486/requerimento_no_377_-_2021.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/487/requerimento_no_378_-_2021.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/488/requerimento_no_379_-_2021.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/489/requerimento_no_380_-_2021.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/490/requerimento_no_381_-_2021.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/508/requerimento_no_382_-_2021.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/509/requerimento_no_383_-_2021.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/510/requerimento_no_384_-_2021.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/511/requerimento_no_385_-_2021.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/512/requerimento_no_386_-_2021.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/513/requerimento_no_387_-_2021.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/514/requerimento_no_388_-_2021.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/515/requerimento_no_389_-_2021.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/516/requerimento_no_390_-_2021.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/72/reprov._indicacao_01_-_2021.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/131/reprov._indicacao_03_-_2021.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/200/indicacao_04_-_2021.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/308/indicacao_05_-_2021.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/317/indicacao_06_-_2021.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/380/indicacao_no_07_-_2021.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/381/indicacao_no_08_-2021.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/17/mocao_de_aplausos_no_001_-_2021_ok.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/42/mocao_de_aplausos_no_002_-_2021_ok.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/73/mocao_de_aplausos_no_003_-_2021_ok.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/118/mocao_de_aplausos_no_04_-_2021.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/119/mocao_de_aplausos_no_05_-_2021.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/137/mocao_de_aplausos_no_06_-_2021.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/163/mocao_de_aplausos_no_07_-_2021.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/214/mocao_de_aplausos_no_08_-_2021.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/361/mocao_de_aplausos_no_10_-_2021_ok.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/382/mocao_de_aplausos_no_11_-_2021_ok.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/413/mocao_de_aplausos_no_12_-_2021ok.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/414/mocao_de_aplausos_no_13_-_2021_ok.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/437/mocao_de_aplausos_no_15_-_2021_ok.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/439/mocao_de_aplausos_no_16_-_2021_ok.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/499/mocao_de_aplausos_no_17_-_2021_ok.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/500/mocao_de_aplausos_no_18_-_2021ok.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/501/mocao_de_aplausos_no_19_-_2021_ok.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/502/mocao_de_aplausos_no_20_-_2021_ok.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/503/mocao_de_aplausos_no_21_-_2021_ok.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/506/mocao_de_aplausos_no_22_-_2021_ok.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/507/mocao_de_aplausos_no_23_-_2021ok.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/43/mocao_de_pesar_no_1_-_2021.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/78/mocao_de_pesar_no_2_-_2021.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/103/mocao_de_pesar_no_03_-_2021.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/116/mocao_de_pesar_no_04_-_2021.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/117/mocao_de_pesar_no_05_-_2021.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/138/mocao_de_pesar_no_06_-_2021.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/139/mocao_de_pesar_no_07_-_2021.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/149/mocao_de_pesar_no_08_-_2021.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/201/mocao_de_pesar_no_09_-_2021.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/202/mocao_de_pesar_no_10_-_2021.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/203/mocao_de_pesar_no_11_-_2021.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/204/mocao_de_pesar_no_12_-_2021.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/205/mocao_de_pesar_no_13_-_2021.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/206/mocao_de_pesar_no_14_-_2021.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/207/mocao_de_pesar_no_15_-_2021.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/225/mocao_de_pesar_no_16_-_2021.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/294/mocao_de_pesar_no_17_-_2021.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/295/mocao_de_pesar_no_18_-_2021.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/356/mocao_de_pesar_no_20_-_2021.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/357/mocao_de_pesar_no_21_-_2021.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/358/mocao_de_pesar_no_22_-_2021.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/359/mocao_de_pesar_no_23_-_2021.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/360/mocao_de_pesar_no_24_-_2021.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/415/mocao_de_pesar_no_25_-_2021.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/438/mocao_de_pesar_no_26_-_2021.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/495/mocao_de_pesar_no_27_-_2021.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/496/mocao_de_pesar_no_28_-_2021.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/497/mocao_de_pesar_no_29_-_2021.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/498/mocao_de_pesar_no_30_-_2021.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/505/mocao_de_pesar_no_31_-_2021.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/213/projeto_de_lei_no_11_-_2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/355/pl_19.2021_-_gabi_e_marione.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/104/projeto_de_resolucao_01.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/11/requerimento_no_01_-_2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/12/requerimento_no_02_-_2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/13/requerimento_no_03_-_2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/14/requerimento_no_04_-_2021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/15/requerimento_no_05_-_2021.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/18/requerimento_no_06_-_2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/19/requerimento_no_07_-_2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/20/requerimento_no_08_-_2021.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/21/requerimento_no_09_-_2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/22/requerimento_no_10_-_2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/23/requerimento_no_11_-_2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/24/requerimento_no_12_-_2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/25/requerimento_no_13_-_2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/26/requerimento_no_14_-_2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/27/requerimento_no_15_-_2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/30/requerimento_no_16_-_2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/31/requerimento__no_17_-_2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/32/requerimento_no_18_-_2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/33/requerimento_no_19_-_2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/34/requerimento__no_20_-_2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/35/requerimento_no_21_-_2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/36/requerimento_no_22_-_2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/37/requerimento_no_23_-_2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/38/requerimento_no_24_-_2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/39/requerimento_no_25_-_2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/40/requerimento_no_26_-_2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/44/requerimento_no_27_-_2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/45/requerimento_no_28_-_2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/46/requerimento_no_29_-_2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/47/requerimento_no_30_-_2021.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/48/requerimento_no_31_-_2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/49/requerimento_no_32_-_2021.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/50/requerimento_no_33_-_2021.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/51/requerimento_no_34_-_2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/52/requerimento_no_35_-_2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/53/requerimento_no_36_-_2021.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/54/requerimento_no_37_-_2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/55/requerimento_no_38_-_2021.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/57/requerimento_no_39_-_2021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/58/requerimento_no_40_-_2021.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/59/requerimento_no_41_-_2021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/60/requerimento_no_42_-_2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/61/requerimento_no_43_-_2021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/62/requerimento_no_44_-_2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/63/requerimento_no_45_-_2021.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/64/requerimento_no_46_-_2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/65/requerimento_no_47_-_2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/66/requerimento_no_48_-_2021.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/67/requerimento_no_49_-_2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/68/requerimento_no_50_-_2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/69/requerimento_no_51_-_2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/70/requerimento_no_52_-_2021.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/71/requerimento_no_53_-_2021.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/75/requerimenro_no_54_-_2021.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/76/requerimento_no_55_-_2021.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/77/requerimento_no_56_-_2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/79/requerimenro_no_57_-_2021.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/80/requerimento_no_58_-_2021.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/81/requerimento_no_59_-_2021.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/82/requerimrnto_no_60_-_2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/83/requerimento_no_61_-_2021.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/84/requerimento_no_62_-_2021.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/85/requerimento_no_63_-_2021.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/86/requerimento_no_64_-_2021.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/87/requerimento_no_65_-_2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/88/requerimento_no_66_-_2021.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/91/requerimento_no_67_-_2021.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/92/requerimento_no_68_-_2021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/93/requerimento_no_69_-_2021.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/94/requerimento_no_70_-2021.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/95/requerimento_no_71_-_2021.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/96/requerimento_no_72_-_2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/97/requerimento_no_73_-_2021.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/98/requerimento_no_74_-_2021.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/99/requerimento_no_75_-_2021.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/100/requerimento_no_76_-_2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/101/requerimento_no_77_-_2021.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/102/requerimento_no_78_-_2021.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/105/requerimento_no_79_-_2021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/106/requerimento_no_80_-_2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/107/requerimento_no_81_-_2021.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/108/requerimento_no_82_-_2021.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/109/requerimento_no_83_-_2021.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/110/requerimento_no_84_-_2021.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/111/requerimento_no_85_-_2021.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/112/requerimento_no_86_-_2021.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/113/requerimento_no_87_-_2021.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/114/requerimento_no_88_-_2021.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/115/requerimento_no_89_-_2021.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/120/requerimento_no_90_-_2021.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/121/requerimento_no_91_-_2021.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/122/requerimento_no_92_-_2021.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/123/requerimento_no_93_-_2021.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/124/requerimento_no_94_-_2021.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/125/requerimento_no_95_-_2021.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/126/requerimento_no_96_-_2021.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/127/requerimento_no_97_-_2021.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/128/requerimento_no_98_-_2021.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/129/requerimento_no_99_-_2021.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/130/requerimento_no_100_-_2021.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/132/requerimento_no_101_-_2021.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/133/requerimento_no_102_-_2021.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/134/requerimento_no_103_-_2021.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/135/requerimento_no_104_-_2021.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/136/requerimento_no_105_-_2021.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/140/requerimento_no_106_-_2021.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/141/requerimenro_no_107_-_2021.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/142/requerimento_no_108_-_2021.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/143/requerimento_no_109_-_2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/144/requerimento_no_110_-_2021.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/145/requerimento_no_111_-_2021.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/146/requerimento_no_112_-_2021.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/147/requerimento_no_113_-_2021.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/148/requerimento_no_114_-_2021.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/150/requerimento_no_115_-_2021.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/151/requerimento_no_116_-_2021.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/152/requerimento_no_117_-_2021.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/153/requerimento_no_118_-_2021.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/154/requerimento_no_119_-_2021.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/155/requerimento_no_120_-_2021.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/157/requerimento_no_122_-_2021.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/158/requerimento_no_123_-_2021.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/159/requerimento_no_124_-_2021.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/160/requerimento_no_125_-_2021.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/164/requerimento_no_126_-_2021.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/165/requerimento_no_127_-_2021.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/166/requerimento_no_128_-_2021.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/167/requerimento_no_129_-_2021.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/168/requerimento_no_130_-_2021.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/169/requerimento_no_131_-_2021.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/170/requerimento_no_132_-_2021.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/171/requerimento_no_133_-_2021.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/172/requerimento_no_134_-_2021.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/173/requerimento_no_135_-_2021.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/174/requerimento_no_136_-_2021.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/175/requerimento_no_137_-_2021.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/176/requerimento_no_138_-_2021.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/184/requerimento_no_139_-_2021.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/185/requerimento_no_140_-_2021.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/186/requerimento_no_141_-_2021.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/187/requerimento_no_142_-_2021.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/188/requerimento_no_143_-_2021.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/189/requerimento_no_144_-_2021.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/190/requerimento_no_145_-_2021.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/191/requerimento_no_146_-_2021.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/194/requerimento_no_147_-_2021.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/195/requerimento_no_148_-_2021.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/196/requerimento_no_149_-_2021.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/197/requerimento_no_150_-_2021.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/198/requerimento_no_151_-_2021.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/199/requerimento_no_152_-_2021.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/208/requerimento_no_153_-2021.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/209/requerimento_no_154_-_2021.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/210/requerimento_no_155_-_2021.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/211/requerimento_no_156_-_2021.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/212/requerimento_no_157_-_2021.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/215/requerimento_no_158_-_2021.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/216/requerimento_no_159_-_2021.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/217/requerimento_no_160_-_2021.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/218/requerimento_no_161_-_2021.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/219/requerimento_no_162_-_2021.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/220/requerimento_no_163_-_2021.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/221/requerimento_no_164_-_2021.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/222/requerimento_no_165_-_2021.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/223/requerimento_no_166_-_2021.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/224/requerimento_no_167_-_2021.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/226/requerimento_no_168_-_2021.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/227/requerimento_no_169_-_2021.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/229/requerimento_no_170_-_2021.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/230/requerimento_no_171_-_2021.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/231/requerimento_no_172_-_2021.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/232/requerimento_no_173_-_2021.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/233/requerimento_no_174_-_2021.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/234/requerimento_no_175_-_2021.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/235/requerimento_no_176_-_2021.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/236/requerimento_no_177_-_2021.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/237/requerimento_no_178_-_2021.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/238/requerimento_no_179_-_2021.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/239/requerimento_no_180_-_2021.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/240/requerimento_no_181_-_2021.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/241/requerimento_no_182_-_2021.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/245/requerimento_no_183_-_2021.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/246/requerimento_no_184_-_2021.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/247/requerimento_no_185_-_2021.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/248/requerimento_no_186_-_2021.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/249/requerimento_no_187_-_2021.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/250/requerimento_no_188_-_2021.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/251/requerimento_no_189_-_2021.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/252/requerimento_no_190_-_2021.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/253/requerimento_no_191_-_2021.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/254/requerimento_no_192_-_2021.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/255/requerimento_no_193_-_2021.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/256/requerimento_no_194_-_2021.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/257/requerimento_no_195_-_2021.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/258/requerimento_no_196_-_2021.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/259/requerimento_no_197_-_2021.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/260/requerimento_no_198_-_2021.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/261/requerimento_no_199_-_2021.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/262/requerimento_no_200_-_2021.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/263/requerimento_no_201_-_2021.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/264/requerimento_no_202_-_2021.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/265/requerimento_no_203_-_2021.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/266/requerimento_no_204_-_2021.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/274/requerimento_no_205_-_2021.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/275/requerimento_no_206_-_2021.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/276/requerimento_no_207_-_2021.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/277/requerimento_no_208_-_2021.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/278/requerimento_no_209_-_2021.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/279/requerimento_no_210_-_2021.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/280/requerimento_no_211_-_2021.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/281/requerimento_no_212_-_2021.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/282/requerimento_no_213_-_2021.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/283/requerimento_no_214_-_2021.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/284/requerimento_no_215_-_2021.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/285/requerimento_no_216_-_2021.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/286/requerimento_no_217_-_2021.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/288/requerimento_no_218_-_2021.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/289/requerimento_no_219_-_2021.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/290/requerimento_no_220_-_2021.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/291/requerimento_no_221_-_2021.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/292/requerimento_no_222_-_2021.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/293/requerimento_no_223_-_2021.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/297/requerimento_no_224_-_2021.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/298/requerimento_no_225_-_2021.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/299/requerimento_no_226_-_2021.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/300/requerimento_no_227_-_2021.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/301/requerimento_no_228_-_2021.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/302/requerimento_no_229_-_2021.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/303/requerimento_no_230_-_2021.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/304/requerimento_no_231_-_2021.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/305/requerimento_no_232_-_2021.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/306/requerimento_no_233_-_2021.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/310/requermento_no_234_-_2021.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/311/requerimento_no_235_-_2021.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/312/requerimento_no_236_-_2021.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/313/requerimento_no_237_-_2021.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/314/requerimento_no_238_-_2021.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/315/requerimento_no_239_-_2021.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/316/requerimento_no_240_-_2021.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/318/requerimento_no_241_-_2021.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/319/requerimento_no_242_-_2021.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/320/requerimento_no_243_-_2021.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/321/requerimento_no_244_-_2021.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/323/requerimento_no_245_-_2021.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/324/requerimento_no_246_-_2021.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/326/requerimento_no_247_-_2021.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/327/requerimento_no_248_-_2021.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/328/requerimento_no_249_-_2021.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/329/requerimento_no_242_-_2021.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/330/requerimento_no_251_-_2021.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/331/requerimento_no_252_-_2021.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/332/requerimento_no_253_-_2021.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/333/requerimento_no_254_-_2021.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/334/requerimento_no_255_-_255.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/335/requerimento_no_256_-_2021.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/336/requerimento_no_257_-_2021.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/339/requerimento_no_258_-_2021.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/340/requerimento_no_259_-_2021.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/341/requerimento_no_260_-_2021.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/342/requerimento_no_261_-_2021.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/343/requerimento_no_262_-_2021.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/344/requerimento_no_263_-_2021.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/345/requerimento_no_264_-_2021.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/346/requerimento_no_265_-_2021.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/347/requerimento_no_266_-_2021.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/348/requerimento_no_267_-_2021.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/349/requerimento_no_268_-_2021.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/350/requerimento_no_269_-_2021.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/351/requerimento_no_270_-_2021.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/352/requerimento_no_271_-_2021.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/353/requerimento_no_272_-_2021.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/354/requerimento_no_273_-_2021.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/363/requerimento_no_274_-_2021.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/364/requerimento_no_275_-_2021.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/365/requerimento_no_276_-_2021.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/366/requerimento_no_277_-_2021.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/367/requerimento_no_278_-_2021.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/368/requerimento_no_279_-_2021.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/369/requerimento_no_280_-_2021.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/370/requerimento_no_281_-_2021.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/371/requerimento_no_282_-_2021.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/372/requerimento_no_283_-_2021.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/373/requerimento_no_284_-_2021.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/374/requerimento_no_285_-_2021.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/375/requerimento_no_286_-_2021.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/376/rquerimento_no_287_-_2021.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/377/requerimento_no_288_-_2021.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/378/requerimento_no_289_-_2021.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/379/requerimento_no_290-_2021.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/383/requerimento_no_291_-_2021.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/384/requerimento_no_292_-_2021.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/385/requermento_no_293_-_2021.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/386/requerimento_no_294_-_2021.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/387/requerimento_no_295_-_2021.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/388/requerimento_no_296_-_2021.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/389/requerimento_no_297_-_2021.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/390/requerimento_no_298_-_2021.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/391/requerimento_no_299_-_2021.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/392/requerimento_no_300_-_2021.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/393/requerimento_no_301_-_2021.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/394/requerimento_no_302_-_2021.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/395/requerimento_no_303_-_2021.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/396/requerimento_no_304_-_2021.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/397/requerimento_no_305_-_2021.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/398/requerimento_no_306_-_2021.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/399/requerimento_no_307_-_2021.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/400/requerimento_no_308_-_2021.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/401/requerimento_no_309_-_2021.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/402/requerimento_no_310_-_2021.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/403/requerimento_no_311_-_2021.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/404/requerimento_no_312_-_2021.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/405/requerimento_no_313_-_2021.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/406/requerimento_no_314_-_2021.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/407/requerimento_no_315_-_2021.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/408/requerimento_no_316_-_2021.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/410/requerimento_no_317_-_2021.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/411/requerimento_no_318_-_2021.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/412/requerimento_no_319_-_2021.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/416/requerimento_no_320_-_2021.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/417/requerimento_no_321_-_2021.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/418/requerimento_no_322_-_2021.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/419/requerimento_no_323_-_2021.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/420/requerimento_no_324_-_2021.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/421/requerimento_no_325_-_2021.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/422/requerimento_no_326_-_2021.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/426/requerimento_no_327_-_2021.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/427/requerimento_no_328_-_2021.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/428/requerimento_no_329_-_2021.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/429/requerimento_no_330_-_2021.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/430/requerimento_no_331_-_2021.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/431/requerimento_no_332_-_2021.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/432/requerimento_no_333_-_2021.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/433/requerimento_no_334_-_2021.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/434/requerimento_no_335_-_2021.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/435/requerimento_no_336_-_2021.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/440/requerimento_no_337_-_2021.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/441/requerimento_no_338_-_2021.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/442/requerimento_no_339_-_2021.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/443/requerimento_no_340_-_2021.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/447/requerimento_no_341_-_2021.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/448/requerimento_no_342_-_2021.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/449/requerimento_no_343_-_2021.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/450/requerimento_no_344_-_2021.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/452/requerimento_no_345_-_2021.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/453/requerimento_no_346_-_2021.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/454/requerimento_no_347_-_2021.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/455/requerimento_no_348_-_2021.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/456/requerimento_no_349_-_2021.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/457/requerimento_no_350_-_2021.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/458/requerimento_no_351_-_2021.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/459/requerimento_no_352_-_2021.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/460/requerimento_no_353_-_2021.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/461/requerimento_no_354_-_2021.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/462/requerimento_no_355_-_2021.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/463/requerimento_no_356_-_2021.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/464/requerimento_no_357_-_2021.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/465/requerimento_no_358_-_2021.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/466/requerimento_no_359_-_2021.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/467/requerimento_no_360_-_2021.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/468/requerimento_no_361_-_2021.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/469/requerimento_no_362_-_2021.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/472/requerimento_no_363_-_2021.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/473/requerimento_no_364_-_2021.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/474/requerimento_no_365_-_2021.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/475/requerimento_no_366_-_2021.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/476/requerimento_no_367_-_2021.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/477/requerimento_no_368_-_2021.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/478/requerimento_no_369_-_2021.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/479/requerimento_no_370_-_2021.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/480/requerimento_no_371_-_2021.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/481/requerimento_no_372_-_2021.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/482/requerimento_no_373_-_2021.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/483/requerimento_no_374_-_2021.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/484/requerimento_no_375_-_2021.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/485/requerimento_no_376_-_2021.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/486/requerimento_no_377_-_2021.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/487/requerimento_no_378_-_2021.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/488/requerimento_no_379_-_2021.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/489/requerimento_no_380_-_2021.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/490/requerimento_no_381_-_2021.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/508/requerimento_no_382_-_2021.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/509/requerimento_no_383_-_2021.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/510/requerimento_no_384_-_2021.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/511/requerimento_no_385_-_2021.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/512/requerimento_no_386_-_2021.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/513/requerimento_no_387_-_2021.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/514/requerimento_no_388_-_2021.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/515/requerimento_no_389_-_2021.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/516/requerimento_no_390_-_2021.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/72/reprov._indicacao_01_-_2021.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/131/reprov._indicacao_03_-_2021.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/200/indicacao_04_-_2021.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/308/indicacao_05_-_2021.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/317/indicacao_06_-_2021.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/380/indicacao_no_07_-_2021.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/381/indicacao_no_08_-2021.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/17/mocao_de_aplausos_no_001_-_2021_ok.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/42/mocao_de_aplausos_no_002_-_2021_ok.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/73/mocao_de_aplausos_no_003_-_2021_ok.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/118/mocao_de_aplausos_no_04_-_2021.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/119/mocao_de_aplausos_no_05_-_2021.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/137/mocao_de_aplausos_no_06_-_2021.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/163/mocao_de_aplausos_no_07_-_2021.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/214/mocao_de_aplausos_no_08_-_2021.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/361/mocao_de_aplausos_no_10_-_2021_ok.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/382/mocao_de_aplausos_no_11_-_2021_ok.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/413/mocao_de_aplausos_no_12_-_2021ok.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/414/mocao_de_aplausos_no_13_-_2021_ok.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/437/mocao_de_aplausos_no_15_-_2021_ok.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/439/mocao_de_aplausos_no_16_-_2021_ok.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/499/mocao_de_aplausos_no_17_-_2021_ok.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/500/mocao_de_aplausos_no_18_-_2021ok.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/501/mocao_de_aplausos_no_19_-_2021_ok.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/502/mocao_de_aplausos_no_20_-_2021_ok.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/503/mocao_de_aplausos_no_21_-_2021_ok.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/506/mocao_de_aplausos_no_22_-_2021_ok.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/507/mocao_de_aplausos_no_23_-_2021ok.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/43/mocao_de_pesar_no_1_-_2021.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/78/mocao_de_pesar_no_2_-_2021.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/103/mocao_de_pesar_no_03_-_2021.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/116/mocao_de_pesar_no_04_-_2021.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/117/mocao_de_pesar_no_05_-_2021.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/138/mocao_de_pesar_no_06_-_2021.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/139/mocao_de_pesar_no_07_-_2021.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/149/mocao_de_pesar_no_08_-_2021.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/201/mocao_de_pesar_no_09_-_2021.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/202/mocao_de_pesar_no_10_-_2021.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/203/mocao_de_pesar_no_11_-_2021.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/204/mocao_de_pesar_no_12_-_2021.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/205/mocao_de_pesar_no_13_-_2021.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/206/mocao_de_pesar_no_14_-_2021.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/207/mocao_de_pesar_no_15_-_2021.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/225/mocao_de_pesar_no_16_-_2021.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/294/mocao_de_pesar_no_17_-_2021.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/295/mocao_de_pesar_no_18_-_2021.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/356/mocao_de_pesar_no_20_-_2021.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/357/mocao_de_pesar_no_21_-_2021.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/358/mocao_de_pesar_no_22_-_2021.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/359/mocao_de_pesar_no_23_-_2021.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/360/mocao_de_pesar_no_24_-_2021.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/415/mocao_de_pesar_no_25_-_2021.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/438/mocao_de_pesar_no_26_-_2021.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/495/mocao_de_pesar_no_27_-_2021.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/496/mocao_de_pesar_no_28_-_2021.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/497/mocao_de_pesar_no_29_-_2021.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/498/mocao_de_pesar_no_30_-_2021.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/sapl/public/materialegislativa/2021/505/mocao_de_pesar_no_31_-_2021.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novacruz.rn.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H505"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="109" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="108.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>